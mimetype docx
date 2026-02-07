--- v0 (2025-12-05)
+++ v1 (2026-02-07)
@@ -1,29 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -337,75 +337,148 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29E1D250" w14:textId="77777777" w:rsidR="00882B0C" w:rsidRDefault="00882B0C" w:rsidP="00882B0C">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD74AB2" w14:textId="3854CC69" w:rsidR="00A23E1D" w:rsidRPr="00A23E1D" w:rsidRDefault="00882B0C" w:rsidP="00882B0C">
+    <w:p w14:paraId="0BD74AB2" w14:textId="4B2657FC" w:rsidR="00A23E1D" w:rsidRPr="00A23E1D" w:rsidRDefault="00882B0C" w:rsidP="6899A8EF">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="6899A8EF">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Please ensure all supporting documentation has been uploaded to the university on-line application portal.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="1BEEBC0D" w:rsidRPr="6899A8EF">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ensure that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6899A8EF">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all supporting documentation has been uploaded to the </w:t>
+      </w:r>
+      <w:r w:rsidR="0235A5AA" w:rsidRPr="6899A8EF">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>university's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6899A8EF">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0D73A0F9" w:rsidRPr="6899A8EF">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>online</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6899A8EF">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> application portal.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6899A8EF">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A0A3E12" w14:textId="77777777" w:rsidR="00882B0C" w:rsidRPr="007E143E" w:rsidRDefault="00882B0C" w:rsidP="00882B0C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E143E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Course Details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D9149A" w14:textId="77777777" w:rsidR="00882B0C" w:rsidRPr="005B082B" w:rsidRDefault="00882B0C" w:rsidP="00882B0C">
       <w:pPr>
@@ -1058,50 +1131,51 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3E289D3E" w14:textId="77777777" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="005B082B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1842"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37253575" w14:textId="3F6E3BAE" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00292E73">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SECTION 1: </w:t>
       </w:r>
       <w:r w:rsidRPr="006D0D6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00882B0C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>APPLICANT</w:t>
       </w:r>
       <w:r w:rsidRPr="006D0D6E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> DETAILS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77C3F1DA" w14:textId="59389617" w:rsidR="005B082B" w:rsidRPr="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -1126,571 +1200,562 @@
     <w:p w14:paraId="4EEFC9C2" w14:textId="77777777" w:rsidR="005B082B" w:rsidRPr="00A23E1D" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7511105B" w14:textId="01B87712" w:rsidR="00A23E1D" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A537981" w14:textId="1F694798" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20459F3E" w14:textId="02F45769" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Job Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C9F869" w14:textId="494BC6DD" w:rsidR="00882B0C" w:rsidRDefault="00882B0C" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B18DA48" w14:textId="756713BA" w:rsidR="00882B0C" w:rsidRDefault="00882B0C" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GPhC/PSNI registration number:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E6CACA0" w14:textId="7A2738E2" w:rsidR="00882B0C" w:rsidRDefault="00882B0C" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DBE303C" w14:textId="2FD8A3B3" w:rsidR="00882B0C" w:rsidRDefault="00882B0C" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Month and year of first registration in the UK:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="250CE4C4" w14:textId="7AB10BC4" w:rsidR="00882B0C" w:rsidRDefault="00882B0C" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="751D52DD" w14:textId="02BE45B7" w:rsidR="00882B0C" w:rsidRDefault="00882B0C" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Employer/Trust (or state if </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC786E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>self-employed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671174FE" w14:textId="77777777" w:rsidR="005B082B" w:rsidRPr="00A23E1D" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AAD74D6" w14:textId="2E4221D3" w:rsidR="00A23E1D" w:rsidRPr="007E143E" w:rsidRDefault="005B082B" w:rsidP="00292E73">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E143E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Contact details (address)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A187425" w14:textId="77777777" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="014E50BA" w14:textId="205F112F" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Home:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2307A5" w14:textId="2CE94166" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C80BB54" w14:textId="77777777" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="005B082B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contact Number:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7EB4A8" w14:textId="719F79E0" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E138A07" w14:textId="23143F21" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01594C21" w14:textId="77777777" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="779E3D12" w14:textId="18771FDB" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Work:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0DCEEE" w14:textId="05C8470C" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="337DA2FF" w14:textId="5DF46E6E" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contact Number:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053D6834" w14:textId="3C7843D9" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C9272B3" w14:textId="67BF076F" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EB9BE85" w14:textId="16CEEE74" w:rsidR="005B082B" w:rsidRDefault="005B082B" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B68004B" w14:textId="715F5D4B" w:rsidR="00A23E1D" w:rsidRPr="00A23E1D" w:rsidRDefault="00EE2D02" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE2D02">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N.B.  All applicants will be required to have a Declaration of Good Character completed and signed by their employer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE0332F" w14:textId="77777777" w:rsidR="00A23E1D" w:rsidRPr="00A23E1D" w:rsidRDefault="00A23E1D" w:rsidP="00A23E1D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="215031D7" w14:textId="22B86947" w:rsidR="00EE2D02" w:rsidRPr="006E38BB" w:rsidRDefault="00EE2D02" w:rsidP="00292E73">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SECTION 2:  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC786E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>PROFESSIONAL ELIGIBILITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3350FBC2" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRPr="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC786E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2a) Proposed Prescribing Practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E42EC0F" w14:textId="0798C820" w:rsidR="00CC786E" w:rsidRDefault="00391726" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC786E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>To</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC786E" w:rsidRPr="00CC786E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complete the course, you need a focussed clinical area on which to base your learning and develop your prescribing skills within during the course.  We suggest you choose a limited and specific area e.g. ‘asthma’ rather than ‘respiratory’. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0669CD87" w14:textId="05DEC838" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC786E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You must have access to patients within your chosen clinical area as part of your 90 hours of learning in practice time.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45135B99" w14:textId="77777777" w:rsidR="00111E2C" w:rsidRDefault="00111E2C" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30755103" w14:textId="77777777" w:rsidR="00111E2C" w:rsidRDefault="00111E2C" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE0FD38" w14:textId="6B5F4EE4" w:rsidR="00A739C3" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC786E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Please state your intended area of clinical/therapeutic practice:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14208D55" w14:textId="77777777" w:rsidR="00111E2C" w:rsidRDefault="00111E2C" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44774485" w14:textId="77777777" w:rsidR="00111E2C" w:rsidRDefault="00111E2C" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60A603A1" w14:textId="77777777" w:rsidR="00111E2C" w:rsidRDefault="00111E2C" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27866EE9" w14:textId="5ED788FD" w:rsidR="00111E2C" w:rsidRDefault="00111E2C" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Name</w:t>
-[...500 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Indicate below </w:t>
       </w:r>
       <w:r w:rsidRPr="00111E2C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">the clinical and diagnostic skills in which you will have to develop competence under the supervision of your DPP during the course. Also indicate the specific diagnostic aids that you will have to be able to use, including those that you </w:t>
-[...8 lines deleted...]
-        <w:t>will use to monitor response to therapy. Provide an outline plan of how you will achieve competence under the supervision of your DPP.</w:t>
+        <w:t>the clinical and diagnostic skills in which you will have to develop competence under the supervision of your DPP during the course. Also indicate the specific diagnostic aids that you will have to be able to use, including those that you will use to monitor response to therapy. Provide an outline plan of how you will achieve competence under the supervision of your DPP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AF73498" w14:textId="77777777" w:rsidR="00111E2C" w:rsidRDefault="00111E2C" w:rsidP="00CC786E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27A221CF" w14:textId="77777777" w:rsidR="00111E2C" w:rsidRDefault="00111E2C" w:rsidP="00CC786E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68C4CB37" w14:textId="77777777" w:rsidR="00111E2C" w:rsidRDefault="00111E2C" w:rsidP="00CC786E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -1783,178 +1848,189 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Please give examples below of any relevant experience and/or preparation you have undertaken in relation to your prescribing practice and your intended scope of practice for the IP programme.  This can include local prescribing policies which you have read or produced, presentations you have given or journal articles and guidance which you have read related to the choice of your intended area of practice. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B073B01" w14:textId="64591295" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00EE2D02"/>
     <w:p w14:paraId="482ABBF0" w14:textId="2A78CFEA" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00EE2D02"/>
     <w:p w14:paraId="77CD02CB" w14:textId="0EF12E32" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00EE2D02"/>
     <w:p w14:paraId="74FC7BDB" w14:textId="77777777" w:rsidR="00111E2C" w:rsidRDefault="00111E2C" w:rsidP="00EE2D02"/>
     <w:p w14:paraId="5585DECC" w14:textId="0BC11F84" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00EE2D02"/>
     <w:p w14:paraId="633E3016" w14:textId="77777777" w:rsidR="00111E2C" w:rsidRDefault="00111E2C" w:rsidP="00EE2D02"/>
     <w:p w14:paraId="0AE2B18B" w14:textId="35C1E9E1" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00EE2D02"/>
     <w:p w14:paraId="6B36220B" w14:textId="16C500E0" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00EE2D02"/>
     <w:p w14:paraId="1EBF550A" w14:textId="2D2E14EF" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00EE2D02"/>
     <w:p w14:paraId="0643DF81" w14:textId="716E2565" w:rsidR="1438BA23" w:rsidRDefault="1438BA23" w:rsidP="1438BA23">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A98E5DC" w14:textId="3EEB6162" w:rsidR="00CC786E" w:rsidRPr="00CC786E" w:rsidRDefault="36695B6A" w:rsidP="1438BA23">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="1438BA23">
+    <w:p w14:paraId="0A98E5DC" w14:textId="46322369" w:rsidR="00CC786E" w:rsidRPr="00CC786E" w:rsidRDefault="36695B6A" w:rsidP="1438BA23">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="03384763">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-      <w:r w:rsidR="00CC786E" w:rsidRPr="1438BA23">
+      <w:r w:rsidR="54C368D4" w:rsidRPr="03384763">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>b) Relevant</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC786E" w:rsidRPr="03384763">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A7A46D" w14:textId="6AD1C9F6" w:rsidR="00CC786E" w:rsidRPr="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
+    <w:p w14:paraId="03A7A46D" w14:textId="6544BAFA" w:rsidR="00CC786E" w:rsidRPr="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="03384763">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC786E">
+      <w:r w:rsidRPr="03384763">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please provide evidence of appropriate experience in UK pharmacy setting in readiness to undertake the independent prescribing </w:t>
+        <w:t xml:space="preserve">Please provide evidence of appropriate experience in UK pharmacy </w:t>
+      </w:r>
+      <w:r w:rsidR="6135EE45" w:rsidRPr="03384763">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>setting(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="03384763">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in readiness to undertake the independent prescribing </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CC786E">
+      <w:r w:rsidRPr="03384763">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>programme</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="03384763">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> below</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00CC786E">
+        <w:t xml:space="preserve"> below.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="03384763">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="515BAE3B" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4537F5F5" w14:textId="2AA162CE" w:rsidR="00CC786E" w:rsidRPr="00391726" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391726">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The GPhC has provided further guidance to support this on the GPhC Pharmacist independent prescriber section of their </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
@@ -2008,338 +2084,337 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D9AE367" w14:textId="71398C57" w:rsidR="00CC786E" w:rsidRDefault="00391726" w:rsidP="00391726">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="480" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00CC786E">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Their experience could have been obtained, for example: </w:t>
       </w:r>
       <w:r w:rsidR="00CC786E">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A12D7B6" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
-      <w:pPr>
-[...163 lines deleted...]
-    <w:p w14:paraId="29CC37D3" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>patient-orientated/person centred experience </w:t>
+        <w:t>whilst studying pharmacy, and could include experiential learning, simulation, summer placements and other relevant activities </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A865F0A" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
+    <w:p w14:paraId="4FEA2D2B" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>clinical/therapeutic experience </w:t>
+        <w:t>during their foundation training year (referred to as ‘pre-registration training’ prior to the 2021/22 academic year)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FF8BDC1" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
+    <w:p w14:paraId="65D3B278" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>whilst employed in a pharmacy setting </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05729C5C" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E52514" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>It is important that reference is made to: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29CC37D3" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>patient-orientated/person centred experience </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A865F0A" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>clinical/therapeutic experience </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF8BDC1" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080" w:firstLine="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>evidence of continuing professional development</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="749454A6" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2733,50 +2808,51 @@
         </w:rPr>
         <w:t>2c) Recognition, understanding, articulation of skills and attributes of a prescriber</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2745EAE9" w14:textId="14DDB2CC" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Please provide evidence of your ability to recognise, understand and articulate the skills and attributes required by a prescriber.  Using your understanding of </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>RPS Prescribing competency framework</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2808,63 +2884,51 @@
       </w:r>
       <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Standards for Pharmacy Professionals </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> please outline below the key skills and attributes you believe are </w:t>
-[...11 lines deleted...]
-        <w:t>required of an Independent Prescriber along with any examples you have of where you have been able to demonstrate some of these skills.</w:t>
+        <w:t xml:space="preserve"> please outline below the key skills and attributes you believe are required of an Independent Prescriber along with any examples you have of where you have been able to demonstrate some of these skills.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="414F4DC7" w14:textId="77777777" w:rsidR="0069511D" w:rsidRDefault="0069511D" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15F1B29F" w14:textId="77777777" w:rsidR="0069511D" w:rsidRDefault="0069511D" w:rsidP="00CC786E">
@@ -2975,310 +3039,310 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The 2021 IETP standards have determined key learning outcomes that a trainee pharmacist would be expected to demonstrate upon registration in relation to being a prescriber, and we would expect the applicants to understand these and their importance when prescribing medicines. These also align to the RPS Prescribing Competency Framework</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4051B926" w14:textId="76797C83" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17FB37EF" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>recognise the psychological, physiological and physical impact of prescribing decisions on people</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B9D7E41" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>consider the quality, safety and risks associated with medicines and products and take appropriate action when producing, supplying and prescribing them</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04014076" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>take responsibility for the legal, safe and efficient supply, prescribing and administration of medicines and devices</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F128EDD" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>apply the principles of clinical therapeutics, pharmacology and genomics to make effective use of medicines for people, including in their prescribing practice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45FF7D44" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>critically evaluate and use national guidelines and clinical evidence to support safe, rational and cost-effective procurement for the use, and prescribing of, medicines, devices and services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75757064" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>apply relevant legislation and ethical decision-making related to prescribing, including remote prescribing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3565B29A" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>prescribe effectively within the relevant systems and frameworks for medicines use</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1981849B" w14:textId="77777777" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">understand clinical governance in relation to prescribing, while also considering that the prescriber may be </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
@@ -3295,51 +3359,51 @@
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to supply the prescribed medicines to people</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18C8ECCD" w14:textId="33B70919" w:rsidR="00CC786E" w:rsidRDefault="00CC786E" w:rsidP="00CC786E">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>use tools and techniques</w:t>
       </w:r>
       <w:r w:rsidR="0069511D" w:rsidRPr="0069511D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
@@ -3509,51 +3573,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The General Pharmaceutical Council requires that a Designated Prescribing Practitioner (DPP) is:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38BE0B0D" w14:textId="17169BF7" w:rsidR="00622EF4" w:rsidRDefault="00622EF4" w:rsidP="00622EF4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A registered healthcare practitioner in Great Britain or Northern Ireland with legal independent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scxw122932231"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3561,85 +3625,85 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>prescribing rights</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20B21AF6" w14:textId="77777777" w:rsidR="00622EF4" w:rsidRDefault="00622EF4" w:rsidP="00622EF4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00622EF4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Suitably experienced and qualified to carry out the supervisory responsibilities.</w:t>
       </w:r>
       <w:r w:rsidRPr="00622EF4">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63BCF462" w14:textId="01BC7C31" w:rsidR="00622EF4" w:rsidRDefault="00622EF4" w:rsidP="00622EF4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00622EF4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Able to demonstrate </w:t>
       </w:r>
       <w:r w:rsidR="00F96DB2">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3683,101 +3747,102 @@
       </w:r>
       <w:r w:rsidRPr="00622EF4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>evelopment or revalidation records relevant to the DPP role.</w:t>
       </w:r>
       <w:r w:rsidRPr="00622EF4">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29F777A8" w14:textId="77777777" w:rsidR="00622EF4" w:rsidRDefault="00622EF4" w:rsidP="00622EF4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00622EF4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>In good standing with their professional regulator</w:t>
       </w:r>
       <w:r w:rsidRPr="00622EF4">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="207F8115" w14:textId="72AE7626" w:rsidR="00622EF4" w:rsidRPr="00622EF4" w:rsidRDefault="00622EF4" w:rsidP="00622EF4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00622EF4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Meet all the competencies listed in the Royal Pharmaceutical Society Competency Framework for</w:t>
       </w:r>
       <w:r w:rsidRPr="00622EF4">
         <w:rPr>
           <w:rStyle w:val="scxw122932231"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00622EF4">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Designated Prescribing Practitioners (2019)</w:t>
       </w:r>
       <w:r w:rsidRPr="00622EF4">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -3804,51 +3869,50 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3480C082" w14:textId="77777777" w:rsidR="00622EF4" w:rsidRDefault="00622EF4" w:rsidP="00622EF4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>As the awarding institution, we are required to capture sufficient information to allow us to assess whether the chosen DPP is eligible to support the applicant in their learning in practice setting; to supervise their training and assess their final competence as part of the Practice Certificate for Pharmacist Independent Prescribing.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A661537" w14:textId="4C08E3D0" w:rsidR="00622EF4" w:rsidRDefault="00622EF4" w:rsidP="00622EF4">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E0C9DEE" w14:textId="0FE6AD8E" w:rsidR="00C36D97" w:rsidRDefault="00F239FC" w:rsidP="00F239FC">
@@ -4319,2692 +4383,2680 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00622EF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  Yes/No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62D07A35" w14:textId="349BE460" w:rsidR="00C46F9D" w:rsidRPr="00622EF4" w:rsidRDefault="00C46F9D" w:rsidP="00622EF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>6.  I have the support of the employing organisation or GP Practice to act as the DPP who will provide supervision, support and opportunities to develop the TIP’s competence in prescribing practice.  Yes/No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77A1450F" w14:textId="4A5F5062" w:rsidR="00D710AE" w:rsidRPr="00111E2C" w:rsidRDefault="00D710AE" w:rsidP="00D710AE">
+    <w:p w14:paraId="77A1450F" w14:textId="5D412D42" w:rsidR="00D710AE" w:rsidRPr="00111E2C" w:rsidRDefault="45D552E9" w:rsidP="00D710AE">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D710AE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">6. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D710AE">
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D710AE" w:rsidRPr="00D710AE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Please outline below how you meet the requirements for the DPP including </w:t>
       </w:r>
       <w:r w:rsidR="00111E2C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">having </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D710AE">
+      <w:r w:rsidR="00D710AE" w:rsidRPr="00D710AE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>appropriate patient facing clinical and diagnostic skills</w:t>
       </w:r>
       <w:r w:rsidR="00111E2C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00111E2C" w:rsidRPr="00D710AE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>the ability to assess patient facing clinical and diagnostic skills</w:t>
       </w:r>
       <w:r w:rsidR="00111E2C">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="003373B8" w14:textId="77777777" w:rsidR="00C46F9D" w:rsidRDefault="00C46F9D" w:rsidP="00D710AE">
+    <w:p w14:paraId="62290E75" w14:textId="7F1C6BA0" w:rsidR="00C46F9D" w:rsidRDefault="00C46F9D" w:rsidP="557CD31D">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62290E75" w14:textId="77777777" w:rsidR="00C46F9D" w:rsidRDefault="00C46F9D" w:rsidP="00D710AE">
+    <w:p w14:paraId="4AFF7C9D" w14:textId="77777777" w:rsidR="00C46F9D" w:rsidRPr="00D710AE" w:rsidRDefault="00C46F9D" w:rsidP="00D710AE">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AFF7C9D" w14:textId="77777777" w:rsidR="00C46F9D" w:rsidRPr="00D710AE" w:rsidRDefault="00C46F9D" w:rsidP="00D710AE">
-[...2 lines deleted...]
-          <w:rStyle w:val="normaltextrun"/>
+    <w:p w14:paraId="7EC1C45B" w14:textId="172EF4A3" w:rsidR="00592727" w:rsidRDefault="64CDBC71" w:rsidP="00F239FC">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00D710AE">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D710AE">
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="00592727" w:rsidRPr="00D710AE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>7.</w:t>
-[...6 lines deleted...]
-          <w:bCs/>
+        <w:t>Please outline below your experience of teaching, supervision, and assessment of healthcare professionals, including details of any formal qualifications you may have in this area.</w:t>
+      </w:r>
+      <w:r w:rsidR="00592727" w:rsidRPr="00D710AE">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...6 lines deleted...]
-          <w:bCs/>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B6AF180" w14:textId="0CFCA6C1" w:rsidR="00592727" w:rsidRDefault="00592727" w:rsidP="557CD31D">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Please outline below your experience of teaching, supervision, and assessment of healthcare professionals, including details of any formal qualifications you may have in this area.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00592727" w:rsidRPr="00D710AE">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B8CD8EE" w14:textId="77777777" w:rsidR="00592727" w:rsidRDefault="00592727" w:rsidP="00F239FC">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3674069B" w14:textId="3807B9AD" w:rsidR="00592727" w:rsidRDefault="00592727" w:rsidP="00F239FC">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D07442C" w14:textId="0ACF1CFC" w:rsidR="00592727" w:rsidRDefault="00592727" w:rsidP="00F239FC">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B6AF180" w14:textId="70BF7232" w:rsidR="00592727" w:rsidRDefault="00592727" w:rsidP="00F239FC">
-[...29 lines deleted...]
-    <w:p w14:paraId="11D9B56F" w14:textId="6B696AE4" w:rsidR="00592727" w:rsidRDefault="00C46F9D" w:rsidP="00F239FC">
+    <w:p w14:paraId="11D9B56F" w14:textId="667F57F6" w:rsidR="00592727" w:rsidRDefault="50C73F6E" w:rsidP="00F239FC">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46F9D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00592727">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Please</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Please provide evidence below to demonstrate recent (over the previous year) CPD or revalidation relevant to this role.</w:t>
+      </w:r>
       <w:r w:rsidR="00592727">
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
-[...2 lines deleted...]
-          <w:bCs/>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00592727">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C1F552" w14:textId="77777777" w:rsidR="00111E2C" w:rsidRDefault="00111E2C" w:rsidP="00F239FC">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="35C1F552" w14:textId="77777777" w:rsidR="00111E2C" w:rsidRDefault="00111E2C" w:rsidP="00F239FC">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19F31449" w14:textId="09ED0410" w:rsidR="00592727" w:rsidRDefault="00592727" w:rsidP="557CD31D">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="526C5FBB" w14:textId="77777777" w:rsidR="00A739C3" w:rsidRDefault="00A739C3" w:rsidP="00F239FC">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="7266403D" w14:textId="2AC3FB2E" w:rsidR="00C46F9D" w:rsidRPr="00A739C3" w:rsidRDefault="00592727" w:rsidP="557CD31D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A739C3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>I confirm that</w:t>
+      </w:r>
+      <w:r w:rsidR="0F3EABCA" w:rsidRPr="00A739C3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="365EE50E" w14:textId="4E59EB4D" w:rsidR="00C46F9D" w:rsidRPr="00A739C3" w:rsidRDefault="00592727" w:rsidP="557CD31D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A739C3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I have agreed to supervise, support and assess the applicant </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46F9D" w:rsidRPr="00A739C3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the ‘learning in practice’ element of the course, in the clinical area in which the pharmacist intends to prescribe independently on qualification, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A739C3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for a </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46F9D" w:rsidRPr="00A739C3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">period of learning in practice of at least </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A739C3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>90 hours</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46F9D" w:rsidRPr="00A739C3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208AD0DD" w14:textId="30C59937" w:rsidR="00592727" w:rsidRPr="00A739C3" w:rsidRDefault="00592727" w:rsidP="00C46F9D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00A739C3">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>the information provided within this section is true and correct. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A739C3">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427E2F0B" w14:textId="570289EC" w:rsidR="557CD31D" w:rsidRDefault="557CD31D" w:rsidP="557CD31D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A17425D" w14:textId="674600A3" w:rsidR="00F239FC" w:rsidRPr="00A739C3" w:rsidRDefault="00F239FC" w:rsidP="00C46F9D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A739C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Signature</w:t>
+      </w:r>
+      <w:r w:rsidR="00592727" w:rsidRPr="00A739C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of DPP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A739C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD9C823" w14:textId="3ACA2312" w:rsidR="00F239FC" w:rsidRPr="00A739C3" w:rsidRDefault="00592727" w:rsidP="00C46F9D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A739C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Date:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54470928" w14:textId="52217EAD" w:rsidR="00030190" w:rsidRPr="002A5EB0" w:rsidRDefault="00030190" w:rsidP="00292E73">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5EB0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SECTION </w:t>
+      </w:r>
+      <w:r w:rsidR="00592727">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5EB0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00592727">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>REFERENCE FROM EMPLOYER/SPONSOR/SUPPORTING ORGANISATION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5EB0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A6DC0D5" w14:textId="5F9D3B7C" w:rsidR="00030190" w:rsidRDefault="00030190" w:rsidP="00030190">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42F879BB" w14:textId="77777777" w:rsidR="00592727" w:rsidRDefault="00592727" w:rsidP="00592727">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A739C3">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>It is a requirement of the application process for this Course that applicants provide a written reference from their employer/sponsor/supporting organisation that supports their participation on the Course. The reference should include the following as a minimum:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5162CFAD" w14:textId="77777777" w:rsidR="00592727" w:rsidRDefault="00592727" w:rsidP="00592727">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CB9E6BD" w14:textId="35D5C525" w:rsidR="00592727" w:rsidRDefault="00592727" w:rsidP="557CD31D">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="557CD31D">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="365EE50E" w14:textId="77777777" w:rsidR="00C46F9D" w:rsidRPr="00A739C3" w:rsidRDefault="00592727" w:rsidP="00C46F9D">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confirmation that sufficient work time will be given to the trainee independent prescriber (TIP) to complete all elements of the Course</w:t>
+      </w:r>
+      <w:r w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A42C5AD" w14:textId="004B8855" w:rsidR="00592727" w:rsidRPr="00592727" w:rsidRDefault="00592727" w:rsidP="00592727">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1438BA23">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Perceived academic ability and personal qualities of the applicant in relation to completing the Course</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1438BA23">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0C30A6" w14:textId="39372A56" w:rsidR="1438BA23" w:rsidRDefault="1438BA23" w:rsidP="1438BA23">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DFFDB7D" w14:textId="071FB0CA" w:rsidR="00592727" w:rsidRDefault="4D44730E" w:rsidP="1438BA23">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1438BA23">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>If you are self-employed, please obtain a reference from a colleague</w:t>
+      </w:r>
+      <w:r w:rsidR="104E5240" w:rsidRPr="1438BA23">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or previous employer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F20905D" w14:textId="77777777" w:rsidR="0082507E" w:rsidRPr="0082507E" w:rsidRDefault="0082507E" w:rsidP="0082507E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082507E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>If your Designated Prescribing Practitioner (DPP) is employed by a different organisation and your learning in practice hours are undertaken at an organisation where you are not an employee, you will be required to hold an honorary contract/written agreement with your DPP’s organisation. It is the responsibility of your DPP to arrange this with their organisation’s Human Resources or relevant department. Please note that all healthcare organisations should have their own policies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4F114E" w14:textId="77777777" w:rsidR="0082507E" w:rsidRPr="0082507E" w:rsidRDefault="0082507E" w:rsidP="0082507E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082507E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>An honorary contract/written agreement is a formal, unpaid agreement that allows individuals such as researchers, students, and trainee prescribers to undertake clinical activities within healthcare organisations while being linked to another organisation (e.g. a university or professional body). This ensures appropriate clinical governance, indemnity, and adherence to safe and effective healthcare policies, including safeguarding and confidentiality, without the individual being employed in a paid role. This arrangement is in place to protect both you and patients and to ensure that unauthorised individuals do not have access to patients or patient records.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7757CF26" w14:textId="77777777" w:rsidR="0082507E" w:rsidRPr="0082507E" w:rsidRDefault="0082507E" w:rsidP="0082507E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082507E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>In addition, healthcare organisations require individuals who work directly with patients to have an appropriate criminal records check and occupational health clearance. This is required due to the patient-facing nature of the independent prescribing course, which includes supervised consultations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB2E1A2" w14:textId="77777777" w:rsidR="0082507E" w:rsidRPr="0082507E" w:rsidRDefault="0082507E" w:rsidP="0082507E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082507E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The honorary contract/written agreement must be in place before you commence the independent prescribing course, please upload evidence of this within the application portal with your supplementary form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15ACE957" w14:textId="77777777" w:rsidR="0082507E" w:rsidRPr="002A5EB0" w:rsidRDefault="0082507E" w:rsidP="1438BA23">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41BDAFC3" w14:textId="530D008E" w:rsidR="00592727" w:rsidRDefault="00592727" w:rsidP="557CD31D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Name of employer/sponsor/supporting</w:t>
+      </w:r>
+      <w:r w:rsidR="586B0F93" w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00182786" w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>organisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="4C7CDB66" w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F8B8D2A" w14:textId="78C89309" w:rsidR="00030190" w:rsidRPr="002A5EB0" w:rsidRDefault="00030190" w:rsidP="00030190">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Referee’s name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31AA5641" w14:textId="25FB0F6A" w:rsidR="00030190" w:rsidRPr="002A5EB0" w:rsidRDefault="00030190" w:rsidP="00030190">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Referee’s job title/role</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3571A667" w14:textId="4B0A907D" w:rsidR="00030190" w:rsidRDefault="00030190" w:rsidP="00030190">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Referee</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>s profession</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5EB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75682485" w14:textId="529B6B7F" w:rsidR="00030190" w:rsidRPr="00030190" w:rsidRDefault="00030190" w:rsidP="00030190">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030190">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reference for NAME: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6116B7" w14:textId="6E59663B" w:rsidR="00030190" w:rsidRPr="002A5EB0" w:rsidRDefault="00030190" w:rsidP="00030190">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030190">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Referee’s comments</w:t>
+      </w:r>
+      <w:r w:rsidR="00592727">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A2B2569" w14:textId="75132263" w:rsidR="00030190" w:rsidRDefault="00030190" w:rsidP="00030190">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A1B3230" w14:textId="00614FF5" w:rsidR="00030190" w:rsidRPr="00030190" w:rsidRDefault="00030190" w:rsidP="00030190">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30450880" w14:textId="1AA0F4EC" w:rsidR="00030190" w:rsidRDefault="00030190" w:rsidP="00030190">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BE0B450" w14:textId="66722BD7" w:rsidR="00592727" w:rsidRDefault="00592727" w:rsidP="00030190">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4508BB96" w14:textId="7B113338" w:rsidR="00592727" w:rsidRDefault="00592727" w:rsidP="00030190">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4182A569" w14:textId="096A6F5D" w:rsidR="00752F36" w:rsidRDefault="00752F36" w:rsidP="557CD31D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="697C56A4" w14:textId="3AAA4DE1" w:rsidR="00752F36" w:rsidRDefault="00592727" w:rsidP="00030190">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please continue on additional sheets if required.  (If additional sheets are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please ensure you have signed and dated each sheet)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D0DFD5" w14:textId="0A31FC57" w:rsidR="00030190" w:rsidRPr="00030190" w:rsidRDefault="00030190" w:rsidP="00030190">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030190">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Referee’s signature:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4161B8CE" w14:textId="537C9EC8" w:rsidR="00030190" w:rsidRDefault="00030190" w:rsidP="00030190">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030190">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Date:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C781C6" w14:textId="0C0FB999" w:rsidR="00A846AA" w:rsidRDefault="00A846AA" w:rsidP="00292E73">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>SECTION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052694A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A739C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00752F36">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>:  APPLICANT AGREEMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC03639" w14:textId="3ABC213E" w:rsidR="00985BC8" w:rsidRDefault="00985BC8" w:rsidP="00985BC8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE960E8" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I agree to communication between my employer, NMP lead for my Trust/Organisation, DPP and the University I am attending to discuss any aspect of my attendance and progress on the prescribing course </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31FC62DA" w14:textId="278DE5F2" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I am aware that appropriate information may be shared with </w:t>
+      </w:r>
+      <w:r w:rsidR="00A739C3" w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NHSE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="41CE76CF" w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support further development of funded programmes and agree to this being shared as part of course enrolment (For </w:t>
+      </w:r>
+      <w:r w:rsidR="00A739C3" w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NHSE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funded applicants only) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B241FD" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I agree to undertake Continuing Professional Development on completion of this course </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D67F30" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I have read and understood ‘Appendix 1’ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA01628" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I have read the entry criteria as set by the GPhC for this course and fulfil those requirements </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37FD61B7" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I confirm that I have professional indemnity insurance </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639F6C99" w14:textId="2695FA5D" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I have not previously undertaken an Independent Prescribing Course.  If you have undertaken an Independent Prescribing course, please provide any reasons why you did not successfully complete the course. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B0ACD8" w14:textId="3143CEF1" w:rsidR="00752F36" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Reasons:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C20768" w14:textId="3499B200" w:rsidR="00752F36" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="074E6E57" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00985BC8" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3623C742" w14:textId="58CC50C7" w:rsidR="003D0AB7" w:rsidRDefault="003D0AB7" w:rsidP="003D0AB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Signature:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B531B29" w14:textId="5E45BE12" w:rsidR="00752F36" w:rsidRDefault="003D0AB7" w:rsidP="003D0AB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D5CDC9B" w14:textId="77777777" w:rsidR="00752F36" w:rsidRDefault="003D0AB7" w:rsidP="00752F36">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0C582E" w14:textId="77777777" w:rsidR="00E34BC8" w:rsidRDefault="00E34BC8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B72FB0D" w14:textId="1039F8D9" w:rsidR="003D0AB7" w:rsidRPr="00752F36" w:rsidRDefault="003D0AB7" w:rsidP="00752F36">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Appendix 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45160574" w14:textId="77777777" w:rsidR="003D0AB7" w:rsidRDefault="003D0AB7" w:rsidP="003D0AB7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78DC03E9" w14:textId="77777777" w:rsidR="003D0AB7" w:rsidRDefault="003D0AB7" w:rsidP="003D0AB7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Please see relevant section for conditions on signing Prescribing applications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8EFA81" w14:textId="77777777" w:rsidR="003D0AB7" w:rsidRDefault="003D0AB7" w:rsidP="003D0AB7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69E22C7C" w14:textId="77777777" w:rsidR="006D1CD9" w:rsidRPr="00752F36" w:rsidRDefault="006D1CD9" w:rsidP="00752F36">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicant </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380EE9BE" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="006D1CD9" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Will attend all course dates at </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as required</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26CA5509" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="006D1CD9" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Prior to starting course has met with Designated Prescribing Practitioner (DPP), and discussed learning objectives and methods for supervision</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="348192BC" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="006D1CD9" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Attend all supervisory sessions with DPP as required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F168E1" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="006D1CD9" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Complete requirements of course within allocated </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="688DCAD2" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="006D1CD9" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If the candidate interrupts their studies for independent prescribing, the programme must be completed within the requirements of your registering body and the regulations of the University</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="515EE30E" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="006D1CD9" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If assessments are not completed within 2 years from the start, the candidate must undertake the entire programme again including all the assessments to maintain currency.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C24B76" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once qualified, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>informs line manager and lead for non-medical prescribing immediately</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64779033" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Intends to prescribe within area of work and competence once qualified</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F5F393D" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participates in regular in-house and/or external CPD support mechanisms once qualified</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="481ABDDA" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provides honest and constructive feedback on the course to manager and programme lead for prescribing within the higher education institution</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F0D7DE3" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mentors and supports colleagues undertaking the course </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>at a later date</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3AA91C17" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participates in local steering group and work to develop supporting policies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C7ACE0" w14:textId="258000BD" w:rsidR="006D1CD9" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="00752F36">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Candidates should be aware of national and local policies in relation to prescribing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CDDD853" w14:textId="35C0A6A5" w:rsidR="006D1CD9" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AC5CE26" w14:textId="77777777" w:rsidR="006D1CD9" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C400E8E" w14:textId="77777777" w:rsidR="006D1CD9" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Line Manager</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15CAD25A" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agrees the appropriateness and suitability of candidate application and ensures the candidate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apply the prescribing principles to their area of practice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E963179" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Understands and accepts the requirements for candidate attendance at </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and with DPPs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2087B7A7" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Agrees with choice of DPP who is suitably experienced and qualified to undertake this role effectively and have attended the local HEI training course to equip them for this role.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="056BEE99" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confirms Trust policies/procedures and clinical governance infrastructure and professional indemnification processes are in place to support non-medical prescribing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6C518F" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Effective policies for record keeping must be in place to ensure records are accurate, comprehensive, contemporaneous and accessible by all members of a prescribing team.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743FC544" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Evaluates experiences of candidates and provides feedback to the programme lead within the HEI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D253880" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provides opportunity for CPD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6643EC4F" w14:textId="62819C02" w:rsidR="006D1CD9" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All registrants must record their prescribing qualification.  Individuals have a duty to comply with their registering bodies regulations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2273542D" w14:textId="77777777" w:rsidR="006D1CD9" w:rsidRPr="006D1CD9" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24607B08" w14:textId="77777777" w:rsidR="006D1CD9" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Non-medical Prescribing Lead</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DAE0B1B" w14:textId="77777777" w:rsidR="00E34BC8" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confirms trust policies/procedures and clinical governance infrastructure and/or professional indemnification processes are in place to support non-medical prescribing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A256A23" w14:textId="77777777" w:rsidR="00E34BC8" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agrees appropriateness of candidate selection and is involved in selection process.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E390BB8" w14:textId="77777777" w:rsidR="00E34BC8" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Agrees that the DPP is appropriate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C8EF3B" w14:textId="77777777" w:rsidR="00E34BC8" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Maintains database of all prescribers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45BC296B" w14:textId="77777777" w:rsidR="00E34BC8" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Represents trust at meetings such as regional Non-Medical Prescribing Group</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A8F152" w14:textId="77777777" w:rsidR="00E34BC8" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Knows the content of curriculum and attends University curriculum group meetings to feedback evaluation, concerns, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130B1B8E" w14:textId="27A5B4C6" w:rsidR="006D1CD9" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Is available for candidate one-to-one support</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E1CB04D" w14:textId="77777777" w:rsidR="006D1CD9" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="217D53D6" w14:textId="77777777" w:rsidR="006D1CD9" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Designated Prescribing Practitioner </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE74E3C" w14:textId="77777777" w:rsidR="00E34BC8" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...90 lines deleted...]
-    <w:p w14:paraId="56C14185" w14:textId="30C59937" w:rsidR="00592727" w:rsidRPr="00A739C3" w:rsidRDefault="00592727" w:rsidP="00C46F9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confirms that they have relevant experience and qualifications to assess and supervise trainee independent prescriber within the clinical area to enable them to fulfil the clinical competences required for the completion of the prescribing course.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345115BF" w14:textId="77777777" w:rsidR="00E34BC8" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...717 lines deleted...]
-    <w:p w14:paraId="6DE960E8" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Knows the content of the curriculum and expectations of students </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54AAD398" w14:textId="77777777" w:rsidR="00E34BC8" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="31FC62DA" w14:textId="78FE5516" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Knows where and how to raise concerns about students conduct, competence and achievement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A4FBF0D" w14:textId="77777777" w:rsidR="00E34BC8" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...82 lines deleted...]
-    <w:p w14:paraId="41B241FD" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Has attended a training session/undertaken an on-line training update session to enable effective support for in the clinical area</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D76DFBE" w14:textId="77777777" w:rsidR="00E34BC8" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="04D67F30" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Makes assessment decisions informed by feedback from other health care professionals that the trainee independent prescriber may have gained experience with during their clinical supervision</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F799844" w14:textId="77777777" w:rsidR="00E34BC8" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="006D1CD9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="3CA01628" w14:textId="77777777" w:rsidR="00752F36" w:rsidRPr="00752F36" w:rsidRDefault="00752F36" w:rsidP="00752F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Maintains current knowledge and expertise relevant for the competencies and programme outcomes that they are assessing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D6398EC" w14:textId="77777777" w:rsidR="00E34BC8" w:rsidRPr="00E34BC8" w:rsidRDefault="006D1CD9" w:rsidP="003D0AB7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...164 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Confirm that they will continue to proactively develop their professional practice and knowledge </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fulfil their role</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DAFB392" w14:textId="05CB7C0E" w:rsidR="557CD31D" w:rsidRDefault="557CD31D" w:rsidP="557CD31D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="011E3649" w14:textId="76ABF1AE" w:rsidR="003D0AB7" w:rsidRPr="00E34BC8" w:rsidRDefault="003D0AB7" w:rsidP="00E34BC8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E34BC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...1126 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Conflicts of Interest</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F153135" w14:textId="77777777" w:rsidR="003D0AB7" w:rsidRPr="00E74992" w:rsidRDefault="003D0AB7" w:rsidP="003D0AB7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B0DC247" w14:textId="77777777" w:rsidR="003D0AB7" w:rsidRPr="004718D1" w:rsidRDefault="003D0AB7" w:rsidP="003D0AB7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004718D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -7199,130 +7251,130 @@
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="65F003DC" w14:textId="77777777" w:rsidR="003D0AB7" w:rsidRDefault="003D0AB7" w:rsidP="003D0AB7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43D109E1" w14:textId="77777777" w:rsidR="003D0AB7" w:rsidRPr="00154AFB" w:rsidRDefault="003D0AB7" w:rsidP="003D0AB7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00154AFB">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Referred to the checklist on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00154AFB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4574D95A" w14:textId="77777777" w:rsidR="003D0AB7" w:rsidRDefault="003D0AB7" w:rsidP="003D0AB7">
+    <w:p w14:paraId="4574D95A" w14:textId="06B1230A" w:rsidR="003D0AB7" w:rsidRDefault="003D0AB7" w:rsidP="557CD31D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>Read and understood the information in the Appendix 1.</w:t>
+      <w:r w:rsidRPr="557CD31D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Read and understood the information in Appendix 1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EC318A7" w14:textId="4292D013" w:rsidR="003D0AB7" w:rsidRDefault="003D0AB7" w:rsidP="003D0AB7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ensured all relevant sections are signed by your </w:t>
       </w:r>
       <w:r w:rsidR="00A739C3">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>DPP and referee</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D959909" w14:textId="77777777" w:rsidR="003D0AB7" w:rsidRDefault="003D0AB7" w:rsidP="003D0AB7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Signed and dated the applicant agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F1CA3FE" w14:textId="77777777" w:rsidR="003D0AB7" w:rsidRDefault="003D0AB7" w:rsidP="003D0AB7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48CC2A2E" w14:textId="77777777" w:rsidR="003D0AB7" w:rsidRDefault="003D0AB7" w:rsidP="003D0AB7">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -7338,61 +7390,61 @@
     <w:p w14:paraId="18A126D3" w14:textId="1545473D" w:rsidR="003D0AB7" w:rsidRPr="00E34BC8" w:rsidRDefault="003D0AB7" w:rsidP="00E34BC8">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003D0AB7" w:rsidRPr="00E34BC8" w:rsidSect="00391726">
       <w:headerReference w:type="default" r:id="rId20"/>
       <w:footerReference w:type="default" r:id="rId21"/>
       <w:headerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0233A445" w14:textId="77777777" w:rsidR="001853F3" w:rsidRDefault="001853F3" w:rsidP="00A23E1D">
+    <w:p w14:paraId="05D813EB" w14:textId="77777777" w:rsidR="002E0F1F" w:rsidRDefault="002E0F1F" w:rsidP="00A23E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1293C395" w14:textId="77777777" w:rsidR="001853F3" w:rsidRDefault="001853F3" w:rsidP="00A23E1D">
+    <w:p w14:paraId="60B1D281" w14:textId="77777777" w:rsidR="002E0F1F" w:rsidRDefault="002E0F1F" w:rsidP="00A23E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -7585,157 +7637,151 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7406FF45" w14:textId="13046777" w:rsidR="00A23E1D" w:rsidRDefault="00A23E1D" w:rsidP="00A23E1D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A595F4F" w14:textId="77777777" w:rsidR="001853F3" w:rsidRDefault="001853F3" w:rsidP="00A23E1D">
+    <w:p w14:paraId="4C838B82" w14:textId="77777777" w:rsidR="002E0F1F" w:rsidRDefault="002E0F1F" w:rsidP="00A23E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A28FF8F" w14:textId="77777777" w:rsidR="001853F3" w:rsidRDefault="001853F3" w:rsidP="00A23E1D">
+    <w:p w14:paraId="265698BD" w14:textId="77777777" w:rsidR="002E0F1F" w:rsidRDefault="002E0F1F" w:rsidP="00A23E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="02F43F89" w14:textId="139AFB5B" w:rsidR="0057454D" w:rsidRDefault="0057454D" w:rsidP="0057454D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4D38C9C7" w14:textId="77777777" w:rsidR="0057454D" w:rsidRDefault="0057454D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3716627D" w14:textId="3BA99B44" w:rsidR="00391726" w:rsidRDefault="00391726" w:rsidP="00391726">
+  <w:p w14:paraId="68597526" w14:textId="56045A92" w:rsidR="005F3BEA" w:rsidRPr="005F3BEA" w:rsidRDefault="005F3BEA" w:rsidP="005F3BEA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r>
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="005F3BEA">
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74B644EF" wp14:editId="0F7F7EBC">
-[...8 lines deleted...]
-          </wp:docPr>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="433877D1" wp14:editId="7D3F9037">
+          <wp:extent cx="3848100" cy="1070776"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1277490285" name="Picture 2" descr="A logo for a university&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="3" name="Picture 3">
-[...5 lines deleted...]
-                  </pic:cNvPr>
+                  <pic:cNvPr id="1277490285" name="Picture 2" descr="A logo for a university&#10;&#10;AI-generated content may be incorrect."/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="3517900" cy="853440"/>
+                    <a:ext cx="3869828" cy="1076822"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="3716627D" w14:textId="4AAC8F80" w:rsidR="00391726" w:rsidRDefault="00391726" w:rsidP="00391726">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08A70D15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3EF0F302"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -8867,50 +8913,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2AA78F1E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19D8B77C"/>
+    <w:lvl w:ilvl="0" w:tplc="8222D660">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A6FA59BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D71E2D9A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D0666AAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="EA14BE6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E6781ACA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1F764F00">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="12BE4AA8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="64D8401A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3766110F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5888F658"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8979,51 +9114,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AD41167"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90F8ECA0"/>
     <w:lvl w:ilvl="0" w:tplc="084A8050">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9092,51 +9227,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E2A009E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB4035FA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9205,51 +9340,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EB156B0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C5804BBA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9354,51 +9489,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4172041D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="024C8698"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9467,51 +9602,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="453D75DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="43AC93D2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9580,51 +9715,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="455E6B17"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="24901530"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9693,51 +9828,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B820C9C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BF5A7818"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9842,51 +9977,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C801D5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="437A0B18"/>
     <w:lvl w:ilvl="0" w:tplc="306E632E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9932,51 +10067,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DC54B0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27BA4F88"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10045,51 +10180,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E7F180C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D247412"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10158,51 +10293,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55916360"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="48C4EB6C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10271,51 +10406,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="564266DE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="45FC2758"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-720"/>
         </w:tabs>
         <w:ind w:left="-720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="360"/>
@@ -10384,51 +10519,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5971075E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A60ECF20"/>
     <w:lvl w:ilvl="0" w:tplc="084A8050">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10497,51 +10632,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BB91868"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0CC9216"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -10583,51 +10718,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="603819D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFBA28EA"/>
     <w:lvl w:ilvl="0" w:tplc="084A8050">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10696,51 +10831,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6707352D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F661024"/>
     <w:lvl w:ilvl="0" w:tplc="084A8050">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10809,51 +10944,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="784C4602"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="61AEB9B8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10922,51 +11057,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FEF547A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="24A66F26"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -11035,227 +11170,265 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2061511077">
+  <w:num w:numId="1" w16cid:durableId="445082571">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="323124646">
+  <w:num w:numId="2" w16cid:durableId="2061511077">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="323124646">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1000348300">
+  <w:num w:numId="4" w16cid:durableId="1000348300">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="685062001">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1467703754">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="2045323622">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="402726297">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="86464584">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1745489834">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1487235725">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2027712169">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="165439326">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="309334701">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="451897890">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1882083953">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="38483449">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1462457566">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="2122793734">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="121460683">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1451246640">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1192452156">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="690689650">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="710805414">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="685062001">
-[...32 lines deleted...]
-  <w:num w:numId="15" w16cid:durableId="1882083953">
+  <w:num w:numId="25" w16cid:durableId="1310136639">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="38483449">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="26" w16cid:durableId="2142453936">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1462457566">
+  <w:num w:numId="27" w16cid:durableId="89399878">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1485780314">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="386607595">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="2122793734">
-[...32 lines deleted...]
-  <w:num w:numId="29" w16cid:durableId="618099482">
+  <w:num w:numId="30" w16cid:durableId="618099482">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B85535"/>
     <w:rsid w:val="00013819"/>
     <w:rsid w:val="00030190"/>
+    <w:rsid w:val="000311DF"/>
     <w:rsid w:val="000C1C0B"/>
+    <w:rsid w:val="000E79D3"/>
     <w:rsid w:val="00111E2C"/>
     <w:rsid w:val="00125EE6"/>
     <w:rsid w:val="00150A81"/>
     <w:rsid w:val="00182786"/>
-    <w:rsid w:val="001853F3"/>
     <w:rsid w:val="001A27C6"/>
+    <w:rsid w:val="001F4A5A"/>
+    <w:rsid w:val="0027194D"/>
     <w:rsid w:val="00292E73"/>
+    <w:rsid w:val="002E0F1F"/>
     <w:rsid w:val="00316496"/>
+    <w:rsid w:val="00327D7B"/>
+    <w:rsid w:val="00380526"/>
     <w:rsid w:val="00391726"/>
     <w:rsid w:val="003D0AB7"/>
     <w:rsid w:val="003E7D4C"/>
     <w:rsid w:val="003F2C02"/>
     <w:rsid w:val="004143F7"/>
     <w:rsid w:val="004F1A5F"/>
+    <w:rsid w:val="00514D02"/>
     <w:rsid w:val="0057454D"/>
     <w:rsid w:val="00592727"/>
     <w:rsid w:val="005B082B"/>
+    <w:rsid w:val="005F3BEA"/>
     <w:rsid w:val="00622EF4"/>
     <w:rsid w:val="00663511"/>
     <w:rsid w:val="0069511D"/>
     <w:rsid w:val="006D1CD9"/>
     <w:rsid w:val="00752F36"/>
     <w:rsid w:val="00760563"/>
     <w:rsid w:val="007E143E"/>
+    <w:rsid w:val="0082507E"/>
     <w:rsid w:val="00826388"/>
     <w:rsid w:val="00833C3C"/>
     <w:rsid w:val="00882B0C"/>
-    <w:rsid w:val="009113E2"/>
     <w:rsid w:val="0094328C"/>
     <w:rsid w:val="00985BC8"/>
+    <w:rsid w:val="009C5FD6"/>
     <w:rsid w:val="00A23E1D"/>
+    <w:rsid w:val="00A46D04"/>
     <w:rsid w:val="00A739C3"/>
     <w:rsid w:val="00A846AA"/>
+    <w:rsid w:val="00AD5D91"/>
+    <w:rsid w:val="00B6409F"/>
+    <w:rsid w:val="00B82B7E"/>
     <w:rsid w:val="00B85535"/>
     <w:rsid w:val="00BD76E6"/>
+    <w:rsid w:val="00C3636A"/>
     <w:rsid w:val="00C36D97"/>
     <w:rsid w:val="00C46F9D"/>
     <w:rsid w:val="00CC786E"/>
     <w:rsid w:val="00D30666"/>
-    <w:rsid w:val="00D60490"/>
     <w:rsid w:val="00D710AE"/>
+    <w:rsid w:val="00D77967"/>
     <w:rsid w:val="00E34BC8"/>
+    <w:rsid w:val="00E36C43"/>
     <w:rsid w:val="00E85717"/>
+    <w:rsid w:val="00EA346B"/>
     <w:rsid w:val="00ED4EBF"/>
-    <w:rsid w:val="00EE13D3"/>
     <w:rsid w:val="00EE2D02"/>
     <w:rsid w:val="00F239FC"/>
+    <w:rsid w:val="00F41091"/>
     <w:rsid w:val="00F91B42"/>
     <w:rsid w:val="00F96DB2"/>
     <w:rsid w:val="00FC44AF"/>
+    <w:rsid w:val="0235A5AA"/>
+    <w:rsid w:val="03384763"/>
     <w:rsid w:val="074778E8"/>
+    <w:rsid w:val="0D73A0F9"/>
+    <w:rsid w:val="0F3EABCA"/>
     <w:rsid w:val="104E5240"/>
     <w:rsid w:val="129FB29E"/>
+    <w:rsid w:val="13C9FB84"/>
     <w:rsid w:val="1438BA23"/>
+    <w:rsid w:val="1BEEBC0D"/>
     <w:rsid w:val="36695B6A"/>
+    <w:rsid w:val="3BB75711"/>
+    <w:rsid w:val="41CE76CF"/>
+    <w:rsid w:val="45D552E9"/>
+    <w:rsid w:val="462E87EF"/>
+    <w:rsid w:val="4C7CDB66"/>
     <w:rsid w:val="4D44730E"/>
+    <w:rsid w:val="50C73F6E"/>
+    <w:rsid w:val="54C368D4"/>
+    <w:rsid w:val="557CD31D"/>
+    <w:rsid w:val="586B0F93"/>
     <w:rsid w:val="5F69BEB3"/>
+    <w:rsid w:val="6135EE45"/>
+    <w:rsid w:val="64CDBC71"/>
+    <w:rsid w:val="6899A8EF"/>
+    <w:rsid w:val="6D2F9816"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="396BDDEE"/>
@@ -11665,51 +11838,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00292E73"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -13585,51 +13757,51 @@
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pharmacyregulation.org/students-and-trainees/pharmacist-education-and-training/independent-prescriber-education-and-training" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rpharms.com/resources/frameworks/designated-prescribing-practitioner-competency-framework" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pharmacyregulation.org/students-and-trainees/pharmacist-education-and-training/independent-prescriber-education-and-training" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rpharms.com/resources/frameworks/prescribers-competency-framework" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pharmacyregulation.org/students-and-trainees/pharmacist-education-and-training/independent-prescriber-education-and-training" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/postgraduate/courses/taught/med/practice-certificate-in-independent-prescribing.aspx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pharmacyregulation.org/pharmacists/standards-and-guidance-pharmacy-professionals/standards-pharmacy-professionals" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/postgraduate/courses/taught/med/practice-certificate-in-independent-prescribing.aspx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rpharms.com/resources/frameworks/prescribing-competency-framework/competency-framework" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13866,52 +14038,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100140D4B1D4984A54998B9287663F2A716" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="105aa5b197c79b74690542e067bbdbe4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0b0c0358-7ed0-4df2-be33-a9882006fab3" xmlns:ns3="6135eb55-fbb0-44c7-a499-718168b4e98a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="564e88073a593362fbedd5e45ea9f0ed" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100140D4B1D4984A54998B9287663F2A716" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d05558c64bdfaa1e62b0fecb7e06c853">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0b0c0358-7ed0-4df2-be33-a9882006fab3" xmlns:ns3="6135eb55-fbb0-44c7-a499-718168b4e98a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bba8186690227e112b37b20dfc9ca405" ns2:_="" ns3:_="">
     <xsd:import namespace="0b0c0358-7ed0-4df2-be33-a9882006fab3"/>
     <xsd:import namespace="6135eb55-fbb0-44c7-a499-718168b4e98a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -14067,134 +14239,149 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="0b0c0358-7ed0-4df2-be33-a9882006fab3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="6135eb55-fbb0-44c7-a499-718168b4e98a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CDE2E0A2-E51E-4928-B502-D80F530C3277}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4652CE5B-01DB-4829-9B8D-2614204BD51F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0b0c0358-7ed0-4df2-be33-a9882006fab3"/>
     <ds:schemaRef ds:uri="6135eb55-fbb0-44c7-a499-718168b4e98a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68D8EC01-058F-4119-A5A0-83650024C1B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B88173B2-23BA-4607-9E97-9FBC5935571D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1DC5F32-CC17-4E90-AF3D-D6BF46F7EDE1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0b0c0358-7ed0-4df2-be33-a9882006fab3"/>
     <ds:schemaRef ds:uri="6135eb55-fbb0-44c7-a499-718168b4e98a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B88173B2-23BA-4607-9E97-9FBC5935571D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68D8EC01-058F-4119-A5A0-83650024C1B3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>2750</Words>
-  <Characters>16285</Characters>
+  <Words>3205</Words>
+  <Characters>19044</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>449</Lines>
-  <Paragraphs>188</Paragraphs>
+  <Lines>501</Lines>
+  <Paragraphs>239</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19173</CharactersWithSpaces>
+  <CharactersWithSpaces>22010</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jennifer Faldo (MDS - Education)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100140D4B1D4984A54998B9287663F2A716</vt:lpwstr>
   </property>