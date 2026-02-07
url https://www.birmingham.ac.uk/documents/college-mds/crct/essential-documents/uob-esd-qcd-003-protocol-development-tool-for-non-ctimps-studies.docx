--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -1,11739 +1,10474 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4EEF5A08" w14:textId="77777777" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+    <w:p w14:paraId="2DE20541" w14:textId="77777777" w:rsidR="00D7036B" w:rsidRDefault="00D7036B" w:rsidP="00D7036B"/>
+    <w:p w14:paraId="52F05711" w14:textId="77777777" w:rsidR="00895128" w:rsidRDefault="00895128" w:rsidP="00D7036B"/>
+    <w:p w14:paraId="694919D0" w14:textId="77777777" w:rsidR="00895128" w:rsidRPr="00895128" w:rsidRDefault="00075D91" w:rsidP="00895128">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Quality Control Document</w:t>
+      </w:r>
+      <w:r w:rsidR="00895128">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD5A1C1" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
-        <w:t>Quality Control Document:</w:t>
-[...15 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+        <w:t>Protocol Development Tool for Non-ctimps &amp; studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50ED36D3" w14:textId="77777777" w:rsidR="00A31C6D" w:rsidRDefault="00A31C6D" w:rsidP="00A31C6D"/>
+    <w:p w14:paraId="375D13CB" w14:textId="77777777" w:rsidR="00D7036B" w:rsidRDefault="00D7036B" w:rsidP="00A31C6D"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1696"/>
+        <w:gridCol w:w="7321"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00013136" w14:paraId="1FAFD4C4" w14:textId="77777777" w:rsidTr="00C90371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CD361B" w14:textId="77777777" w:rsidR="00013136" w:rsidRPr="00895128" w:rsidRDefault="00013136" w:rsidP="00013136">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895128">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Supersedes:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A157BD" w14:textId="561F5E39" w:rsidR="00013136" w:rsidRDefault="00F66F4A" w:rsidP="00013136">
+            <w:r>
+              <w:t>Protocol Development Tool for non-CTIMPs &amp; Studies (</w:t>
+            </w:r>
+            <w:r w:rsidR="0059415F">
+              <w:t>UoB-ESD-QCD-003</w:t>
+            </w:r>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="0059415F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>v</w:t>
+            </w:r>
+            <w:r w:rsidR="0059415F">
+              <w:t>1.0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00013136" w14:paraId="7EBB94FC" w14:textId="77777777" w:rsidTr="00C90371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37821448" w14:textId="77777777" w:rsidR="00013136" w:rsidRPr="00895128" w:rsidRDefault="00013136" w:rsidP="00013136">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895128">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Last reviewed:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1450E706" w14:textId="58F893D3" w:rsidR="00013136" w:rsidRDefault="00800A92" w:rsidP="00013136">
+            <w:r>
+              <w:t>Dec-2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00013136" w14:paraId="54EE5F29" w14:textId="77777777" w:rsidTr="00C90371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4F9682" w14:textId="77777777" w:rsidR="00013136" w:rsidRPr="00895128" w:rsidRDefault="00013136" w:rsidP="00013136">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895128">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Next review in:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="714DE8F1" w14:textId="058C8940" w:rsidR="00013136" w:rsidRDefault="00800A92" w:rsidP="00013136">
+            <w:r>
+              <w:t>2028, Quarter 4 (Oct-Dec)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="57C57A3D" w14:textId="77777777" w:rsidR="00895128" w:rsidRDefault="00895128" w:rsidP="00A31C6D"/>
+    <w:p w14:paraId="4DEF67E7" w14:textId="77777777" w:rsidR="00895128" w:rsidRDefault="00895128" w:rsidP="00A31C6D"/>
+    <w:p w14:paraId="7471D86A" w14:textId="77777777" w:rsidR="00895128" w:rsidRDefault="00895128" w:rsidP="00A31C6D"/>
+    <w:p w14:paraId="4E884FFF" w14:textId="0C1592F5" w:rsidR="00A86630" w:rsidRPr="00A86630" w:rsidRDefault="00A86630" w:rsidP="00895128">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="5054"/>
+          <w:tab w:val="left" w:pos="3654"/>
         </w:tabs>
-      </w:pPr>
-[...17 lines deleted...]
-        <w:r w:rsidRPr="00876B4B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A86630">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ccess the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:tooltip="Link to the Clinical Research e-Pathway" w:history="1">
+        <w:r w:rsidR="001D0D34" w:rsidRPr="00A86630">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>HRA guidance</w:t>
+          <w:t>Clinical Research e-Pathway</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...19 lines deleted...]
-      <w:r w:rsidR="00134C87" w:rsidRPr="003806CD">
+      <w:r w:rsidRPr="00A86630">
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Protocol Template for </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B02D7">
+        <w:t xml:space="preserve"> for a roadmap to </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>n</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00134C87" w:rsidRPr="003806CD">
+        <w:t xml:space="preserve">help </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A86630">
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">on-CTIMPs </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B02D7">
+        <w:t xml:space="preserve">navigate a </w:t>
+      </w:r>
+      <w:r w:rsidR="007862F4">
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>&amp;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00134C87" w:rsidRPr="003806CD">
+        <w:t xml:space="preserve">complete project </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A86630">
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Studies (UoB-ESD-QCD-004)</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FF72DB">
+        <w:t>lifecycle</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Protocol </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008327D5">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E71BC48" w14:textId="77777777" w:rsidR="00A86630" w:rsidRDefault="00A86630" w:rsidP="007773B9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3654"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C50FD68" w14:textId="77777777" w:rsidR="00A86630" w:rsidRDefault="00A86630" w:rsidP="007773B9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3654"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A166428" w14:textId="77777777" w:rsidR="0097056C" w:rsidRPr="007773B9" w:rsidRDefault="0097056C" w:rsidP="007773B9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3654"/>
+        </w:tabs>
+        <w:sectPr w:rsidR="0097056C" w:rsidRPr="007773B9" w:rsidSect="00EA11E4">
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="4253" w:right="1440" w:bottom="1440" w:left="1440" w:header="1438" w:footer="452" w:gutter="0"/>
+          <w:pgBorders w:display="notFirstPage">
+            <w:top w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+          </w:pgBorders>
+          <w:cols w:space="708"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="605DB20C" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="003F499F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc216447542"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc153528138"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc320536979"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Purpose</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="07B74823" w14:textId="05ADC285" w:rsidR="003C3DEB" w:rsidRDefault="0054517A" w:rsidP="0054517A">
+      <w:pPr>
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:iCs/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF72DB">
+      </w:pPr>
+      <w:r w:rsidRPr="0054517A">
+        <w:t xml:space="preserve">This quality control document (QCD) contains guidelines for developing a protocol for non-clinical trials of an investigational product (non-CTIMPs) and clinical studies. The protocol is an essential part of the research project and should describe as much detail about the project as possible. This QCD provides an outline of the key elements the protocol should describe, including the background, rationale, objectives, design, methodology, statistical considerations and organisation of non-CTIMPs and studies. This tool has been designed to be used in conjunction with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0054517A">
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:iCs/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t xml:space="preserve">emplate </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002322F0">
+        <w:t xml:space="preserve">Protocol Template for non-CTIMPs &amp; Studies (UoB-ESD-QCD-004) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0054517A">
+        <w:t>and has been created in line with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0054517A">
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:iCs/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t xml:space="preserve">for </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF72DB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:tooltip="Link to HRA information about protocol " w:history="1">
+        <w:r w:rsidRPr="0054517A">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>H</w:t>
+        </w:r>
+        <w:r w:rsidR="00F80F8B">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ealth </w:t>
+        </w:r>
+        <w:r w:rsidRPr="0054517A">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>R</w:t>
+        </w:r>
+        <w:r w:rsidR="00F80F8B">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">esearch </w:t>
+        </w:r>
+        <w:r w:rsidRPr="0054517A">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>A</w:t>
+        </w:r>
+        <w:r w:rsidR="00F80F8B">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>uthority (HRA)</w:t>
+        </w:r>
+        <w:r w:rsidR="00304457">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>’s</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0054517A">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> guidance for protocols</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0054517A">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB2481">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="437ADE5E" w14:textId="6B044841" w:rsidR="0059415F" w:rsidRPr="00F74072" w:rsidRDefault="0054517A" w:rsidP="00F74072">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:iCs/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:t>CTIMPs (UoB-</w:t>
-[...18 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="0054517A">
         <w:t>Note: for clinical research approved by a University of Birmingham (UoB) research ethics committee (REC), the role of CI may be referred to as the principal investigator (PI), or the supervisor for postgraduate research students.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56124BDC" w14:textId="412F380F" w:rsidR="009E2541" w:rsidRDefault="009E2541" w:rsidP="009E2541">
+    <w:p w14:paraId="5BB1923D" w14:textId="6B044841" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc124852846"/>
-[...30 lines deleted...]
-        <w:pStyle w:val="bullet1-QCD"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc216447543"/>
+      <w:r w:rsidRPr="00B63F21">
+        <w:t>Scope</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="4644230C" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r w:rsidRPr="005F0DCF">
+        <w:t>This is an optional QCD and may be used to support the development of a protocol for all clinical research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F016AFC" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00C34A3B" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc216447544"/>
+      <w:r w:rsidRPr="00B63F21">
+        <w:t>Implementation plan</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="34722767" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="005F0DCF" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r w:rsidRPr="005F0DCF">
+        <w:t>This QCD will be implemented in line with this document’s effective date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5E7CCD" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc216447545"/>
+      <w:r>
+        <w:t>Stakeholders</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="35E68AE8" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="000A2BA6" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Members of staff required to write a protocol for clinical research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="686BB63A" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc216447546"/>
+      <w:r w:rsidRPr="006561C0">
+        <w:t>Related</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> documents</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="073AC802" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc216447547"/>
+      <w:r>
+        <w:t>Associated QMS documents</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="2893D971" w14:textId="16C3B88F" w:rsidR="0059415F" w:rsidRPr="00E92E1D" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E92E1D">
+        <w:t>UoB-ESD-SOP-001 Essential Documents Development and Maintenance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B09944C" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00E92E1D" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r w:rsidRPr="00E92E1D">
         <w:t>UoB-ESD-QCD-004 Protocol Template for non-CTIMPs &amp; Studies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64CFD927" w14:textId="4BD3E306" w:rsidR="00B26FC9" w:rsidRPr="00E92E1D" w:rsidRDefault="00B26FC9" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-QCD"/>
+    <w:p w14:paraId="498B160E" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00E92E1D" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r w:rsidRPr="00E92E1D">
         <w:t>UoB-ESD-QCD-005 Essential Document Checklist</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14CA8EBA" w14:textId="5A90DCBA" w:rsidR="00B26FC9" w:rsidRPr="00E92E1D" w:rsidRDefault="00B26FC9" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-QCD"/>
+    <w:p w14:paraId="77D9E6E2" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r w:rsidRPr="00E92E1D">
         <w:t>UoB-ESD-QCD-006 Version Control Log</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D23C14" w14:textId="77777777" w:rsidR="00B26FC9" w:rsidRPr="00E92E1D" w:rsidRDefault="00B26FC9" w:rsidP="00E92E1D">
-[...9 lines deleted...]
-        <w:pStyle w:val="bullet1-QCD"/>
+    <w:p w14:paraId="7D7B5719" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00E92E1D" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc216447548"/>
+      <w:r>
+        <w:t>Additional QMS documents</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="7FC9429A" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00E92E1D" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r w:rsidRPr="00E92E1D">
         <w:t>UoB-GCP-POL-001 UoB Principles of GCP for Clinical Research</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F51F60" w14:textId="1B975DD3" w:rsidR="00DA4B36" w:rsidRPr="00E92E1D" w:rsidRDefault="00B26FC9" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-QCD"/>
+    <w:p w14:paraId="670D1D22" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00E92E1D" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r w:rsidRPr="00E92E1D">
         <w:t>UoB-PRV-SOP-001 Peer Review</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C1614B" w14:textId="599A5DCB" w:rsidR="0017791A" w:rsidRDefault="0017791A" w:rsidP="0017791A">
-[...9 lines deleted...]
-        <w:r w:rsidR="00E243E7">
+    <w:p w14:paraId="7D237FAF" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">Access to the full UoB QMS for clinical research is available via the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:tooltip="Link to CRCT website" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>CRCT website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00051979">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E650B6" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc216447549"/>
+      <w:r>
+        <w:t>References &amp; frameworks</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="239BD287" w14:textId="020D0BF6" w:rsidR="00824D5A" w:rsidRDefault="000309B5" w:rsidP="0073763A">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">HRA. (2018) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:lang w:eastAsia="en-GB"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
-        <w:t>Internal work instructions can be obtained from the CRCT (</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00051979">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C10D4">
         <w:rPr>
-          <w:lang w:eastAsia="en-GB"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
-        <w:t>) and/or from t</w:t>
-[...88 lines deleted...]
-        <w:r w:rsidRPr="00C37590">
+        <w:t>rotocol</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Available at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:tooltip="Link to HRA Protocol guidance" w:history="1">
+        <w:r w:rsidRPr="00876B4B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>https://www.hra.nhs.uk/approvals-amendments/what-approvals-do-i-need/hra-approval/#3</w:t>
+          <w:t>https://www.hra.nhs.uk/planning-and-improving-research/research-planning/protocol/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...32 lines deleted...]
-        <w:r w:rsidRPr="00144790">
+      <w:r w:rsidR="00317B6A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(Accessed: 27-Oct-2025)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC73C6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D01BAD" w14:textId="392AAF6C" w:rsidR="006F1D93" w:rsidRDefault="00824D5A" w:rsidP="00AB2B90">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB2B90">
+        <w:t xml:space="preserve">HRA. (2024) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003769A0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Informing participants and seeking consent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB2B90">
+        <w:t xml:space="preserve">. Available at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:tooltip="Link to HRA webpage about informing participants and seeking consent" w:history="1">
+        <w:r w:rsidRPr="0018791D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>https://s3.eu-west-2.amazonaws.com/www.hra.nhs.uk/media/documents/hra-guidance-payments-incentives-research.pdf</w:t>
+          <w:t>https://www.hra.nhs.uk/planning-and-improving-research/best-practice/informing-participants-and-seeking-consent/</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...7 lines deleted...]
-      <w:hyperlink r:id="rId18" w:tooltip="Link to HRA webpage about amending an approval" w:history="1">
+      <w:r w:rsidRPr="00675999">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB2B90">
+        <w:t>(Accessed: 27-Oct-2025</w:t>
+      </w:r>
+      <w:r w:rsidR="003869E2" w:rsidRPr="00AB2B90">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48842566" w14:textId="77777777" w:rsidR="00A83F70" w:rsidRDefault="00A83F70" w:rsidP="00A83F70">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">HRA. (2025) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C10D4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Amending an approval</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Available at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:tooltip="Link to HRA webpage about amending an approval" w:history="1">
         <w:r w:rsidRPr="00C45170">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.hra.nhs.uk/approvals-amendments/amending-approval/</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="bullet1-QCD"/>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:color w:val="auto"/>
-          <w:u w:val="none"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(Accessed: 27-Oct-2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB344EF" w14:textId="617F3E66" w:rsidR="0059415F" w:rsidRPr="00AB2B90" w:rsidRDefault="0059415F" w:rsidP="00AB2B90">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB2B90">
         <w:t>HRA</w:t>
       </w:r>
-      <w:r w:rsidR="00E92E1D">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00AE2655">
+      <w:r w:rsidR="00380CD5" w:rsidRPr="00AB2B90">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB2B90">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="004F0416" w:rsidRPr="00AB2B90">
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB2B90">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7713D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>HRA Approval</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB2B90">
+        <w:t xml:space="preserve">. Available at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:tooltip="HRA Approval" w:history="1">
+        <w:r w:rsidR="0022575C" w:rsidRPr="0018791D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>https://www.hra.nhs.uk/planning-and-improving-research/best-practice/informing-participants-and-seeking-consent/</w:t>
+          <w:t>https://www.hra.nhs.uk/approvals-amendments/what-approvals-do-i-need/hra-approval/</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...16 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00AB2B90">
+        <w:t xml:space="preserve"> (Accessed: </w:t>
+      </w:r>
+      <w:r w:rsidR="0046771B" w:rsidRPr="00AB2B90">
+        <w:t>27-Oct-2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB2B90">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B687778" w14:textId="2822FDFF" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+      </w:pPr>
+      <w:r>
+        <w:t>HRA</w:t>
+      </w:r>
+      <w:r w:rsidR="00380CD5">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00861DD4">
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0484">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0484">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Payments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C10D4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00130F50">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:tooltip="Link to HRA Protocol guidance" w:history="1">
-        <w:r w:rsidRPr="00876B4B">
+      <w:r w:rsidR="003D38D8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C10D4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ncentives in </w:t>
+      </w:r>
+      <w:r w:rsidR="003D38D8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C10D4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>esearch</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Available at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:tooltip="HRA guidance on payments and incentives in research" w:history="1">
+        <w:r w:rsidR="0022575C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>https://www.hra.nhs.uk/planning-and-improving-research/research-planning/protocol/</w:t>
+          <w:t>https://www.hra.nhs.uk/about-us/committees-and-services/nreap/payments-and-incentives-research/</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...14 lines deleted...]
-        <w:r w:rsidRPr="001C2935">
+      <w:r w:rsidR="00CB6C12" w:rsidRPr="00CB6C12" w:rsidDel="00CB6C12">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(Accessed: </w:t>
+      </w:r>
+      <w:r w:rsidR="0046771B">
+        <w:t>27-Oct-2025</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="005565B2">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316F151B" w14:textId="7DB2F26B" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+      </w:pPr>
+      <w:r>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82EE6">
+        <w:t xml:space="preserve">ational </w:t>
+      </w:r>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82EE6">
+        <w:t xml:space="preserve">nstitute for </w:t>
+      </w:r>
+      <w:r>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82EE6">
+        <w:t xml:space="preserve">ealth </w:t>
+      </w:r>
+      <w:r>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00A82EE6">
+        <w:t>esearch</w:t>
+      </w:r>
+      <w:r w:rsidR="001A6117">
+        <w:t xml:space="preserve"> (NIHR)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37765">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C357A5">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A82EE6" w:rsidRPr="00386C4B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Briefing notes for researchers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386C4B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>– public involvement in NHS, health and social care research</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Available at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00AC6862">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>https://www.invo.org.uk/find-out-more/how-to-involve-people/information-for-researchers/</w:t>
+          <w:t>https://www.nihr.ac.uk/briefing-notes-researchers-public-involvement-nhs-health-and-social-care-research</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="bullet1-QCD"/>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:color w:val="auto"/>
-          <w:u w:val="none"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-        <w:r w:rsidRPr="001E1828">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(Accessed: </w:t>
+      </w:r>
+      <w:r w:rsidR="0046771B">
+        <w:t>27-Oct-2025</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="005565B2">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="112A3333" w14:textId="6176F295" w:rsidR="00671E32" w:rsidRPr="00E21A2B" w:rsidRDefault="00671E32" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>National Institute for Health Research (NIHR</w:t>
+      </w:r>
+      <w:r w:rsidR="00031075">
+        <w:t xml:space="preserve">). (2025) </w:t>
+      </w:r>
+      <w:r w:rsidR="00031075">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Eligibility for NIHR Research Delivery Network</w:t>
+      </w:r>
+      <w:r w:rsidR="00C00987">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E21A2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E21A2B">
+        <w:t xml:space="preserve">Available at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:tooltip="Eligibility for NIHR Research Delivery Network support" w:history="1">
+        <w:r w:rsidR="00C00987">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>https://intranet.birmingham.ac.uk/finance/insurance/liability/clinical-trials.aspx</w:t>
+          <w:t>https://www.nihr.ac.uk/eligibility-nihr-research-delivery-network-support</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="bullet1-QCD"/>
+      <w:r w:rsidR="00E21A2B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7CE3">
+        <w:t>(Accessed: 02-Dec-2025)</w:t>
+      </w:r>
+      <w:r w:rsidR="004A103C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A0E6B80" w14:textId="034CE4EF" w:rsidR="00224FB8" w:rsidRDefault="00D02A58" w:rsidP="00D02A58">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C43C7A">
+        <w:t>UoB</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C43C7A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(2021) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E418A6">
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
-[...1 lines deleted...]
-          <w:u w:val="none"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:r w:rsidRPr="00D71F0B">
+        <w:t>Position paper on clinical research registration</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Available at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:tooltip="UoB Position paper on clinical research registration " w:history="1">
+        <w:r w:rsidR="00224FB8" w:rsidRPr="00224FB8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>https://www.birmingham.ac.uk/documents/college-mds/crct/uob-position-papers/uob-position-paper-clinical-research-registration-v1.0-vd-14-jan-2021.pdf</w:t>
+          <w:t>https://www.birmingham.ac.uk/documents/college-mds/crct/uob-position-papers/uob-position-paper-clinical-research-registration</w:t>
+        </w:r>
+        <w:r w:rsidR="00224FB8" w:rsidRPr="00336382">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>.docx</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...7 lines deleted...]
-        <w:ind w:left="510"/>
+      <w:r w:rsidR="00224FB8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(Accessed: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0FCE">
+        <w:t>05</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0FCE">
+        <w:t>Dec</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-2025)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37279" w:rsidDel="00D37279">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D898108" w14:textId="2B451AE4" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
+      </w:pPr>
+      <w:r>
+        <w:t>UoB</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97E1E">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="0024126E">
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E00453" w:rsidRPr="00675999">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Clinical Trials Liabilities and Insurance Cover</w:t>
+      </w:r>
+      <w:r w:rsidR="00E00453">
+        <w:t>. Ava</w:t>
+      </w:r>
+      <w:r w:rsidR="0082456A">
+        <w:t>ilable at:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:tooltip="Clinical Trials Liabilities and Insurance Cover" w:history="1">
+        <w:r w:rsidR="00BC2257">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">uob-clinical-trials-insurance-processes-v2-4.5.2022.docx </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00F42B47">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(Accessed: </w:t>
+      </w:r>
+      <w:r w:rsidR="0007129D">
+        <w:t>05-Dec</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00264F0C">
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="005565B2">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6105384C" w14:textId="106C2878" w:rsidR="00766C0D" w:rsidRPr="009C6B2E" w:rsidRDefault="00766C0D" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="References"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:r>
+        <w:t xml:space="preserve">UoB. (no date) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Clinical </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424DC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">rials </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424DC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>nsurance</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6B2E">
+        <w:t xml:space="preserve">. Available at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:tooltip="Clinical trials insurance" w:history="1">
+        <w:r w:rsidR="009C6B2E" w:rsidRPr="006534AF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://bham.sharepoint.com/sites/finance/SitePages/otherinsurance.aspx</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009C6B2E">
+        <w:t xml:space="preserve"> (Accessed: 05-Dec-2025). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6470CD68" w14:textId="0AD2ECED" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="00675999">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56850DC9" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:sectPr w:rsidR="0059415F" w:rsidSect="00E31E19">
+          <w:headerReference w:type="even" r:id="rId27"/>
+          <w:headerReference w:type="default" r:id="rId28"/>
+          <w:footerReference w:type="even" r:id="rId29"/>
+          <w:footerReference w:type="default" r:id="rId30"/>
+          <w:headerReference w:type="first" r:id="rId31"/>
+          <w:footerReference w:type="first" r:id="rId32"/>
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="397" w:gutter="0"/>
           <w:pgBorders>
-            <w:top w:val="single" w:sz="12" w:space="3" w:color="943634"/>
-            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="943634"/>
+            <w:top w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
           </w:pgBorders>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46897FDA" w14:textId="5F482F53" w:rsidR="00B63EFD" w:rsidRDefault="00B63EFD" w:rsidP="00174260"/>
-    <w:p w14:paraId="55DDBAEB" w14:textId="108CCC67" w:rsidR="005E5B78" w:rsidRDefault="00FF72DB" w:rsidP="005E5B78">
+    <w:p w14:paraId="496EAD4A" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00901562" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc216447550"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Document contributors</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Document contributors"/>
+        <w:tblDescription w:val="This table contains details of the author(s), reviewer(s) and authorisor(s) of this document. "/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9017"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0059415F" w:rsidRPr="003713E4" w14:paraId="6F6A6346" w14:textId="77777777" w:rsidTr="00B533AE">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35FABE7C" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="002B6735" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B6735">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Author(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0059415F" w14:paraId="526FB5DF" w14:textId="77777777" w:rsidTr="00B533AE">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3961CEBF" w14:textId="77777777" w:rsidR="00CD6130" w:rsidRDefault="00CD6130" w:rsidP="00CD6130">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Helen Wright (Quality Assurance Trainee)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F6F7887" w14:textId="6C0CF81C" w:rsidR="0059415F" w:rsidRDefault="00F74072" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Enayet Amin (Senior Quality Assurance Officer)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0059415F" w14:paraId="19C5C734" w14:textId="77777777" w:rsidTr="00B533AE">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A11C42" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="002B6735" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B6735">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Reviewer(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0059415F" w14:paraId="65CC28B7" w14:textId="77777777" w:rsidTr="00B533AE">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5377C458" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00F130E6" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Version</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F130E6">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by – </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34B4557C" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+            <w:pPr>
+              <w:pStyle w:val="bulletT1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>QMS Manager</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05405702" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="0070323D" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0070323D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Revisions by</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0070323D">
+              <w:t xml:space="preserve"> –</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10569CDB" w14:textId="134FF86C" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+            <w:pPr>
+              <w:pStyle w:val="bulletT1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0070323D">
+              <w:t>CRCT (see</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> document revision log</w:t>
+            </w:r>
+            <w:r w:rsidR="0034446F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="_Document_revision_log" w:history="1">
+              <w:r w:rsidR="0034446F" w:rsidRPr="00835E46">
+                <w:rPr>
+                  <w:rStyle w:val="SectionrefChar"/>
+                </w:rPr>
+                <w:t>below</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="0070323D">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0059415F" w14:paraId="7589C813" w14:textId="77777777" w:rsidTr="00B533AE">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6442E64B" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="002B6735" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B6735">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Authoriser(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0059415F" w14:paraId="01A5942A" w14:textId="77777777" w:rsidTr="00B533AE">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="41CD7245" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Jamie Douglas-Pugh (Clinical Research Compliance Manager / QMS Manager)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7157EC4C" w14:textId="77777777" w:rsidR="00897743" w:rsidRDefault="00897743" w:rsidP="00784191">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C464897" w14:textId="77777777" w:rsidR="00897743" w:rsidRDefault="00897743">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23D25B59" w14:textId="55111B04" w:rsidR="0059415F" w:rsidRPr="00FF7838" w:rsidRDefault="0059415F" w:rsidP="00784191">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc216447551"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Document history</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="5807331B" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00710D7B" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc216447552"/>
+      <w:r>
+        <w:t>Document version log</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="2740817B" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>The table below summarise the changes made to this document compared to its superseded versions. For information on earlier versions not shown, please email the CRCT (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:tooltip="Email the CRCT" w:history="1">
+        <w:r w:rsidRPr="00986664">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>crct@contacts.bham.ac.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">).  </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Document version log"/>
+        <w:tblDescription w:val="This table summarise the changes made to this document compared to its superseded versions."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1414"/>
+        <w:gridCol w:w="7603"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0059415F" w:rsidRPr="003713E4" w14:paraId="59022349" w14:textId="77777777" w:rsidTr="00B533AE">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="784" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70B40A05" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="003713E4" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Version</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4216" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F166D0" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="003713E4" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Reason for update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0059415F" w14:paraId="1638F787" w14:textId="77777777" w:rsidTr="00B533AE">
+        <w:trPr>
+          <w:trHeight w:val="907"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="784" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="42108CAC" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2.0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FF18492" w14:textId="5FB0F4B5" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00390D5D">
+              <w:t>05-Jan-2026</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4216" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="45144C20" w14:textId="2203B379" w:rsidR="0018769E" w:rsidRDefault="003969CC" w:rsidP="007B4FD8">
+            <w:pPr>
+              <w:pStyle w:val="bulletT1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Transferred to n</w:t>
+            </w:r>
+            <w:r w:rsidR="0018769E">
+              <w:t>ew QCD template</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F777F99" w14:textId="17B0FD47" w:rsidR="0059415F" w:rsidRDefault="001C42AC" w:rsidP="007B4FD8">
+            <w:pPr>
+              <w:pStyle w:val="bulletT1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Remov</w:t>
+            </w:r>
+            <w:r w:rsidR="001117BD">
+              <w:t xml:space="preserve">ed </w:t>
+            </w:r>
+            <w:r w:rsidR="00184809">
+              <w:t xml:space="preserve">reference to </w:t>
+            </w:r>
+            <w:r w:rsidR="007863E2" w:rsidRPr="007863E2">
+              <w:t>obsolete</w:t>
+            </w:r>
+            <w:r w:rsidR="007863E2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>CTIMP</w:t>
+            </w:r>
+            <w:r w:rsidR="00E83002">
+              <w:t xml:space="preserve"> protocol template (UoB-ESD-QCD-001)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="348B8E4B" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+            <w:pPr>
+              <w:pStyle w:val="bulletT1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Updated hyperlinks</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DE7156B" w14:textId="77777777" w:rsidR="001C42AC" w:rsidRDefault="003969CC" w:rsidP="007B4FD8">
+            <w:pPr>
+              <w:pStyle w:val="bulletT1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Improved readability</w:t>
+            </w:r>
+            <w:r w:rsidR="001C42AC">
+              <w:t xml:space="preserve"> and gra</w:t>
+            </w:r>
+            <w:r w:rsidR="00E57A3A">
+              <w:t>mmatical changes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77744238" w14:textId="4E7BC802" w:rsidR="00F7255C" w:rsidRDefault="00D674E9" w:rsidP="007B4FD8">
+            <w:pPr>
+              <w:pStyle w:val="bulletT1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Added details on the UoB’s sponsor</w:t>
+            </w:r>
+            <w:r w:rsidR="00F41602">
+              <w:t xml:space="preserve"> process for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D674E9">
+              <w:t>annual progress report</w:t>
+            </w:r>
+            <w:r w:rsidR="00F41602">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D674E9">
+              <w:t xml:space="preserve"> (APR)</w:t>
+            </w:r>
+            <w:r w:rsidR="00F41602">
+              <w:t xml:space="preserve"> (see protocol section 10.2</w:t>
+            </w:r>
+            <w:r w:rsidR="00473E5E">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6666F103" w14:textId="153FB306" w:rsidR="00536F50" w:rsidRDefault="009F6A3D" w:rsidP="007B4FD8">
+            <w:pPr>
+              <w:pStyle w:val="bulletT1"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Added </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F6A3D">
+              <w:t xml:space="preserve">clarification </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3B4B">
+              <w:t>when frequent deviations may be classified as a serious breach (see protocol section 10.5)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="227CBE0D" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Document_revision_log"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc216447553"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t>Document revision log</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="2693C18E" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>The table below summaries the reason for any revisions made to the latest version of this document. Revisions do not affect the key content and/or requirements outlined in the document.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Document revision log"/>
+        <w:tblDescription w:val="This able summaries the reason for any revisions made to the latest version of this document."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="2030"/>
+        <w:gridCol w:w="2030"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0059415F" w14:paraId="1E0A508F" w14:textId="77777777" w:rsidTr="00B533AE">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D752D58" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="003713E4" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003713E4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Revision</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63594AC1" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="003713E4" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Reason for revision</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7395BA62" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="003713E4" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003713E4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Editor/reviewer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="521C2D7F" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="003713E4" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003713E4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Authoriser</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0059415F" w14:paraId="331B6B95" w14:textId="77777777" w:rsidTr="00B533AE">
+        <w:trPr>
+          <w:trHeight w:val="907"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC13540" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B248DAC" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="745BECE0" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="059B5513" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="00B533AE">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3DFAF704" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F"/>
+    <w:p w14:paraId="5FE31DA8" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F"/>
+    <w:p w14:paraId="26F5A1A1" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:sectPr w:rsidR="0059415F" w:rsidSect="001C6FC0">
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="397" w:gutter="0"/>
+          <w:pgBorders>
+            <w:top w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+          </w:pgBorders>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38467109" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>PROTOCOL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E866F82" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="016B2E0E" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc124852848"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc216447554"/>
       <w:r>
         <w:t>Title page</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3670C7C3" w14:textId="0C2A5EE4" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="31F8DF36" w14:textId="083C08F7" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:r>
         <w:t>Aim: to provide title information, version control details and reference number. The title page may also include any relevant logos associated with the project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FAC4F4C" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78"/>
-    <w:p w14:paraId="306AC6B7" w14:textId="5B713373" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="3397E6C8" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00F60F8B" w:rsidRDefault="0059415F" w:rsidP="00F60F8B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc124852849"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="39DC44E8" w14:textId="2403E52D" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+      <w:bookmarkStart w:id="16" w:name="_Toc216447555"/>
+      <w:r w:rsidRPr="00F60F8B">
+        <w:t>Full/long title of the project</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="16B660B2" w14:textId="558B250B" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Aim: to identify the project to enable retrieval from literature or internet searches. It should be immediately evident what the project is investigating and on whom to allow rapid judgment of relevance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA83CEA" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc124852850"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc216447556"/>
       <w:r>
         <w:t>Short title/acronym</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="524C490E" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="6A35DC4F" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:r>
         <w:t xml:space="preserve">Aim: to provide a summary of the long title. It is usually the title used on information sheets and consent forms for research participants or others giving consent or assent on their behalf. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539B8796" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="2F51B3EB" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:r>
         <w:t>The short title should be:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10AD55BE" w14:textId="63FBB5EE" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="6C700374" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>sufficiently detailed to make clear to participants what the research is about in simple English</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64BF221A" w14:textId="112D9128" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="07D0D9A3" w14:textId="750998A4" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>if acronyms are used the full title should explain them. The proposed acronym should not drive the long title.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="138C359C" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78"/>
-    <w:p w14:paraId="04F1664F" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="7239FC5B" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc124852851"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc216447557"/>
       <w:r>
         <w:t>Protocol version number and date</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="4D842EAC" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="35932D77" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Aim: to track changes to the document for project conduct, review, and oversight so it is clear which is the most recent document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A43F230" w14:textId="0CD2B42F" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:r>
         <w:t>Version control (</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...10 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+      <w:r w:rsidR="00B723B2">
+        <w:t>entered</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7D27">
+        <w:t xml:space="preserve">into </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the Footer):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BAF11F9" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>all draft versions should be numbered 0.1, 0.2 etc</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="783DC438" w14:textId="576B4F31" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="165164F0" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>the final version for submission should be numbered 1.0</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749D8AC2" w14:textId="3FE7A725" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="376DDDD0" w14:textId="1222710B" w:rsidR="00905111" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>the changes made relative to the previous protocol version should be listed after submission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AE11C67" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78"/>
-    <w:p w14:paraId="090B72DD" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="2DDC54FD" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc124852852"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc216447558"/>
       <w:r>
         <w:t>Research reference numbers</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="17423ACA" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="78B5450C" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:r>
         <w:t xml:space="preserve">Aim: to provide a summary of the research unique identifiers for quick reference. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02169D50" w14:textId="596BC8A8" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="5D26E713" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:r>
         <w:t>The table below should be completed, and if required, additional reference number/rows in the table can be added.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Table for research reference numbers"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2263"/>
         <w:gridCol w:w="6753"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005E5B78" w:rsidRPr="005E5B78" w14:paraId="71EF22AB" w14:textId="77777777" w:rsidTr="00FE60A4">
+      <w:tr w:rsidR="0059415F" w:rsidRPr="005E5B78" w14:paraId="1A97999B" w14:textId="77777777" w:rsidTr="00B533AE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1147A828" w14:textId="0D749676" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="387BBEB6" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="005E5B78" w:rsidRDefault="0059415F" w:rsidP="00C066C7">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5B78">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">IRAS </w:t>
             </w:r>
-            <w:r w:rsidR="004B1904">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="005E5B78">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>umber:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="050ACD0B" w14:textId="7A8B37C9" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="7E501ACA" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="005E5B78" w:rsidRDefault="0059415F" w:rsidP="00C066C7">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5B78">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">The unique identifier generated by Integrated Research Application System (IRAS) for the project. This will be the primary reference number used by </w:t>
             </w:r>
-            <w:r w:rsidR="001E5466">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="005E5B78">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">REC, Health Research Authority </w:t>
             </w:r>
-            <w:r w:rsidR="001E5466">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve">(HRA) </w:t>
             </w:r>
             <w:r w:rsidRPr="005E5B78">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">and sites to identify the project and should be quoted in all project-related correspondence as well as on all participant literature. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A68CF8E" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="6220ACF2" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="005E5B78" w:rsidRDefault="0059415F" w:rsidP="00C066C7">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5B78">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>This number will not be applicable for UoB REC-approved projects.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5B78" w:rsidRPr="005E5B78" w14:paraId="2DBBC2E9" w14:textId="77777777" w:rsidTr="00FE60A4">
+      <w:tr w:rsidR="0059415F" w:rsidRPr="005E5B78" w14:paraId="0ABC63F8" w14:textId="77777777" w:rsidTr="00B533AE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E120123" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="44EC930B" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="005E5B78" w:rsidRDefault="0059415F" w:rsidP="009131CF">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5B78">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Sponsor reference number (RG number):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13C2A835" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="42D1EEA1" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="005E5B78" w:rsidRDefault="0059415F" w:rsidP="009131CF">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5B78">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Generated by the Research Governance Team (as the Sponsor Office). Enter if applicable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5B78" w:rsidRPr="005E5B78" w14:paraId="1FE49597" w14:textId="77777777" w:rsidTr="00FE60A4">
+      <w:tr w:rsidR="0059415F" w:rsidRPr="005E5B78" w14:paraId="28A95BC9" w14:textId="77777777" w:rsidTr="00B533AE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54A4AA55" w14:textId="47FC5A14" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="7853CD86" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="005E5B78" w:rsidRDefault="0059415F" w:rsidP="009F4D9B">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5B78">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>REC reference number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C276F45" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="420082DE" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="005E5B78" w:rsidRDefault="0059415F" w:rsidP="009F4D9B">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5B78">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>For UoB REC approved projects this will be the Ethics Reference Number (ERN).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5B78" w:rsidRPr="005E5B78" w14:paraId="1F42FEFD" w14:textId="77777777" w:rsidTr="00FE60A4">
+      <w:tr w:rsidR="0059415F" w:rsidRPr="005E5B78" w14:paraId="4AC266F7" w14:textId="77777777" w:rsidTr="00B533AE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4B8E6F" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="0432FF65" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="005E5B78" w:rsidRDefault="0059415F" w:rsidP="00C066C7">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5B78">
-              <w:rPr>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> ISRCTN):</w:t>
+              <w:t>Public registry number (e.g. ISRCTN):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30A4043A" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="337C8335" w14:textId="152571BA" w:rsidR="0059415F" w:rsidRPr="005E5B78" w:rsidRDefault="0059415F" w:rsidP="00C066C7">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5B78">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">For information on selecting the most appropriate public registry for your research, please see the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:tooltip="Link to the UoB position paper on clinical research registration (PDF - 218 KB)" w:history="1">
-              <w:r w:rsidRPr="005E5B78">
+            <w:hyperlink r:id="rId34" w:tooltip="UoB position paper on clinical research registration" w:history="1">
+              <w:r w:rsidR="0013365C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
-                <w:t>UoB position paper on clinical research registration (PDF - 218 KB)</w:t>
+                <w:t>UoB position paper on clinical research registration</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="005E5B78">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5B78" w:rsidRPr="005E5B78" w14:paraId="52F98E5A" w14:textId="77777777" w:rsidTr="00FE60A4">
+      <w:tr w:rsidR="0059415F" w:rsidRPr="005E5B78" w14:paraId="78C4433F" w14:textId="77777777" w:rsidTr="00B533AE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="683CE22F" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="1EF4DBFD" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="005E5B78" w:rsidRDefault="0059415F" w:rsidP="009131CF">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="005E5B78">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Funder number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02BE20B6" w14:textId="6E3E2F3D" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="001E5466" w:rsidP="005E5B78">
+          <w:p w14:paraId="32A82C9D" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="005E5B78" w:rsidRDefault="0059415F" w:rsidP="009131CF">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Generated by the funder. </w:t>
             </w:r>
-            <w:r w:rsidR="005E5B78" w:rsidRPr="005E5B78">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="005E5B78">
               <w:t>Enter if applicable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1932ABFA" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78"/>
-    <w:p w14:paraId="7BC690B7" w14:textId="5409DB66" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="1C54BB47" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:r>
         <w:t>It is recommended that when using the protocol template, the statement below is included within this section.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BAABA83" w14:textId="7462FD45" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="79A16224" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">“This protocol has regard for the HRA guidance”. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC1FB26" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="3F3EE6A1" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:r>
         <w:t>If any of the sections in the protocol template are removed, the statement below should be used instead.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16FDAB80" w14:textId="1BF7F36B" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="6B228986" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>“This protocol does not have regard to the HRA guidance and order of content”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ECDF3AE" w14:textId="3E0A4549" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78"/>
-    <w:p w14:paraId="66A0235D" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="31AA393B" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="003769A0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc124852853"/>
-      <w:r>
+      <w:bookmarkStart w:id="20" w:name="_Toc216447559"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Signature page</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="2B10CABA" w14:textId="5D75702D" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="6A624839" w14:textId="22A8B63F" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">Aim: to provide confirmation that the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F04B0A">
+        <w:t xml:space="preserve">chief investigator </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and Sponsor have an agreed and approved the protocol. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5779B0F6" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:r>
         <w:t>Please see the protocol template for the written statements. The chief investigator should sign the protocol once it has been finalised.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C97E061" w14:textId="3DF7146E" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78"/>
-[...5 lines deleted...]
-          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
+    <w:p w14:paraId="7286A9AD" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:sectPr w:rsidR="0059415F" w:rsidSect="0059415F">
+          <w:headerReference w:type="default" r:id="rId35"/>
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="1016" w:right="1440" w:bottom="1440" w:left="1440" w:header="426" w:footer="397" w:gutter="0"/>
           <w:pgBorders>
-            <w:top w:val="single" w:sz="12" w:space="3" w:color="943634"/>
-            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="943634"/>
+            <w:top w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
           </w:pgBorders>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54F7A015" w14:textId="65644A04" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="332849A9" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc124852854"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc216447560"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Table of </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="3AC52E28" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+        <w:t>Table of contents</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="2B9E9CF5" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:r>
         <w:t xml:space="preserve">Aim: to provide an overview of the protocol’s contents and organisation. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD79C7F" w14:textId="1EE2AB4E" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="7EF81E32" w14:textId="6F2851FE" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:r>
         <w:t xml:space="preserve">This table of contents has been automatically generated in Microsoft </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="3E1174AD" w14:textId="77777777" w:rsidR="00EE2B01" w:rsidRDefault="00EE2B01" w:rsidP="005E5B78"/>
+      <w:r w:rsidR="001A5680">
+        <w:t>Word and</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> is currently based on the first two heading levels. The entire table or the page numbers only can be updated by sectioning the table and clicking ‘Update Table’. The table of content can be updated, edited or manually re-created as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FAB510A" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F"/>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
         <w:id w:val="246160160"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr>
-[...5 lines deleted...]
-      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="41756C79" w14:textId="57127303" w:rsidR="00AA5F3D" w:rsidRDefault="00A95705">
+        <w:p w14:paraId="112AD92B" w14:textId="1F543B31" w:rsidR="00E4673A" w:rsidRDefault="0059415F">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-              <w:noProof/>
-[...1 lines deleted...]
-              <w:szCs w:val="22"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:noProof w:val="0"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
+            <w:rPr>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:noProof w:val="0"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc124852845" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447542" w:history="1">
+            <w:r w:rsidR="00E4673A" w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:noProof/>
               </w:rPr>
               <w:t>Purpose</w:t>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="00E4673A">
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="00E4673A">
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...14 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="00E4673A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447542 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00E4673A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E4673A">
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...8 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00E4673A">
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50CF2E0E" w14:textId="191F5E6E" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="33DA03D7" w14:textId="7F22D443" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447543" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Scope</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447543 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4DD211F1" w14:textId="107A3775" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447544" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Implementation plan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447544 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0F07254B" w14:textId="2945E167" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447545" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Stakeholders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447545 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="202E6073" w14:textId="0492AAA3" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447546" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Related documents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447546 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2E36EA14" w14:textId="2DD6FFF1" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852846" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447547" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Related documents</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              <w:t>Associated QMS documents</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447547 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3726AF98" w14:textId="2EAF07F1" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="0BBED3FD" w14:textId="37451B29" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852847" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447548" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
-                <w:lang w:eastAsia="en-GB"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              </w:rPr>
+              <w:t>Additional QMS documents</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447548 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="622B3242" w14:textId="2297906A" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="32D758C4" w14:textId="4F5994F9" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447549" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>References &amp; frameworks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447549 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0A753877" w14:textId="49A830F9" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447550" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Document contributors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447550 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4E03D7DD" w14:textId="3D677A2A" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447551" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Document history</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447551 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="047D20B1" w14:textId="67F0E17A" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852848" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447552" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Title page</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              <w:t>Document version log</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447552 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2E33F83A" w14:textId="5FE91559" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="4F5BCCE3" w14:textId="6B9F7505" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852849" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447553" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Full/long title of the project</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              <w:t>Document revision log</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447553 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1AC69247" w14:textId="46F15B6C" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="0FD00F36" w14:textId="7E70AAF0" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447554" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Title page</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447554 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3BE44FED" w14:textId="0B75986B" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852850" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447555" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Short title/acronym</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              <w:t>Full/long title of the project</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447555 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4EE67307" w14:textId="3834B325" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="40DB119C" w14:textId="737FCF29" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852851" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447556" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Protocol version number and date</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              <w:t>Short title/acronym</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447556 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="79D7A716" w14:textId="583E4FC1" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="2F3F77B2" w14:textId="44E0668E" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852852" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447557" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Research reference numbers</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              <w:t>Protocol version number and date</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447557 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6131E523" w14:textId="23546FFB" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="30DFC254" w14:textId="61D5CF89" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852853" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447558" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Signature page</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              <w:t>Research reference numbers</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447558 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="52304A27" w14:textId="0B1A45D8" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="132EE21E" w14:textId="06CA316F" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447559" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Signature page</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447559 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="08A544F6" w14:textId="78D4EA59" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447560" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Table of contents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447560 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="47533D5A" w14:textId="033907F3" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447561" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Key contacts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447561 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5F657112" w14:textId="2285972D" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447562" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Project summary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447562 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="51AFB567" w14:textId="3AF62E94" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447563" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Funding and support in kind</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447563 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5CCEFF8A" w14:textId="08C5A25C" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447564" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Role of sponsor and funder</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447564 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="0C2E4A25" w14:textId="0EF924D4" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447565" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Management committees/groups &amp; individuals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447565 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="66DF2E54" w14:textId="23A9F408" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852854" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447566" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Table of contents</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              <w:t>Patient &amp; public involvement group</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447566 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="21999D3A" w14:textId="075A9115" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="1B0131E5" w14:textId="061CD50D" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447567" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Protocol contributors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447567 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="17E3EED1" w14:textId="1DEBF5D2" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447568" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Key words</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447568 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1E4D8C7D" w14:textId="08CFC972" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447569" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Project flow chart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447569 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2013529B" w14:textId="27AB215D" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447570" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Protocol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447570 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="2054CAD2" w14:textId="0931EC95" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852855" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447571" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Key contacts</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Background</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447571 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1D31727E" w14:textId="268293CC" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="6FF58AD7" w14:textId="5030B02C" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852856" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447572" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Project summary</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Rationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447572 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0D021D00" w14:textId="5B85B906" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="39DC4EEB" w14:textId="0BDC30F3" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852857" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447573" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Funding and support in kind</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Theoretical framework</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447573 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="251F3895" w14:textId="3ED34E91" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="53CC6E1A" w14:textId="75A0F6C8" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852858" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447574" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Role of sponsor and funder</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Research question/aims</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447574 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="39CA6CB8" w14:textId="681C2543" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="64A8C864" w14:textId="1587C873" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852859" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447575" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Roles &amp; responsibilities of management committees/groups &amp; individuals</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Design and methods of data collection and data analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447575 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="25B9985A" w14:textId="549D613F" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="3A1C8237" w14:textId="43A35692" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852860" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447576" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Patient &amp; public involvement group</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Project setting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447576 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5C166F70" w14:textId="0400488F" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="72BC424E" w14:textId="7B41349B" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852861" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447577" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Protocol contributors</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>7.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Participant recruitment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447577 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="63BE051C" w14:textId="3B5DF290" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="3B48B1BB" w14:textId="09C6C405" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852862" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447578" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Key words</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>8.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Storage and analysis of human tissue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447578 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0BD6F2D2" w14:textId="2B74BE36" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="6ED73576" w14:textId="13A03324" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852863" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447579" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Project flow chart</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>9.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Safety reporting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447579 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="502E0821" w14:textId="73F7E9D7" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="512AEA99" w14:textId="5B550086" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852864" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447580" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Protocol</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>10.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidRPr="00E96D7C">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Ethical and regulatory considerations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447580 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="10FAA96A" w14:textId="44062FC5" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="7676DDCC" w14:textId="5338F2AE" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852865" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447581" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>1.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              <w:t>11.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Background</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              <w:t>Dissemination policy</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447581 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7B420FA9" w14:textId="7631D1AA" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="4927E2BB" w14:textId="338F538E" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852866" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447582" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>2.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              <w:t>12.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Rationale</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              <w:t>References</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447582 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="305FC387" w14:textId="20B65026" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
+        <w:p w14:paraId="1A31F115" w14:textId="3DC2CB98" w:rsidR="00E4673A" w:rsidRDefault="00E4673A">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852867" w:history="1">
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+          <w:hyperlink w:anchor="_Toc216447583" w:history="1">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>3.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              <w:t>13.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D" w:rsidRPr="00157D64">
+            <w:r w:rsidRPr="00E96D7C">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Theoretical framework</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+              <w:t>Appendices</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...12 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447583 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA5F3D">
-[...6 lines deleted...]
-            <w:r w:rsidR="00AA5F3D">
+            <w:r w:rsidR="00D7551A">
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="64DCD2B4" w14:textId="7B9C99C9" w:rsidR="00AA5F3D" w:rsidRDefault="002322F0">
-[...3329 lines deleted...]
-        <w:p w14:paraId="27CEA24B" w14:textId="4C459A26" w:rsidR="00A95705" w:rsidRDefault="00A95705">
+        <w:p w14:paraId="25D916FB" w14:textId="08FA819B" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="08828BE6" w14:textId="551203DD" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="45099EF5" w14:textId="77777777" w:rsidR="00A95705" w:rsidRDefault="00A95705" w:rsidP="00704707">
+    <w:p w14:paraId="25ED9179" w14:textId="77777777" w:rsidR="007B705F" w:rsidRDefault="007B705F">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc216447561"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B9DBB2C" w14:textId="6F442FE0" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:sectPr w:rsidR="00A95705" w:rsidSect="00212610">
-[...1 lines deleted...]
-          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Key contacts</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="3D22421A" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">Aim: to provide a list of key contacts for quick reference. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="664EC559" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">Insert full details (including address, phone number and email, as applicable) of the key study contacts. This may include but not be limited to the following: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F5C25E" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="bullet1-QCD"/>
+        <w:sectPr w:rsidR="0059415F" w:rsidSect="0059415F">
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="1016" w:right="1440" w:bottom="1440" w:left="1440" w:header="426" w:footer="397" w:gutter="0"/>
           <w:pgBorders>
-            <w:top w:val="single" w:sz="12" w:space="3" w:color="943634"/>
-            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="943634"/>
+            <w:top w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
           </w:pgBorders>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E9B1838" w14:textId="01E70236" w:rsidR="00704707" w:rsidRDefault="00704707" w:rsidP="00704707">
+    <w:p w14:paraId="4D2E8496" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00DA3882" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3882">
+        <w:t>Chief Investigator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CA152D3" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00DA3882" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3882">
+        <w:t>Study/trial co-ordinator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F32472" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00DA3882" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3882">
+        <w:t>Sponsor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41CA014E" w14:textId="484694D2" w:rsidR="0059415F" w:rsidRPr="00DA3882" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3882">
+        <w:t>Joint</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5712">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3882">
+        <w:t>sponsor(s)/co-sponsor(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA0E9A5" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00DA3882" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3882">
+        <w:t>Funder(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213056C1" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00DA3882" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3882">
+        <w:t>Key protocol contributors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="567CEEAC" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00DA3882" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3882">
+        <w:t>Committees</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11DD1E0B" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00DA3882" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA3882">
+        <w:t>Medical oversight</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD65280" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:sectPr w:rsidR="0059415F" w:rsidSect="0059415F">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="1016" w:right="1440" w:bottom="1440" w:left="1440" w:header="426" w:footer="397" w:gutter="0"/>
+          <w:pgBorders>
+            <w:top w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+          </w:pgBorders>
+          <w:cols w:num="2" w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10659478" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc124852855"/>
-[...39 lines deleted...]
-          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc216447562"/>
+      <w:r>
+        <w:t>Project summary</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="23FD7F36" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">Aim: to provide a brief synopsis of the project for quick reference. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F05F642" w14:textId="14D5C860" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:sectPr w:rsidR="0059415F" w:rsidSect="0059415F">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="1016" w:right="1440" w:bottom="1440" w:left="1440" w:header="426" w:footer="397" w:gutter="0"/>
           <w:pgBorders>
-            <w:top w:val="single" w:sz="12" w:space="3" w:color="943634"/>
-            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="943634"/>
+            <w:top w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
           </w:pgBorders>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-    </w:p>
-[...77 lines deleted...]
-        <w:sectPr w:rsidR="00704707" w:rsidSect="00704707">
+      <w:r>
+        <w:t>The protocol should include information for the headings listed below. It may be helpful to create a table; where</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32C5324C" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">required, additional headings/rows can be added. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52274BCD" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Project title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4893C82C" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Internal ref. no (or short title)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68730B83" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Project design</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDF57B0" w14:textId="713240D1" w:rsidR="00F313EB" w:rsidRDefault="00F313EB" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F313EB">
+        <w:t>Participants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B00890" w14:textId="77777777" w:rsidR="00F313EB" w:rsidRDefault="00F313EB" w:rsidP="00F313EB"/>
+    <w:p w14:paraId="6F28996C" w14:textId="6407E7E2" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Planned recruitment target (if applicable)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0392BDFF" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Follow up duration (if applicable)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F8F998F" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Planned study period</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C760A3E" w14:textId="39420CF1" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+        <w:sectPr w:rsidR="0059415F" w:rsidSect="0059415F">
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="1016" w:right="1440" w:bottom="1440" w:left="1440" w:header="426" w:footer="397" w:gutter="0"/>
           <w:pgBorders>
-            <w:top w:val="single" w:sz="12" w:space="3" w:color="943634"/>
-            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="943634"/>
+            <w:top w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
           </w:pgBorders>
           <w:cols w:num="2" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-    <w:p w14:paraId="5EB6921A" w14:textId="28A7BE80" w:rsidR="00704707" w:rsidRDefault="00BA1089" w:rsidP="00704707">
+      <w:r>
+        <w:t>Research question/ai</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03660">
+        <w:t>m</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0260ECCF" w14:textId="7C867C34" w:rsidR="0059415F" w:rsidRPr="000103C1" w:rsidRDefault="0059415F" w:rsidP="000103C1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc124852856"/>
-[...51 lines deleted...]
-          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc216447563"/>
+      <w:r w:rsidRPr="000103C1">
+        <w:lastRenderedPageBreak/>
+        <w:t>Funding and support in kind</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="5B69835C" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">Aim: to declare all funding and/or support in kind for this project. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C10B47" w14:textId="04D61AA6" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Insert the names and contact details of all organisations providing funding and/or support in kind.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52DA8B04" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Toc216447564"/>
+      <w:r>
+        <w:t>Role of sponsor and funder</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="25140BB2" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Aim: to clarify the potential influence of sponsor and funders over the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D116D14" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">The sponsor can be defined as the company, institution, or organisation assuming overall responsibility for the initiation and management of the project and is not necessarily the main funder. Identification of the sponsor provides transparency and accountability. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ABAC3CE" w14:textId="2A811D6E" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>The protocol should explicitly outline the roles and responsibilities of the sponsor(s) and any funder(s) in project design, conduct, data analysis and interpretation, manuscript writing, and dissemination of results. It is also important to state whether the sponsor(s) or funder(s) controls the final decision regarding any of these aspects of the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F67D18" w14:textId="177134E8" w:rsidR="0059415F" w:rsidRDefault="00284E3A" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Toc216447565"/>
+      <w:r>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="0059415F">
+        <w:t>anagement committees/groups &amp; individuals</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="7029D197" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">Aim: to outline any committees or groups involved in project coordination and conduct. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE67FC5" w14:textId="0BF1A931" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>For each committee/group the protocol should state their roles and responsibilities and degree of independence from Sponsor and Investigators. If not included in the document the protocol should state where the information on the committee/group can be found.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC0724C" w14:textId="14106B8E" w:rsidR="0059415F" w:rsidRPr="00524B3A" w:rsidRDefault="0059415F" w:rsidP="00524B3A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Toc216447566"/>
+      <w:r w:rsidRPr="00524B3A">
+        <w:t>Patient &amp; public involvement group</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w14:paraId="27ED9D43" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Public involvement plays an important role in project design and planning and can help reduce delays in approvals. Public involvement in project design and documentation can help with the acceptability of a project to the public which in turn can assist with set-up and recruitment. Ongoing involvement of the public can help understand blockages to recruitment and the acceptability and relevance of findings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B6CA09" w14:textId="044E6FF7" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">For guidance on </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1D94">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">atient </w:t>
+      </w:r>
+      <w:r w:rsidR="001A6117">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A6117">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ublic </w:t>
+      </w:r>
+      <w:r w:rsidR="001A6117">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:t>nvolvement</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1D67">
+        <w:t xml:space="preserve"> groups</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0258">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> see</w:t>
+      </w:r>
+      <w:r w:rsidR="001A6117">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:tooltip="Link to briefing notes for researchers on public involvement" w:history="1">
+        <w:r w:rsidRPr="003F64BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NIHR</w:t>
+        </w:r>
+        <w:r w:rsidR="001A6117">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>’s</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F64BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="001A6117">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>b</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003F64BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>riefing notes for researchers - public involvement in NHS, health and social care research</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54887B91" w14:textId="77777777" w:rsidR="00497CC8" w:rsidRDefault="00497CC8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Toc216447567"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE1BD44" w14:textId="69E6C10A" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Protocol contributors</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w14:paraId="4226DE67" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Aim: to describe all the contributors to the protocol.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682EE344" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">The protocol should: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69D19D57" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">explicitly outline the roles and responsibilities of the sponsor and any funders in project design, conduct, data analysis and interpretation, manuscript writing, and dissemination of results </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="298DF331" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>it is also important to state whether the sponsor or funder controls the final decision regarding any of these aspects of the project</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B75772" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">describe in what aspects of the protocol design have patients, service users, and/or their carers or members of the public been involved. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69761C13" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc216447568"/>
+      <w:r>
+        <w:t>Key words</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="731FECFA" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">Aim: to help in the future when searching for the protocol or for relevant publications. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD31820" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">Insert relevant key words to describe the project; no more than 6 phrases. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D0E8BD6" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc216447569"/>
+      <w:r>
+        <w:t>Project flow chart</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="62177213" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Aim: to give readers a schematic overview of the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38801AF2" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>A flow diagram should be included.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="259679CD" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Careful consideration must be given by the protocol authors to ensure that the protocol is sensibly structured and ordered to allow users of the document to follow the patient and project pathway accurately and with ease. Flow diagrams are helpful tools to guide users of the protocol through the participant and project pathway. A schedule of events can be included as an appendix to the protocol.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18CB76AE" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>For project designs using fewer complex methods a Gantt chart or timeline of activity outlining the timing of project management is helpful. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511A5020" w14:textId="77777777" w:rsidR="00497CC8" w:rsidRDefault="0059415F" w:rsidP="00497CC8">
+      <w:r>
+        <w:t>See also Appendix 2 – Schedule of Procedures</w:t>
+      </w:r>
+      <w:r w:rsidR="001F519B">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="_Toc216447570"/>
+    </w:p>
+    <w:p w14:paraId="60EFEA9A" w14:textId="77777777" w:rsidR="00497CC8" w:rsidRDefault="00497CC8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="742806F5" w14:textId="1CB4D8DA" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="00497CC8">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Protocol</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="1474333F" w14:textId="29BBE927" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Insert title, consistent with the title on the front page.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48DEB494" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc216447571"/>
+      <w:r>
+        <w:t>Background</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="22C2708D" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Aim: to place the project in the context of available evidence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1864A273" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>The background should be supported by appropriate references to published literature on the area of interest:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B8C55B" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a thorough literature review of relevant studies and analysis, new research should build on formal review of prior evidence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36781B03" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a brief description of the proposed project</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B10B98" w14:textId="1355BC7E" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a description of the population to be studied</w:t>
+      </w:r>
+      <w:r w:rsidR="001F519B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F1E0494" w14:textId="00BF54E3" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">It should be written so it is easy to read and understand by someone with a basic </w:t>
+      </w:r>
+      <w:r w:rsidR="00B17EDB">
+        <w:t>knowledge</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of the topic who may not necessarily be an expert in the area. Some explanation of terms and concepts </w:t>
+      </w:r>
+      <w:r w:rsidR="00B17EDB">
+        <w:t>can also</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> be beneficial. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA26B1F" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc216447572"/>
+      <w:r>
+        <w:t>Rationale</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF4576F" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">Aim: to explain why the research questions/aim(s) being addressed are important and why closely related questions are not being covered. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ACB08A1" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>This should include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A16D104" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a clear explanation of the research question/aim(s) and the justification of the project i.e. why the question is worth asking and, through consultation with public and patient groups, why this is worthwhile to participants or wider service delivery</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1606B829" w14:textId="578C6229" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>a contextual framing of the research question/aim(s) in relation to relevant policy and historical and/or literature bases.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD3C846" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc216447573"/>
+      <w:r>
+        <w:t>Theoretical framework</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="49B6F4EE" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Aim: to describe the theoretical framework for the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ADF1D97" w14:textId="3A42E850" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">A clear explanation of the proposed approach and why it is suitable to address the gaps outlined in the </w:t>
+      </w:r>
+      <w:r w:rsidR="006C0E99">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060434B">
+        <w:t>ackground</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C0E99">
+        <w:t xml:space="preserve"> section</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7ED624" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Briefly outline a system of concepts, from published literature, that frames your project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FDB601B" w14:textId="40F75F32" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">Can be presented either visually or textually. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E02E2CB" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Toc216447574"/>
+      <w:r>
+        <w:t>Research question/aims</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w14:paraId="4FC370AB" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Aim: to define the primary research question/aim(s).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="296F8697" w14:textId="04371621" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t xml:space="preserve">The objectives may be phrased using neutral wording (e.g. “to explore renal patients’ perceptions of their first dialysis session”) rather than in terms of a particular direction of effect. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="368B21A7" w14:textId="4953C621" w:rsidR="0059415F" w:rsidRDefault="007428DB" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22BD5">
+        <w:t>Objectives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1296D27F" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Aim: to clearly define the project’s objectives (there may be more than one).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B60A404" w14:textId="52950F7C" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>An objective describes what the project is expected to achieve, and the steps required to achieve the desired outcome.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55811155" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Outcome</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5382C896" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>Aim: to outline potential broad outcomes for the project which will reflect the research question aim(s).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1027F33D" w14:textId="7275DAD3" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
+      <w:r>
+        <w:t>The outcome is based on the results identified by the research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68678452" w14:textId="26075E6C" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc216447575"/>
+      <w:r>
+        <w:t>Design and methods of data collection and data analysis</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w14:paraId="664C1DD8" w14:textId="77777777" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:r>
+        <w:t>Aim: to describe the project design. To clearly describe the data collection methods and outline the roles involved in data collection. To clearly describe the data analysis methods.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1121E26E" w14:textId="77777777" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:r>
+        <w:t xml:space="preserve">A suitable design should be chosen to reflect the aim(s) of the project and the chosen theoretical framework. A suitable design might include ethnography, interviews, focus groups, documents, and so on. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF84C35" w14:textId="77777777" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:r>
+        <w:t>Procedures and timelines should be defined, including randomisation and blinding where applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F907A93" w14:textId="77777777" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:r>
+        <w:t>The number of expected participants and justification for participant population should be detailed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44BB33C4" w14:textId="0632A36D" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="004264D1">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Data collection methods (including identifying source documents such as case report forms (CRFs)) should be described in detail. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CBDC24A" w14:textId="78AB040D" w:rsidR="007B6AF0" w:rsidRDefault="00D76DD8" w:rsidP="004264D1">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A description </w:t>
+      </w:r>
+      <w:r w:rsidR="00F461E0">
+        <w:t>of what</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6AF0">
+        <w:t xml:space="preserve"> will be observed</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and w</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6AF0">
+        <w:t>hat resources or equipment will be used if recording observation</w:t>
+      </w:r>
+      <w:r w:rsidR="00F461E0">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6AF0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F461E0">
+        <w:t xml:space="preserve">This section should also include who will </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF30C7">
+        <w:t>be carrying out the observations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76D373C9" w14:textId="48C3769B" w:rsidR="007B6AF0" w:rsidRDefault="00BF30C7" w:rsidP="00F53CA9">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Discuss the use of</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6AF0">
+        <w:t xml:space="preserve"> the prompt guide or</w:t>
+      </w:r>
+      <w:r w:rsidR="00D93827">
+        <w:t xml:space="preserve"> whether an</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6AF0">
+        <w:t xml:space="preserve"> interview schedule </w:t>
+      </w:r>
+      <w:r w:rsidR="00D93827">
+        <w:t xml:space="preserve">needs </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD5DE1">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00D93827">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B6AF0">
+        <w:t>be developed</w:t>
+      </w:r>
+      <w:r w:rsidR="00D93827">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6AF0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D93827">
+        <w:t xml:space="preserve">Highlight the appropriate </w:t>
+      </w:r>
+      <w:r w:rsidR="0052770F">
+        <w:t xml:space="preserve">team members to </w:t>
+      </w:r>
+      <w:r w:rsidR="007B6AF0">
+        <w:t>conduct the interviews</w:t>
+      </w:r>
+      <w:r w:rsidR="0052770F">
+        <w:t xml:space="preserve"> and how they should be carried out</w:t>
+      </w:r>
+      <w:r w:rsidR="00752940">
+        <w:t>, for example,</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6AF0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00752940">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6AF0">
+        <w:t>y telephone or in person</w:t>
+      </w:r>
+      <w:r w:rsidR="00752940">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6AF0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD5DE1">
+        <w:t>Methods of how the interview should be recorded also needs to be mentioned.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290DDD3B" w14:textId="158F3619" w:rsidR="007B6AF0" w:rsidRDefault="000062DD" w:rsidP="00F53CA9">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Include a detailed plan of potential focus groups, including who will lead them</w:t>
+      </w:r>
+      <w:r w:rsidR="00350C14">
+        <w:t xml:space="preserve"> and how the information taken from them will be recorded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13ECF9FA" w14:textId="77777777" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:r>
+        <w:t>Data analysis methods may include content analysis, the constant comparative method, framework analysis, interpretative phenomenological analysis, and so on. The methodology for analysis linked to outcome measures should be described.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053EA19F" w14:textId="77777777" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:r>
+        <w:t xml:space="preserve">The protocol should clearly describe how and by whom data will be (for example): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECB1446" w14:textId="31B25795" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="00063593">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>transcribed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD58E28" w14:textId="572E816F" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="00063593">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>coded</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBB6E5F" w14:textId="1D9CCC3E" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="00063593">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">de-identified </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17860430" w14:textId="6E124D5F" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="00063593">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>stored/transferred</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B5B5878" w14:textId="6429CA7A" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="00063593">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>accessed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A5D9B75" w14:textId="492E52EE" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="004264D1">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>archived</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0F3A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0421A343" w14:textId="77777777" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:r>
+        <w:t xml:space="preserve">Any software to be used in assisting the analysis should be specified. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0128FF87" w14:textId="51EDC6B5" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:r>
+        <w:t>The process for human tissue collection, storage, processing and analysis (to include destruction/storage after use) should be detailed, where applicable. If the project is restricted only to sample analysis, this should be stated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CDF8C34" w14:textId="20490063" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Toc216447576"/>
+      <w:r>
+        <w:t>Project setting</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w14:paraId="4712562C" w14:textId="77777777" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:r>
+        <w:t>Aim: to state where the data will be collected, explain what activities will take place in that site, and justify the choice of site and any special requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2580AC91" w14:textId="77777777" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:r>
+        <w:t>The protocol should address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5468F8E9" w14:textId="6F5BDDDA" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>where and how</w:t>
+      </w:r>
+      <w:r w:rsidR="0056652F">
+        <w:t xml:space="preserve"> you</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED461A">
+        <w:t xml:space="preserve">will be </w:t>
+      </w:r>
+      <w:r>
+        <w:t>accessing your participants?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A21F25D" w14:textId="08D43E13" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>how the research setting is appropriate to address the research question/aim(s)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="635BACF4" w14:textId="5346F812" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>if it is a multicentre or single centre project</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F06FE4E" w14:textId="16D4226A" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>if there are any site-specific requirements to run the project</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A4DBAE" w14:textId="7694B6A2" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>outline if there are different ‘types’ of activity being undertaken at each site (e.g. identifying or recruiting) and what the specific requirements are for each.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="198C747C" w14:textId="606B930C" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc216447577"/>
+      <w:r>
+        <w:t>Participant recruitment</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="3C5D7D75" w14:textId="1DF77249" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Eligibility criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A2C51F" w14:textId="77777777" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:r>
+        <w:t>Aim: to define the population of interest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B7BB05D" w14:textId="24712B60" w:rsidR="007B6AF0" w:rsidRDefault="007B6AF0" w:rsidP="007B6AF0">
+      <w:r>
+        <w:t>This section should set out precise definitions of which participants are eligible for the project, defining both verifiable inclusion and exclusion criteria. Inclusion criteria should define the population the project is aiming to include.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54EA2BA9" w14:textId="12028B41" w:rsidR="008F2CC6" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t xml:space="preserve">The choice of criteria can affect recruitment and attrition to the project. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BDAC2D8" w14:textId="0894BF7F" w:rsidR="00073B1C" w:rsidRPr="00A478E8" w:rsidRDefault="00073B1C" w:rsidP="00AD2DF1">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A478E8">
+        <w:t xml:space="preserve">Inclusion </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD2DF1">
+        <w:t>criteria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A478E8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="218CD319" w14:textId="0A7098B5" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t>The following are examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B674469" w14:textId="77777777" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+        <w:sectPr w:rsidR="00073B1C" w:rsidSect="0059415F">
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="397" w:gutter="0"/>
           <w:pgBorders>
-            <w:top w:val="single" w:sz="12" w:space="3" w:color="943634"/>
-            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="943634"/>
+            <w:top w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
           </w:pgBorders>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78082FC3" w14:textId="6A22B344" w:rsidR="00704707" w:rsidRDefault="00BA1089" w:rsidP="00E92E1D">
-[...74 lines deleted...]
-        <w:sectPr w:rsidR="00704707" w:rsidSect="00704707">
+    <w:p w14:paraId="328B2313" w14:textId="7594DC44" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>sex and/or gender</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ECD6433" w14:textId="030ACA30" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>age range</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4889B944" w14:textId="5D854B52" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ethnicity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66953D24" w14:textId="03E94454" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>socio economic grouping</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06578D4F" w14:textId="3EADD425" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>clinical condition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D4D382" w14:textId="468B03FA" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>location</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B84D6E" w14:textId="259164BA" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+        <w:sectPr w:rsidR="00073B1C" w:rsidSect="00073B1C">
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="397" w:gutter="0"/>
           <w:pgBorders>
-            <w:top w:val="single" w:sz="12" w:space="3" w:color="943634"/>
-            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="943634"/>
+            <w:top w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
           </w:pgBorders>
           <w:cols w:num="2" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-    </w:p>
-[...45 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:t>ability to provide informed consent</w:t>
+      </w:r>
+      <w:r w:rsidR="003C7D46">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139EF59F" w14:textId="6EEEB7DF" w:rsidR="00704707" w:rsidRDefault="00704707" w:rsidP="00704707">
-[...102 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2DBDAD6C" w14:textId="77777777" w:rsidR="00072226" w:rsidRDefault="00072226" w:rsidP="00073B1C"/>
+    <w:p w14:paraId="58A627E0" w14:textId="30AE168E" w:rsidR="00073B1C" w:rsidRPr="00072226" w:rsidRDefault="00073B1C" w:rsidP="00AD2DF1">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00072226">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Exclusion criteria </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7954AB44" w14:textId="77777777" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t>These are usually dependant on the inclusion criteria. The following are examples:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="403B4950" w14:textId="7DBE05D5" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>outside of stated age range</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D785469" w14:textId="6D8A4DC4" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>outside of stated location</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0502D024" w14:textId="3E858125" w:rsidR="008F2CC6" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>sex and/or gender.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE92AD5" w14:textId="71E5BFD0" w:rsidR="00073B1C" w:rsidRPr="008F2CC6" w:rsidRDefault="00073B1C" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008F2CC6">
+        <w:t>Sampling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F568B36" w14:textId="36032CC1" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t xml:space="preserve">Aim: to clearly explain and justify the detail of sampling in terms of volume and technique. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3627A25C" w14:textId="28AAB5CA" w:rsidR="00073B1C" w:rsidRPr="006C3C03" w:rsidRDefault="00073B1C" w:rsidP="00AD2DF1">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3C03">
+        <w:t>Size of sample</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="298C741F" w14:textId="77777777" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t xml:space="preserve">Aim: to explain the rationale behind the size of the sample. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640BE6D1" w14:textId="0D153721" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t>It may not always be possible to estimate the size of a target recruitment e.g. if you continue recruiting until you reach saturation. This section should describe and justify how your recruitment strategy answers your research question/aim(s).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A2CD2C" w14:textId="78105498" w:rsidR="00073B1C" w:rsidRPr="00072226" w:rsidRDefault="00073B1C" w:rsidP="00AD2DF1">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00072226">
+        <w:t>Sampling technique</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA5E460" w14:textId="77777777" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t>Aim: to describe the selection of participants.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26373D73" w14:textId="77777777" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t>This section should detail the methods of selection used for example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="303D20F2" w14:textId="5C81176C" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">at random, snowball, convenience sampling, purposive sampling? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3425B849" w14:textId="2B819E02" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>where has the sample been derived from?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A78D465" w14:textId="4068F7FD" w:rsidR="00073B1C" w:rsidRPr="003E2A4C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">what is the rationale for this sampling strategy? The rationale should reflect the methodological and theoretical framework for the project. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5878D991" w14:textId="65B838B5" w:rsidR="00073B1C" w:rsidRPr="00CA4EC0" w:rsidRDefault="00073B1C" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4EC0">
+        <w:t>Recruitment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F3F7654" w14:textId="77777777" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t>Aim: to describe how participants are identified and recruited.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30AB4883" w14:textId="77777777" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t xml:space="preserve">This section should give details of the participant eligibility screening process for the project including methods of identifying eligible participants/sample. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289EFDDA" w14:textId="3F946B84" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t>For tissue only projects: if no participants will be recruited, this should be stated so and that only the samples that are already collected from the participants who consented to their use in biomedical research will be used in the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="767D6B8F" w14:textId="525858ED" w:rsidR="00073B1C" w:rsidRPr="00072226" w:rsidRDefault="00073B1C" w:rsidP="00AD2DF1">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00072226">
+        <w:t>Sample identification</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44944536" w14:textId="7FDA01D0" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t>The following should be described in the protocol (</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3804">
+        <w:t>where</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> applicable).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="072FF0A1" w14:textId="7E45BFB3" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Who will identify the participants/sample and what method will be used?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="552EF2F4" w14:textId="0693DC86" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>What resources will be used?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077B74BA" w14:textId="4DB0375D" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Will any participants be recruited through Patient Identification Centres (PICs)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="764F2D6C" w14:textId="0EDFBD79" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Will any participants be recruited by publicity; posters, leaflets, adverts or websites?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="568E7062" w14:textId="3BDC0C05" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Will Research </w:t>
+      </w:r>
+      <w:r w:rsidR="009756C1">
+        <w:t xml:space="preserve">Delivery </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Networks (R</w:t>
+      </w:r>
+      <w:r w:rsidR="009756C1">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:t>N) be involved, and will it be registered on the NIHR portfolio?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="317A4C06" w14:textId="1AF632C3" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Details of the sources of identifiable personal information that will be used to identify potential participants. In the case of healthcare research on patients usually only a member of the patient’s existing clinical care team should have access to patient records without explicit consent </w:t>
+      </w:r>
+      <w:r w:rsidR="00272B42">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> identify potential participants</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95CBA">
+        <w:t>, c</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">heck whether they meet the inclusion criteria or make the initial approach to patients. If the research proposes to use someone outside the clinical team to identify suitable participants or as first contact with the participant, the reason for this should be explained with prior consent from the participant. Appropriate access should be in place (for </w:t>
+      </w:r>
+      <w:r w:rsidR="001F4961">
+        <w:t>example,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> honorary NHS contact/Letter of Access/ Research Passport).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC355A6" w14:textId="7E81CF34" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The arrangements for referral if the participants are to be identified by a separate research team.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB9A87B" w14:textId="6D715373" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If patient or disease registers are used to identify potential participants a brief description of the consent and confidentiality arrangements of the register should be included.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20815518" w14:textId="77777777" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t>The protocol should also detail all intended payments to participants e.g. reasonable travel expenses for any visits additional to normal care.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CAA4E77" w14:textId="72606344" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t>Please refer to HRA guidance on</w:t>
+      </w:r>
+      <w:r w:rsidR="00530E30">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:r w:rsidR="00BD6090">
+      <w:hyperlink r:id="rId37" w:tooltip="HRA guidance on payments and incentives in research" w:history="1">
+        <w:r w:rsidR="00AD7764" w:rsidRPr="00AD7764">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>NIHR INVOLVE information for researchers</w:t>
+          <w:t>Payments and Incentives in Research</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BD6090">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="169C4907" w14:textId="77777777" w:rsidR="00A26350" w:rsidRDefault="00A26350" w:rsidP="00704707"/>
-[...191 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4C90EF6A" w14:textId="77777777" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C"/>
+    <w:p w14:paraId="7D46638C" w14:textId="77777777" w:rsidR="008125BB" w:rsidRDefault="008125BB" w:rsidP="00073B1C"/>
+    <w:p w14:paraId="6F3D9A95" w14:textId="5416D7B2" w:rsidR="00073B1C" w:rsidRPr="003703C3" w:rsidRDefault="00073B1C" w:rsidP="00AD2DF1">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003703C3">
         <w:lastRenderedPageBreak/>
-        <w:t>P</w:t>
-[...84 lines deleted...]
-      <w:r>
+        <w:t>Consent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2960479B" w14:textId="77777777" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t>Informed consent must be obtained prior to the participant undergoing any activities that are specifically for the purposes of the project, including screening.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA7DA5A" w14:textId="77777777" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t>The protocol should fully describe the process of gaining informed consent which could involve:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B708EC1" w14:textId="266571A3" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">discussion between the potential participant or </w:t>
+      </w:r>
+      <w:r w:rsidR="00F66443">
+        <w:t>their</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> legally acceptable representative and an individual knowledgeable about the research, about the nature and objectives of the project and possible risks associated with their participation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082156DC" w14:textId="686A015D" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>the presentation of written material (e.g., information leaflet and consent documents) which must be approved by the REC, local regulatory requirements and legal requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="020DFA1C" w14:textId="7B529F05" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>the opportunity for potential participants to ask questions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D40C2E2" w14:textId="071FE5B5" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">assessment of capacity. For consent to be ethical and valid in law, participants must be capable of giving consent for themselves, unless defined by law. A capable person will: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68815994" w14:textId="466E98FA" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:pPr>
+        <w:pStyle w:val="bullet2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>understand the purpose and nature of the research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45566EE3" w14:textId="5FA9C834" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:pPr>
+        <w:pStyle w:val="bullet2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">understand what the research involves, its benefits (or lack of benefits), risks and burdens </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE8D86D" w14:textId="3DD2F6AA" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:pPr>
+        <w:pStyle w:val="bullet2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>understand the alternatives to taking part</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42C39EE5" w14:textId="2025D00F" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:pPr>
+        <w:pStyle w:val="bullet2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>be able to retain the information long enough to make an effective decision</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65B3941A" w14:textId="7DD6CB79" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:pPr>
+        <w:pStyle w:val="bullet2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">be able to make a free choice </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35458C47" w14:textId="61403892" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:pPr>
+        <w:pStyle w:val="bullet2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">be capable of making this </w:t>
+      </w:r>
+      <w:r w:rsidR="002106B0">
+        <w:t>decision</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> at the time it needs to be made (though their capacity may fluctuate, and they may be capable of making some decisions but not others depending on their complexity).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482349AC" w14:textId="2FF46ED1" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t xml:space="preserve">Where participants </w:t>
+      </w:r>
+      <w:r w:rsidR="003823CD">
+        <w:t>can consent</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> for themselves but are particularly susceptible to coercion, it is important to explain how their interests will be protected.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CCE2913" w14:textId="6AA5E72C" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t xml:space="preserve">For a very limited range of activities – such as some ethnographic observations – individuals in a research setting may not be deemed to be research “participants” and it may not be possible to gain consent from each individual observed. In such instances, a full explanation should be given of how the </w:t>
+      </w:r>
+      <w:r w:rsidR="00161B2E">
+        <w:t>rights</w:t>
+      </w:r>
+      <w:r w:rsidR="002337BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...1119 lines deleted...]
-        <w:r w:rsidR="00F34B31" w:rsidRPr="00F34B31">
+      <w:r>
+        <w:t>and privacy will be protected for those observed or otherwise involved in some way in a research activity for which it is not proposed to gain individual consent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C0A6C5B" w14:textId="57897A40" w:rsidR="00073B1C" w:rsidRDefault="00073B1C" w:rsidP="00073B1C">
+      <w:r>
+        <w:t xml:space="preserve">For further details on the ethical considerations of informed consent for research see the HRA’s guidance on </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:tooltip="HRA guidance on informing participants and seek consent" w:history="1">
+        <w:r w:rsidRPr="00073B1C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>informing participants and seek consent</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1104CA2E" w14:textId="39C39E68" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    <w:p w14:paraId="6AECE1EA" w14:textId="146E8EB9" w:rsidR="002C7472" w:rsidRDefault="00073B1C" w:rsidP="009B1E6F">
       <w:r>
         <w:t>The process for withdrawal, including the subsequent impact on data and sample storage should be detailed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A0E0DD" w14:textId="77777777" w:rsidR="003806CD" w:rsidRDefault="003806CD" w:rsidP="004B1904"/>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="420D2383" w14:textId="40CC4C21" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="00550D0B">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc216447578"/>
+      <w:r>
         <w:t>Storage and analysis of human tissue</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="75001C9B" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w14:paraId="0D182982" w14:textId="77777777" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
       <w:r>
         <w:t>Aim: to describe the procedure for dealing with human tissue.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20566EE8" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    <w:p w14:paraId="72FD0B02" w14:textId="77777777" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
       <w:r>
         <w:t>The protocol should describe the procedure for dealing with human tissue with reference to the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EE972DA" w14:textId="55379FC2" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...17 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="709C4110" w14:textId="07B9722E" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>the criteria for the collection, analysis, storage and destruction of human tissue</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3578EE09" w14:textId="0B26950B" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>the arrangements for sample collection</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="799614C2" w14:textId="05632818" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="7B50A668" w14:textId="058CFF9E" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>the arrangements for sample analysis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA73E2E" w14:textId="22FAD038" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="600CED7F" w14:textId="55B80413" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>the storage arrangements for samples</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64092D2C" w14:textId="14F99E20" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="08038AD2" w14:textId="14120B09" w:rsidR="002C7472" w:rsidRDefault="009B1E6F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>the destruction arrangements for samples.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4733DFDB" w14:textId="77777777" w:rsidR="003806CD" w:rsidRDefault="003806CD" w:rsidP="003806CD"/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="39" w:name="_Toc124852884"/>
+    <w:p w14:paraId="00A72D35" w14:textId="158E6965" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="00550D0B">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="_Toc216447579"/>
       <w:r>
         <w:t>Safety reporting</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
-[...6 lines deleted...]
-        <w:r w:rsidR="00BD6090" w:rsidRPr="0021257E">
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p w14:paraId="287E0B85" w14:textId="49168608" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
+      <w:r>
+        <w:t>For definitions</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6BBB">
+        <w:t>, see</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:tooltip="Link to CRCT glossary of terms webpage " w:history="1">
+        <w:r w:rsidRPr="00550D0B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Glossary of Terms</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BD6090">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1EFB18" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
-[...12 lines deleted...]
-    <w:p w14:paraId="029385B0" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    <w:p w14:paraId="068CA8D1" w14:textId="7738D834" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
+      <w:r>
+        <w:t xml:space="preserve">Aim: to explain how </w:t>
+      </w:r>
+      <w:r w:rsidR="00056B94">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">dverse </w:t>
+      </w:r>
+      <w:r w:rsidR="00056B94">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">vents will be recorded, reported and followed up. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D34FB15" w14:textId="77777777" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
       <w:r>
         <w:t>The protocol should define and clarify what safety reporting will be undertaken and how this will be recorded.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="707C6CBA" w14:textId="6A5BDA9F" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    <w:p w14:paraId="549129B6" w14:textId="77777777" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
       <w:r>
         <w:t>Note: for some types of research, safety reporting may not be necessary in which case this should be stated and justified in this section.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60DEFCF9" w14:textId="77777777" w:rsidR="003806CD" w:rsidRDefault="003806CD" w:rsidP="004B1904"/>
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5FF9FB70" w14:textId="77777777" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F"/>
+    <w:p w14:paraId="2B9ECA6D" w14:textId="77777777" w:rsidR="004568B6" w:rsidRDefault="004568B6" w:rsidP="009B1E6F"/>
+    <w:p w14:paraId="142FED1A" w14:textId="7796C0D3" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="00550D0B">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="_Toc216447580"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Ethical and regulatory considerations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4B3FA6F7" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w14:paraId="0DA7CA20" w14:textId="77777777" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
       <w:r>
         <w:t xml:space="preserve">Aim: to explain how the research question/aim(s) and design/methods fit into the ethical and regulatory framework. A clear explanation of the risk and benefits to the participants should be included as well as addressing any specific needs/considerations of the participants. State how the data collection methods used uphold the dignity of the participants. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F5408C" w14:textId="4261AB21" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="41" w:name="_Toc124852886"/>
+    <w:p w14:paraId="5AC615DB" w14:textId="349AC2FC" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
+      <w:r>
+        <w:t>The protocol should also include a justification of how the protocol is in line with relevant legislation or requirements to gain approval to conduct the project at the proposed sites.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C4146B3" w14:textId="2A0A068B" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
       <w:r>
         <w:t>Assessment and management of risk</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4B705DE4" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    </w:p>
+    <w:p w14:paraId="6F42408E" w14:textId="77777777" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
       <w:r>
         <w:t xml:space="preserve">Aim: to describe a risk analysis plus risk management if the researcher were to come into information which had safeguarding implications. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30CEDE3A" w14:textId="61385544" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
-[...10 lines deleted...]
-    <w:p w14:paraId="0B302E37" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    <w:p w14:paraId="5BB3676B" w14:textId="77777777" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
+      <w:r>
+        <w:t xml:space="preserve">A clear explanation of any risk/potential risks of the project. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C935A00" w14:textId="77777777" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
       <w:r>
         <w:t>A risk management plan for dealing with any potential risk/harm to the participant. For example, whilst undertaking an interview the researchers obtain information that the participant is suicidal. What mechanisms for safeguarding the participant would be put in place? Who should the information be shared with to mitigate harm to the participant?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5269B0F9" w14:textId="12F0E0DF" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    <w:p w14:paraId="23C1C4D8" w14:textId="4C97351D" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
       <w:r>
         <w:t>A management plan for dealing with safeguarding issues for potential harm to others. For example, if the participant discloses information about intention to harm others. What mechanisms for safeguarding others outside of the research would be put in place? Who should the information be shared with to mitigate harm to others?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DEF89F4" w14:textId="77777777" w:rsidR="003806CD" w:rsidRDefault="003806CD" w:rsidP="004B1904"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="215BB2A4" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    <w:p w14:paraId="5BA95168" w14:textId="46780288" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Research ethics committee (REC) and other regulatory review &amp; reports</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09A4F2CD" w14:textId="77777777" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
+      <w:r>
+        <w:t>Aim: to demonstrate that the project will receive ethical review and approval from the necessary regulatory bodies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18036B28" w14:textId="77777777" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
       <w:r>
         <w:t>The protocol should state that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E0F027" w14:textId="702E54D0" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...29 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+    <w:p w14:paraId="56329859" w14:textId="3EEBE492" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">before the start of the project, a favourable opinion will be sought from a REC for the protocol, informed consent forms and other relevant documents e.g. advertisements. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E0B7EB9" w14:textId="6FBBE980" w:rsidR="009B1E6F" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
+      <w:r>
+        <w:t>Note: researchers should check if they are required to gain a favourable opinion from a</w:t>
+      </w:r>
+      <w:r w:rsidR="0084735B">
+        <w:t>n</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> NHS REC or another REC e.g. a UoB REC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3169F950" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    <w:p w14:paraId="6F60787D" w14:textId="4A096ABB" w:rsidR="00073B1C" w:rsidRDefault="009B1E6F" w:rsidP="009B1E6F">
       <w:r>
         <w:t>For NHS REC reviewed research:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="498E302E" w14:textId="1A55B72F" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="6D29D2F0" w14:textId="4634CC8F" w:rsidR="00550D0B" w:rsidRDefault="00550D0B" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
         <w:t>substantial amendments that require review by NHS REC will not be implemented until that review is in place and other mechanisms are in place to implement this at site</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDB1E70" w14:textId="20A4FE67" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="788E304E" w14:textId="7D757D0A" w:rsidR="00550D0B" w:rsidRDefault="00550D0B" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>all correspondence with the REC will be retained</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="672BA4B3" w14:textId="18CEF977" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="01E00891" w14:textId="51AF94C2" w:rsidR="00550D0B" w:rsidRDefault="00550D0B" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>it is the CI’s responsibility to produce the annual reports as required</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="105A442B" w14:textId="78F0F281" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...74 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0AB54944" w14:textId="21951F32" w:rsidR="00550D0B" w:rsidRDefault="00550D0B" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>the CI will notify the REC of the end of the project</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1199EE4C" w14:textId="562C178E" w:rsidR="00550D0B" w:rsidRDefault="00550D0B" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>if the project is ended prematurely, the CI will notify the REC, including the reasons for the premature termination</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10FFBD52" w14:textId="3E40C1C7" w:rsidR="00550D0B" w:rsidRDefault="00550D0B" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>within one year after the end of the project, the CI will submit a final report with the results, including any publications/abstracts, to the REC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61621990" w14:textId="6CE23551" w:rsidR="00762DAE" w:rsidRDefault="00851CF5" w:rsidP="00D66553">
+      <w:r>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA19D1">
+        <w:t>note</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> following changes to </w:t>
+      </w:r>
+      <w:r w:rsidR="003E1A9F">
+        <w:t xml:space="preserve">HRA </w:t>
+      </w:r>
+      <w:r>
+        <w:t>procedure</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1A9F">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, there is no longer a requirement to submit APR to the </w:t>
+      </w:r>
+      <w:r w:rsidR="003E1A9F">
+        <w:t xml:space="preserve">NHS </w:t>
+      </w:r>
+      <w:r>
+        <w:t>REC. Instead, for oversight purposes of the U</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0001">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">B clinical research portfolio, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000162C3">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="003118A3">
+        <w:t>UoB</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000162C3">
+        <w:t> Research Ethics, Governance and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000162C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...31 lines deleted...]
-        <w:r w:rsidR="00457A27" w:rsidRPr="00457A27">
+      <w:r w:rsidRPr="000162C3">
+        <w:t>Integrity</w:t>
+      </w:r>
+      <w:r w:rsidR="003118A3">
+        <w:t xml:space="preserve"> Team</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (REGI) will request a U</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0001">
+        <w:t>oB</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> sponsor’s APR which will include all relevant updates. The REGI will inform the CI of these requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="00395E2D">
+        <w:t>. T</w:t>
+      </w:r>
+      <w:r>
+        <w:t>he CI (or delegate) will provide the necessary information within the stated</w:t>
+      </w:r>
+      <w:r w:rsidR="000A0A72">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00762DAE">
+        <w:t>timeframes</w:t>
+      </w:r>
+      <w:r w:rsidR="00395E2D">
+        <w:t xml:space="preserve"> and will </w:t>
+      </w:r>
+      <w:r w:rsidR="00536F50">
+        <w:t xml:space="preserve">be expected to </w:t>
+      </w:r>
+      <w:r w:rsidR="00395E2D">
+        <w:t xml:space="preserve">submit </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4133">
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidR="00395E2D">
+        <w:t xml:space="preserve"> updated APR </w:t>
+      </w:r>
+      <w:r w:rsidR="006A6651">
+        <w:t>annually going forward (as instructed by REGI)</w:t>
+      </w:r>
+      <w:r w:rsidR="00762DAE">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05FFF64D" w14:textId="77777777" w:rsidR="00B92587" w:rsidRPr="0038127B" w:rsidRDefault="00B92587" w:rsidP="00AD2DF1">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0038127B">
+        <w:t xml:space="preserve">Regulatory review &amp; compliance </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4798A2DE" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="00B92587">
+      <w:r>
+        <w:t>The protocol should state the following.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45ACEFA5" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Before any site can enrol participants into the project, the CI/Principal Investigator or designee will ensure that appropriate approvals from participating organisations are in place. Specific arrangements on how to gain approval from participating organisations are in place and comply with the relevant guidance. See </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="3" w:tooltip="HRA Approval" w:history="1">
+        <w:r w:rsidRPr="00550D0B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>HRA approval</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00457A27">
-[...49 lines deleted...]
-        <w:r w:rsidR="00C37590" w:rsidRPr="00C37590">
+      <w:r>
+        <w:t xml:space="preserve"> for guidance on different arrangements for NHS and non-NHS sites.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E529A6F" w14:textId="76CD2967" w:rsidR="00D527E5" w:rsidRDefault="00D527E5" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For any amendment to the project, the CI or designee, in agreement with the sponsor will submit information to the appropriate body in order for them to issue approval for the amendment. The CI or designee will work with sites (R&amp;D departments at NHS sites as well as the project delivery team) so they </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">can put the necessary arrangements in place to implement the amendment to confirm their support for the project as amended. See also HRA guidance on </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:tooltip="HRA - Amending an approval" w:history="1">
+        <w:r w:rsidRPr="00550D0B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>amending an approval</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C37590">
+      <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB5796C" w14:textId="4A3AACCF" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...21 lines deleted...]
-    <w:p w14:paraId="7605391B" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    <w:p w14:paraId="71FB8098" w14:textId="77777777" w:rsidR="00D527E5" w:rsidRDefault="00D527E5" w:rsidP="00C61077">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The University of Birmingham’s Clinical Research Compliance Team may carry out compliance visits to monitor adherence with applicable standards and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099342B">
+        <w:t xml:space="preserve"> regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DC3392B" w14:textId="77777777" w:rsidR="00B92587" w:rsidRPr="00136795" w:rsidRDefault="00B92587" w:rsidP="00AD2DF1">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00136795">
+        <w:t xml:space="preserve">Amendments </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75751271" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="00B92587">
       <w:r>
         <w:t>Aim: to describe the process for dealing with amendments.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="416CC402" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    <w:p w14:paraId="27516194" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="00B92587">
       <w:r>
         <w:t>The protocol should describe:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A85CAB" w14:textId="07AEE66F" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="78192D39" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the process for making amendments </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F7BABA" w14:textId="109C3C35" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="78E8E854" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>who will be responsible for the decision to amend the protocol and for deciding whether an amendment is substantial or non-substantial?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC34AA9" w14:textId="27177D34" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="1A25CBD7" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>how substantive changes will be communicated to relevant stakeholders (e.g., REC, R&amp;D, regulatory agencies)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42140E1C" w14:textId="4D503564" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="3709AB2E" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>how the amendment history will be tracked to identify the most recent protocol version.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="166E2469" w14:textId="1D84F780" w:rsidR="004B1904" w:rsidRDefault="00457A27" w:rsidP="00A67367">
+    <w:p w14:paraId="08F8E6C5" w14:textId="47E77895" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="00B92587">
       <w:r>
         <w:t xml:space="preserve">See also HRA guidance on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:tooltip="HRA guidance on amending an approval" w:history="1">
-        <w:r w:rsidRPr="00457A27">
+      <w:hyperlink r:id="rId42" w:tooltip="HRA - Amending an approval" w:history="1">
+        <w:r w:rsidRPr="00550D0B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>amending an approval</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004B1904">
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="45" w:name="_Toc124852890"/>
+      <w:r w:rsidR="006C740F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB9CBFD" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
       <w:r>
         <w:t>Peer review</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
-[...171 lines deleted...]
-        <w:r w:rsidR="00F34B31" w:rsidRPr="00F34B31">
+    </w:p>
+    <w:p w14:paraId="25D37A22" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="00B92587">
+      <w:r>
+        <w:t>Aim: to describe the peer review process for the project which should be instigated and/or approved by the sponsor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D01404B" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="00B92587">
+      <w:r>
+        <w:t>The protocol should provide details on who reviewed this protocol e.g. the funder or an internal Trust department/committee but not include individual names unless the person in question gives their express permission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740C6432" w14:textId="37BA3E71" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="00B92587">
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:tooltip="Eligibility for NIHR Clinical Research Network Support" w:history="1">
+        <w:r w:rsidRPr="00550D0B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>INVOLVE website</w:t>
+          <w:t>Eligibility for NIHR</w:t>
         </w:r>
-      </w:hyperlink>
-[...409 lines deleted...]
-        <w:r w:rsidR="00F34B31" w:rsidRPr="00F34B31">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>insurance</w:t>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00550D0B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Research</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Delivery</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00550D0B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Network</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00550D0B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Support</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F34B31">
+      <w:r>
+        <w:t xml:space="preserve"> provides a standard for high-quality peer review of studies, whereby it must be independent, expert and proportionate. See also the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00550D0B">
+        <w:rPr>
+          <w:rStyle w:val="DocrefChar"/>
+        </w:rPr>
+        <w:t>Peer Review SOP (UoB-PRV-SOP-001)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> for the process of obtaining a peer review. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6CC209" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Patient &amp; public involvement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="595C8E16" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="00B92587">
+      <w:r>
+        <w:t>Aim: to describe the involvement of the Public in the research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC3D262" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="00B92587">
+      <w:r>
+        <w:t>This section of the protocol should detail which aspects of the research process have actively involved, or will involve, patients, service users, and/or their carers, or members of the public in particular:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="496AE520" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>the acceptability of the research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E4C934" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>design of the research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78079BCA" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>management of the research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56F094A9" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>undertaking the research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6683F008" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>analysis of results</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E9C5E89" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>dissemination of findings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE3A2BB" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="00B92587">
+      <w:r>
+        <w:t xml:space="preserve">Note: where there is no patient and public involvement, justification should be provided, see also the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E0D91">
+        <w:rPr>
+          <w:rStyle w:val="DocrefChar"/>
+        </w:rPr>
+        <w:t>UoB Principles of GCP for Clinical Research (UoB-GCP-POL-001)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE6CE9A" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="00B92587">
+      <w:r>
+        <w:t xml:space="preserve">Guidance on involving the public in research can be found at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:tooltip="Link to briefing notes for researchers on public involvement" w:history="1">
+        <w:r w:rsidRPr="003F64BD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>NIHR Briefing notes for researchers - public involvement in NHS, health and social care research</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6390CEB9" w14:textId="609DC2B3" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Protocol compliance </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455774CF" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="00B92587">
+      <w:r>
+        <w:t>Aim: to demonstrate how protocol compliance will be managed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47290EBA" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="00B92587">
+      <w:r>
+        <w:t xml:space="preserve">Protocol deviations, non-compliances, or breaches are departures from the approved protocol. A serious breach is defined as a breach that is likely to affect to a significant degree the safety or physical or mental integrity of the participants, or the scientific value of the project. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D26D422" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="00B92587">
+      <w:r>
+        <w:t>The protocol should state that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A4D8AC" w14:textId="77777777" w:rsidR="00B92587" w:rsidRDefault="00B92587" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">accidental protocol deviations can happen at any time. They must be adequately documented on the relevant forms and reported to the CI and Sponsor immediately </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DCDD031" w14:textId="0EAC30D0" w:rsidR="003D7BEB" w:rsidRDefault="003D7BEB" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">significant deviations from the protocol which are found to frequently recur are not acceptable; these will require immediate action </w:t>
+      </w:r>
+      <w:r w:rsidR="006A1C1A">
+        <w:t xml:space="preserve">and could </w:t>
+      </w:r>
+      <w:r w:rsidR="006A1C1A" w:rsidRPr="009D130F">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>potentially</w:t>
+      </w:r>
+      <w:r w:rsidR="006A1C1A">
+        <w:t xml:space="preserve"> be classified as a serious breach if it affects to a significant degree the safety or physical or mental integrity of the participants, or the scientific value of the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB8A2FE" w14:textId="77777777" w:rsidR="003D7BEB" w:rsidRDefault="003D7BEB" w:rsidP="003D7BEB">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>The protocol should detail how the quality of the project will be assured, and what monitoring will take place (as applicable).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0551D726" w14:textId="77777777" w:rsidR="003D7BEB" w:rsidRDefault="003D7BEB" w:rsidP="003D7BEB">
+      <w:r>
+        <w:t>The process for reporting suspected serious breaches must be detailed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="787D93F8" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Data protection and confidentiality </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A27E31" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="00251CDE">
+      <w:r>
+        <w:t>Aim: to describe how participant confidentiality will be maintained and how the project is compliant with the requirements of the Data Protection Act 2018.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68CFE342" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="00251CDE">
+      <w:r>
+        <w:t xml:space="preserve">The protocol should state that all investigators and site staff must comply with the requirements of the Data Protection Act 2018 with regards to the collection, storage, processing and disclosure of personal information and will uphold the Act’s core principles. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4E436E" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="00251CDE">
+      <w:r>
+        <w:t>The protocol should describe the means whereby personal information is collected, kept secure, and maintained. In general, the items listed below should be considered/detailed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777D8E60" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>How will participant’s identifying information be replaced by an unrelated sequence of characters (i.e., coded, depersonalised data)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26CBFAA7" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Where samples are being collected, these should only be identified by participant number. Those conducting sample analysis should not have access to participant identifiable information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A5BA338" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Secure maintenance of the data and the linking code in separate locations using encrypted digital files within password protected folders and storage media.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28919148" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Access is limited to the minimum number of individuals necessary for quality control, audit, and analysis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="737F4D65" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>How the confidentiality of data will be preserved when the data are transmitted to sponsors and co-investigators?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B1633B" w14:textId="77777777" w:rsidR="00664E13" w:rsidRDefault="00251CDE" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>How long the data will be stored for?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C91E83" w14:textId="1D8991F7" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Who will be data custodian?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA48D7D" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Indemnity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D4BEAA" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="00251CDE">
+      <w:r>
+        <w:t>Aim: to fully describe indemnity arrangements for the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA359D2" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="00251CDE">
+      <w:r>
+        <w:t>The areas listed below should be addressed in the protocol.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B9B3DD" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>What arrangements will be made for insurance and/or indemnity to meet the potential legal liability of the sponsor(s) for harm to participants arising from the management of the research?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3618AD" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>What arrangements will be made for insurance and/or indemnity to meet the potential legal liability of the sponsor(s) or employer(s) for harm to participants arising from the design of the research?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="785D7432" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>What arrangements will be made for insurance and/or indemnity to meet the potential legal liability of investigators/collaborators arising from harm to participants in the conduct of the research? Note that if the project involves sites that are not covered by the NHS indemnity scheme (e.g. GP surgeries in primary care) these investigators/collaborators will need to ensure that their activity on the project is covered under their own professional indemnity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="343F89B7" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Has the sponsor(s) made arrangements for payment of compensation in the event of harm to the research participants where no legal liability arises?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04930C86" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If equipment is to be provided to site(s) for the purposes of the project, the protocol should describe what arrangements will be made for insurance and/or indemnity to meet the potential legal liability arising in relation to the equipment (e.g. loss, damage, maintenance responsibilities for the equipment itself, harm to participants or site staff arising from the use of the equipment).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18541865" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="00251CDE">
+      <w:r>
+        <w:t>Note: usually in the indemnity arrangement the responsibility for sections 1 &amp; 2 lie with the sponsor, section 3 with the participating site and section 4 with the sponsor. Section 4 is not mandatory and should be assessed in relation to the inherent risks of the project; however, it may be a condition of REC favourable opinion to have these arrangements in place.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DA7D26" w14:textId="77777777" w:rsidR="005D3611" w:rsidRDefault="00251CDE" w:rsidP="00251CDE">
+      <w:r>
+        <w:t>For further information</w:t>
+      </w:r>
+      <w:r w:rsidR="002E46C3">
+        <w:t xml:space="preserve"> on the UoB clinical trials insurance process, please see the guidance document on </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:tooltip="Clinical Trials Liabilities and Insurance Cover (Word – 84 KB)" w:history="1">
+        <w:r w:rsidR="002E46C3" w:rsidRPr="002E46C3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Clinical Trials Liabilities and Insurance Cover (Word – </w:t>
+        </w:r>
+        <w:r w:rsidR="00FF378F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve">76 </w:t>
+        </w:r>
+        <w:r w:rsidR="002E46C3" w:rsidRPr="002E46C3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>KB)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002E46C3">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3611" w:rsidRPr="005D3611">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="06C304C1" w14:textId="7882B43C" w:rsidR="009E3D19" w:rsidRDefault="005D3611" w:rsidP="00251CDE">
+      <w:r w:rsidRPr="005D3611">
+        <w:t xml:space="preserve">For further information on UoB insurance policies and for suggested answers to insurance-related questions on the IRAS form, please see the Insurance team's page on liability, including </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:tooltip="UoB - Clinical Trials Insurance" w:history="1">
+        <w:r w:rsidRPr="00DD69AD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>clinical trials</w:t>
+        </w:r>
+        <w:r w:rsidR="00DD69AD" w:rsidRPr="00DD69AD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> insurance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00DD69AD">
+        <w:t xml:space="preserve"> (UoB login required)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D3611">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E9529C" w14:textId="77777777" w:rsidR="00052816" w:rsidRDefault="00052816" w:rsidP="00251CDE"/>
+    <w:p w14:paraId="76FD65A6" w14:textId="77777777" w:rsidR="00052816" w:rsidRDefault="00052816" w:rsidP="00251CDE"/>
+    <w:p w14:paraId="1CE5CC0D" w14:textId="77777777" w:rsidR="0048661F" w:rsidRDefault="0048661F" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>End of study and archiving</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="449864F9" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    </w:p>
+    <w:p w14:paraId="3DDEFC09" w14:textId="3407C719" w:rsidR="00F27761" w:rsidRDefault="009E3D19" w:rsidP="007113B0">
+      <w:r>
+        <w:t>Aim: to clarify the definition of the end of the study/trial and archiving arrangements, including timelines for archiving</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0341926D" w14:textId="6AFE0F04" w:rsidR="00F86201" w:rsidRDefault="00F27761" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00F86201">
+        <w:t>ccess to the final dataset</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059B1EFE" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="00F86201">
       <w:r>
         <w:t>Aim: to describe who will have access to the final dataset.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25666D84" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    <w:p w14:paraId="2B009D04" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="00F86201">
       <w:r>
         <w:t>The protocol should:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65841840" w14:textId="27FAA81D" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...62 lines deleted...]
-      <w:bookmarkStart w:id="52" w:name="_Toc124852897"/>
+    <w:p w14:paraId="51946966" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>identify the individuals involved in the project who will have access to the full dataset</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459C5F89" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">explicitly describe any restrictions in access for investigators e.g. for some multicentre studies, only the steering group has access to the full dataset to ensure that the overall results are not disclosed by an individual site prior to the main publication </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B09D51A" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>state if the project will allow site investigators to access the full dataset if a formal request describing their plans is approved by the steering group</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CC9CB0A" w14:textId="77777777" w:rsidR="005E2EEE" w:rsidRDefault="00F86201" w:rsidP="006A4DC6">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>if it is envisaged that that dataset will be used for secondary analysis this can only be undertaken with the consent of the participants. All participant documentation should reflect the future use of these data in research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6341011D" w14:textId="23D4FBBA" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="00F86201">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="_Toc216447581"/>
       <w:r>
         <w:t>Dissemination policy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="53" w:name="_Toc124852898"/>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="4FD497FE" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
       <w:r>
         <w:t>Dissemination policy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="39333F82" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    </w:p>
+    <w:p w14:paraId="29D7B8AD" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="00F86201">
+      <w:r>
+        <w:t>Aim: to describe the dissemination policy for the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D490AD" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="00F86201">
       <w:r>
         <w:t>The protocol should state:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E18354A" w14:textId="69631A9C" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...49 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="1CBF0FCC" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>who owns the data arising from the project</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68CDBB81" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>that on completion of the project, the data will be analysed and tabulated and a final report prepared</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="379F3F1F" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>where the full report can be accessed</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4071E44E" w14:textId="29ECA3E1" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="73455A61" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>if any of the participating investigators will have rights to publish any of the data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C504BE4" w14:textId="6650C16C" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="46A93E70" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>if there are any time limits or review requirements on the publications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F7C5593" w14:textId="1DB16A3B" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...83 lines deleted...]
-    <w:p w14:paraId="130C53B2" w14:textId="6A98A1EE" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    <w:p w14:paraId="65CD2A9F" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>whether any funding or supporting body needs to be acknowledged within the publications and whether they have reviewed the data and/or have any publication rights of the data from the project</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE91119" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>whether there are any plans to notify the participants of the outcome of the project, either by provision of the publication, or via a specifically designed newsletter, presentation etc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A419ECF" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>if it is possible for the participant to specifically request results from their Principal Investigator (PI) and when would this information be provided e.g. after the final report had been compiled or after the results had been published</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="327643EA" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>whether the protocol, full report, anonymised participant level dataset, and statistical code for generating the results will be made publicly available; and if so, describe where, the timeframe and any other conditions for access.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E18443E" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Authorship eligibility guidelines and any intended use of professional writers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FEEF5F" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="00F86201">
       <w:r>
         <w:t>Aim: to describe who will be granted authorship on the final report.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF395AD" w14:textId="77777777" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    <w:p w14:paraId="6631B1E7" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="00F86201">
       <w:r>
         <w:t>The protocol should detail:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC1E8A9" w14:textId="7C8918AD" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="1B82D312" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>guidelines on authorship on the final report</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23077AEE" w14:textId="03F921AC" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00E92E1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="bullet1-protocol"/>
+    <w:p w14:paraId="04E81F73" w14:textId="77777777" w:rsidR="00F86201" w:rsidRDefault="00F86201" w:rsidP="007B4FD8">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
       </w:pPr>
       <w:r>
         <w:t>criteria for individually named authors or group authorship (The International Committee of Medical Journal Editors has defined authorship criteria for manuscripts submitted for publication, known as the Vancouver Protocol).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="078D72C5" w14:textId="77777777" w:rsidR="003806CD" w:rsidRDefault="003806CD" w:rsidP="003806CD"/>
-    <w:p w14:paraId="4E4C3E8C" w14:textId="77777777" w:rsidR="00A26350" w:rsidRDefault="00A26350">
+    <w:p w14:paraId="2F3B4C28" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="007911B1"/>
+    <w:p w14:paraId="10E56B75" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="007911B1">
       <w:pPr>
         <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7103C6A3" w14:textId="1D4A813A" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="005B676A">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="55" w:name="_Toc124852900"/>
+    <w:p w14:paraId="1FA4720D" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="007911B1">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Toc216447582"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>References</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:id="56" w:name="_Toc124852901"/>
+      <w:bookmarkEnd w:id="43"/>
+    </w:p>
+    <w:p w14:paraId="02B82089" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="007911B1">
+      <w:r>
+        <w:t>List the literature and data that are relevant to the project, and that provide background for the project. Please ensure the text contains appropriate cross references to this list.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC4EA01" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="007911B1">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="_Toc216447583"/>
       <w:r>
         <w:t>Appendices</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
-[...69 lines deleted...]
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w14:paraId="59521815" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Appendix 1 – required documentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D72C7CE" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="007911B1">
+      <w:r>
+        <w:t>List here all the local documentation you will require prior to initiating a participating site (e.g. CVs of the research team, participant information sheet (PIS) on headed paper etc). Documents do not need to be attached to the protocol – this is only an example list of the documents you will require to see evidence of from each site prior to opening a site.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36019EFF" w14:textId="77777777" w:rsidR="00052816" w:rsidRDefault="00052816" w:rsidP="007911B1"/>
+    <w:p w14:paraId="68D85E41" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Appendix 2 – schedule of procedures (example)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Table for schedule of procedures"/>
         <w:tblDescription w:val="Table to capture visit timepoints (e.g. screening, baseline, week 1, etc) and procedures taking place at each visit."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2989"/>
-        <w:gridCol w:w="1334"/>
+        <w:gridCol w:w="1335"/>
         <w:gridCol w:w="1188"/>
         <w:gridCol w:w="1095"/>
         <w:gridCol w:w="1095"/>
         <w:gridCol w:w="1315"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B1904" w:rsidRPr="004B1904" w14:paraId="73EDE784" w14:textId="77777777" w:rsidTr="005B676A">
+      <w:tr w:rsidR="007911B1" w:rsidRPr="004B1904" w14:paraId="40375298" w14:textId="77777777" w:rsidTr="009D130F">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEAFD14" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="4FA4DD39" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Procedures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3342" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20FBB8D1" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="02C7A5FB" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Visits (insert visit numbers as appropriate)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1904" w:rsidRPr="004B1904" w14:paraId="4239DD24" w14:textId="77777777" w:rsidTr="005B676A">
+      <w:tr w:rsidR="007911B1" w:rsidRPr="004B1904" w14:paraId="27B49C2B" w14:textId="77777777" w:rsidTr="009D130F">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="08D798A2" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="256864D8" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5207450F" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="30F171DC" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Screening</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BF131DA" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="39A9D206" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Baseline</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F127D7D" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="42EB067F" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Week 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33652A02" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="4D651991" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Week 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B096378" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="3A92AAF0" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6 Months</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1904" w:rsidRPr="004B1904" w14:paraId="7FEBD55C" w14:textId="77777777" w:rsidTr="005B676A">
+      <w:tr w:rsidR="007911B1" w:rsidRPr="004B1904" w14:paraId="3D17CEAD" w14:textId="77777777" w:rsidTr="009D130F">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40E59328" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="56D7F570" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:r w:rsidRPr="004B1904">
               <w:t>Informed consent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="424B40A5" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="35EF9F08" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BFBCEFC" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="44B4CB79" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6640799A" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="66EECB6E" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="528603E7" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="71FF1911" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A509187" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="6271A6C5" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1904" w:rsidRPr="004B1904" w14:paraId="3B827603" w14:textId="77777777" w:rsidTr="005B676A">
+      <w:tr w:rsidR="007911B1" w:rsidRPr="004B1904" w14:paraId="369468CC" w14:textId="77777777" w:rsidTr="009D130F">
         <w:trPr>
           <w:trHeight w:val="327"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15652B3A" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="55608708" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:r w:rsidRPr="004B1904">
               <w:t>Demographics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65380CD6" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="732922FB" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3251537F" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="0C2FF8AA" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74FCFC3C" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="27634071" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2865867B" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="25ABE8BF" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59E4D9C0" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="4F0CBBFB" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1904" w:rsidRPr="004B1904" w14:paraId="0D947C8A" w14:textId="77777777" w:rsidTr="005B676A">
+      <w:tr w:rsidR="007911B1" w:rsidRPr="004B1904" w14:paraId="026A62FF" w14:textId="77777777" w:rsidTr="009D130F">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F63413" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="76852110" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:r w:rsidRPr="004B1904">
               <w:t>Medical history</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E386E5A" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="6C526389" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55EE6E67" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="2FC1815F" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="370E3B10" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="2D8CE411" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37FC9FE4" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="11162FC1" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="718EC7D0" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="1B32AED8" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1904" w:rsidRPr="004B1904" w14:paraId="217B6A91" w14:textId="77777777" w:rsidTr="005B676A">
+      <w:tr w:rsidR="007911B1" w:rsidRPr="004B1904" w14:paraId="5FD8E1C7" w14:textId="77777777" w:rsidTr="009D130F">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="147A64EB" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="466491E6" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:r w:rsidRPr="004B1904">
               <w:t>Observation of treatment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="367E5A59" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="1B3E066A" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="285CCD0B" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="3588E388" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B32E821" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="5F8D95C5" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AFFF841" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="55B79DB4" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08E3AD48" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="0029D4E4" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1904" w:rsidRPr="004B1904" w14:paraId="6A13F43D" w14:textId="77777777" w:rsidTr="005B676A">
+      <w:tr w:rsidR="007911B1" w:rsidRPr="004B1904" w14:paraId="08D54388" w14:textId="77777777" w:rsidTr="009D130F">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16B3F420" w14:textId="1C66068D" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="1E5A7CEB" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:r w:rsidRPr="004B1904">
               <w:t xml:space="preserve">Focus </w:t>
             </w:r>
-            <w:r w:rsidR="00A44118">
+            <w:r>
               <w:t>g</w:t>
             </w:r>
             <w:r w:rsidRPr="004B1904">
               <w:t>roup</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10A932FD" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="1076FB45" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4615D2B3" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="3F924CE0" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E40FF1C" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="6A9BF9CD" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E87A619" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="7CCB11CC" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24FBC727" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="1576C7A2" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B1904" w:rsidRPr="004B1904" w14:paraId="3D7D8491" w14:textId="77777777" w:rsidTr="005B676A">
+      <w:tr w:rsidR="007911B1" w:rsidRPr="004B1904" w14:paraId="7EFC6A82" w14:textId="77777777" w:rsidTr="009D130F">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8DB688" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="788C7C4A" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:r w:rsidRPr="004B1904">
               <w:t xml:space="preserve">Interview </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="740" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49A0483C" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="40891274" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="659" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="250014EB" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="6595B173" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2F3D29" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="3AC5634B" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="607" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="224A13CE" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="417EF7E8" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B1904">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="728" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EE68B5F" w14:textId="77777777" w:rsidR="004B1904" w:rsidRPr="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+          <w:p w14:paraId="3EF959F2" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="004B1904" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="33225B0C" w14:textId="5AC091EB" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904"/>
-[...45 lines deleted...]
-    <w:p w14:paraId="56389CB1" w14:textId="77777777" w:rsidR="008F675A" w:rsidRDefault="008F675A" w:rsidP="004B1904"/>
+    <w:p w14:paraId="348EF603" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="007911B1"/>
+    <w:p w14:paraId="6B80A36F" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="007428DB">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Appendix 3 – amendment history</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410ACB11" w14:textId="595E8084" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="007911B1">
+      <w:r>
+        <w:t>List details of all protocol amendments here whenever a new version of the protocol is produced. See example table below. Protocol amendments must be submitted to the Sponsor for approval prior to submission to the REC.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Amendment history"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1256"/>
         <w:gridCol w:w="1291"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="3351"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F675A" w14:paraId="21851D52" w14:textId="77777777" w:rsidTr="00127D82">
-[...13 lines deleted...]
-      <w:tr w:rsidR="006767D5" w14:paraId="568DA5F5" w14:textId="77777777" w:rsidTr="008327D5">
+      <w:tr w:rsidR="007911B1" w14:paraId="2E6C9531" w14:textId="77777777" w:rsidTr="009D130F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1256" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F74D441" w14:textId="77777777" w:rsidR="006767D5" w:rsidRPr="0027442E" w:rsidRDefault="006767D5" w:rsidP="008327D5">
+          <w:p w14:paraId="139E4FE3" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="0027442E" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027442E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Amendment n</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>umber</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FFFAF03" w14:textId="26780D48" w:rsidR="006767D5" w:rsidRPr="0027442E" w:rsidRDefault="008F675A" w:rsidP="008327D5">
+          <w:p w14:paraId="3B6B791A" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="0027442E" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date of amendment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE9D810" w14:textId="5F5C0F07" w:rsidR="006767D5" w:rsidRPr="0027442E" w:rsidRDefault="008F675A" w:rsidP="008327D5">
+          <w:p w14:paraId="2511B8C8" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="0027442E" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Protocol version number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C12ACB6" w14:textId="28A98E1E" w:rsidR="006767D5" w:rsidRPr="0027442E" w:rsidRDefault="008F675A" w:rsidP="008327D5">
+          <w:p w14:paraId="33EA9E6F" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="0027442E" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Type of amendment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3351" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5378A638" w14:textId="7170A106" w:rsidR="006767D5" w:rsidRPr="0027442E" w:rsidRDefault="008F675A" w:rsidP="008327D5">
+          <w:p w14:paraId="4ACCD0A1" w14:textId="77777777" w:rsidR="007911B1" w:rsidRPr="0027442E" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Summary of amendment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006767D5" w14:paraId="4DD91DF8" w14:textId="77777777" w:rsidTr="008327D5">
+      <w:tr w:rsidR="007911B1" w14:paraId="6935A0D8" w14:textId="77777777" w:rsidTr="009D130F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1256" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13248C43" w14:textId="6A067C7E" w:rsidR="006767D5" w:rsidRDefault="008F675A" w:rsidP="008327D5">
+          <w:p w14:paraId="16A45770" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>AM01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C259B29" w14:textId="732CE60C" w:rsidR="006767D5" w:rsidRDefault="008F675A" w:rsidP="008327D5">
+          <w:p w14:paraId="39BB26F9" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>28-Oct-2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49BE7645" w14:textId="043F5AAB" w:rsidR="006767D5" w:rsidRDefault="008F675A" w:rsidP="008327D5">
+          <w:p w14:paraId="5BD2FCA4" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ACC1101" w14:textId="4D604882" w:rsidR="006767D5" w:rsidRDefault="008327D5" w:rsidP="008327D5">
+          <w:p w14:paraId="483305C8" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Substantial amendment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71B52854" w14:textId="187F282D" w:rsidR="006767D5" w:rsidRDefault="008327D5" w:rsidP="0010430A">
+          <w:p w14:paraId="68719A34" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:r>
               <w:t>Changes in eligibility criteria</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006767D5" w14:paraId="2C71B378" w14:textId="77777777" w:rsidTr="008327D5">
+      <w:tr w:rsidR="007911B1" w14:paraId="37A4C51A" w14:textId="77777777" w:rsidTr="009D130F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1256" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D5F8BE3" w14:textId="52950193" w:rsidR="006767D5" w:rsidRDefault="008F675A" w:rsidP="008327D5">
+          <w:p w14:paraId="49686425" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>NS01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7586404E" w14:textId="6CA9689E" w:rsidR="006767D5" w:rsidRDefault="008F675A" w:rsidP="008327D5">
+          <w:p w14:paraId="44D6CBF0" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>15-Sep-2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A5DDD0F" w14:textId="184215C9" w:rsidR="006767D5" w:rsidRDefault="008F675A" w:rsidP="008327D5">
+          <w:p w14:paraId="7F5A909F" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF65181" w14:textId="06E09AD1" w:rsidR="006767D5" w:rsidRDefault="008327D5" w:rsidP="008327D5">
+          <w:p w14:paraId="506B2D2E" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Non-substantial amendment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DA19F86" w14:textId="34361E71" w:rsidR="006767D5" w:rsidRDefault="008327D5" w:rsidP="0010430A">
+          <w:p w14:paraId="3AB11CA5" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:r>
               <w:t>Changes in study contact details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006767D5" w14:paraId="195DF241" w14:textId="77777777" w:rsidTr="008327D5">
+      <w:tr w:rsidR="007911B1" w14:paraId="1C6B4D7D" w14:textId="77777777" w:rsidTr="009D130F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1256" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20FEC9A1" w14:textId="0407584A" w:rsidR="006767D5" w:rsidRDefault="008F675A" w:rsidP="008327D5">
+          <w:p w14:paraId="472A4425" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>AM02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6989E074" w14:textId="75E0FD42" w:rsidR="006767D5" w:rsidRDefault="008F675A" w:rsidP="008327D5">
+          <w:p w14:paraId="3B852725" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>16-Jun-2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6974C078" w14:textId="459F3B09" w:rsidR="006767D5" w:rsidRDefault="008F675A" w:rsidP="008327D5">
+          <w:p w14:paraId="7E3B78E6" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F089EE0" w14:textId="199C16FE" w:rsidR="006767D5" w:rsidRDefault="008327D5" w:rsidP="008327D5">
+          <w:p w14:paraId="4A9A142D" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Substantial amendment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48C3C4B3" w14:textId="29ADF94D" w:rsidR="006767D5" w:rsidRDefault="008327D5" w:rsidP="0010430A">
+          <w:p w14:paraId="1404EFAC" w14:textId="77777777" w:rsidR="007911B1" w:rsidRDefault="007911B1" w:rsidP="009D130F">
             <w:r>
               <w:t>Change in definition of the end of the study</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="60"/>
     </w:tbl>
-    <w:p w14:paraId="027862D9" w14:textId="77777777" w:rsidR="006767D5" w:rsidRPr="00B63EFD" w:rsidRDefault="006767D5" w:rsidP="004B1904"/>
-    <w:sectPr w:rsidR="006767D5" w:rsidRPr="00B63EFD" w:rsidSect="00A26350">
+    <w:p w14:paraId="29638A36" w14:textId="77777777" w:rsidR="00251CDE" w:rsidRDefault="00251CDE" w:rsidP="002202B3">
+      <w:pPr>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="456E3EBF" w14:textId="77777777" w:rsidR="00E4497C" w:rsidRPr="00292737" w:rsidRDefault="00E4497C" w:rsidP="00E4497C"/>
+    <w:sectPr w:rsidR="00E4497C" w:rsidRPr="00292737" w:rsidSect="00990CBE">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="425" w:footer="397" w:gutter="0"/>
       <w:pgBorders>
-        <w:top w:val="single" w:sz="12" w:space="3" w:color="943634"/>
-        <w:bottom w:val="single" w:sz="12" w:space="3" w:color="943634"/>
+        <w:top w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27A0B265" w14:textId="77777777" w:rsidR="00B26FC9" w:rsidRDefault="00B26FC9" w:rsidP="009E2541">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="16FA40BB" w14:textId="77777777" w:rsidR="00C801D2" w:rsidRDefault="00C801D2" w:rsidP="00F46DE6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="199206D3" w14:textId="77777777" w:rsidR="00C801D2" w:rsidRDefault="00C801D2" w:rsidP="00F46DE6"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25F9B2BE" w14:textId="77777777" w:rsidR="00B26FC9" w:rsidRDefault="00B26FC9" w:rsidP="009E2541">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6C26EFBE" w14:textId="77777777" w:rsidR="00C801D2" w:rsidRDefault="00C801D2" w:rsidP="00F46DE6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="2CC836F3" w14:textId="77777777" w:rsidR="00C801D2" w:rsidRDefault="00C801D2" w:rsidP="00F46DE6"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana Pro Cond Semibold">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="00000043" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Gill Sans MT">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0502020104020203"/>
+  <w:font w:name="Arial Bold">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...90 lines deleted...]
-  <w:p w14:paraId="42C8D6FD" w14:textId="7B3C9927" w:rsidR="00A121AC" w:rsidRPr="009E2541" w:rsidRDefault="00A121AC" w:rsidP="00A121AC">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47A4A2D6" w14:textId="77777777" w:rsidR="00DD3075" w:rsidRDefault="00276842" w:rsidP="00276842">
+    <w:r w:rsidRPr="002D6577">
+      <w:t xml:space="preserve">Property of </w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">the </w:t>
+    </w:r>
+    <w:r w:rsidRPr="002D6577">
+      <w:t>University of Birmingham, Vincent Drive, Edgbaston, Birmingham, B15 2TT, United Kingdom</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1207B7DF" w14:textId="77777777" w:rsidR="00DD3075" w:rsidRPr="001348DC" w:rsidRDefault="00DD3075" w:rsidP="00DD3075">
+    <w:r w:rsidRPr="001348DC">
+      <w:t>Copies are only valid for 14 days and may be subject to amendment a</w:t>
+    </w:r>
+    <w:r>
+      <w:t>t any time. For the latest version refer to:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="001348DC">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4D25AE78" w14:textId="77777777" w:rsidR="00276842" w:rsidRDefault="00DD3075" w:rsidP="00DD3075">
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r w:rsidRPr="00D317E8">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>http://www.birmingham.ac.uk/research/activity/mds/mds-rkto/governance/index.aspx</w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+  <w:p w14:paraId="39A2FDDF" w14:textId="77777777" w:rsidR="00D33108" w:rsidRPr="002D6577" w:rsidRDefault="00D33108" w:rsidP="00F64FE9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0662A381" w14:textId="77777777" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68041683" w14:textId="77777777" w:rsidR="007773B9" w:rsidRPr="0097056C" w:rsidRDefault="007773B9" w:rsidP="00C56078">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="002D6577">
-      <w:t xml:space="preserve">Property of </w:t>
+    <w:r w:rsidRPr="0097056C">
+      <w:t>Property of the University of Birmingham, Vincent Drive, Edgbaston, Birmingham, B15 2TT, United Kingdom.</w:t>
     </w:r>
-    <w:r>
-[...3 lines deleted...]
-      <w:t xml:space="preserve">University of Birmingham, Vincent Drive, </w:t>
+  </w:p>
+  <w:p w14:paraId="7FE08BC8" w14:textId="77777777" w:rsidR="007773B9" w:rsidRPr="0097056C" w:rsidRDefault="007773B9" w:rsidP="00C56078">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r w:rsidRPr="0097056C">
+      <w:t xml:space="preserve">This is a controlled document. Any </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="002D6577">
-      <w:t>Edgbaston</w:t>
+    <w:r w:rsidRPr="0097056C">
+      <w:t>unauthorised</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="002D6577">
-[...3 lines deleted...]
-      <w:t>.</w:t>
+    <w:r w:rsidRPr="0097056C">
+      <w:t xml:space="preserve"> prints/downloads of this document will be classed as uncontrolled.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="112730A8" w14:textId="77777777" w:rsidR="009F4967" w:rsidRPr="001348DC" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+  <w:p w14:paraId="645F82F2" w14:textId="77777777" w:rsidR="0097056C" w:rsidRDefault="007773B9" w:rsidP="00C56078">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rStyle w:val="Hyperlink"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="001348DC">
-      <w:t>Copies are only valid for 14 days and may be subject to amendment a</w:t>
+    <w:r w:rsidRPr="0097056C">
+      <w:t xml:space="preserve">For the latest version refer to: </w:t>
     </w:r>
-    <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="009F4967">
+    <w:hyperlink r:id="rId1" w:tooltip="Link to CRCT website" w:history="1">
+      <w:r w:rsidR="00D7036B" w:rsidRPr="0097056C">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>birmingham.ac.uk/crct</w:t>
-      </w:r>
+        <w:t>birmingham.ac.uk/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D7036B" w:rsidRPr="0097056C">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>crct</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:hyperlink>
-    <w:r w:rsidR="009F4967">
-[...1 lines deleted...]
-    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5EE4106B" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="00F64FE9">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="5000" w:type="pct"/>
+      <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      <w:tblCaption w:val="Document Information"/>
+      <w:tblDescription w:val="This includes the document code, version number, print date and page number. "/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="1441"/>
+      <w:gridCol w:w="3073"/>
+      <w:gridCol w:w="3283"/>
+      <w:gridCol w:w="1230"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="0059415F" w:rsidRPr="002D6577" w14:paraId="226EF8C0" w14:textId="77777777" w:rsidTr="00A5347A">
+      <w:trPr>
+        <w:trHeight w:val="148"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1441" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="13DE2A92" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="001C6EFB" w:rsidRDefault="0059415F" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001C6EFB">
+            <w:t>Document code:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3073" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="4D13DB29" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="001C6EFB" w:rsidRDefault="0059415F" w:rsidP="00075D91">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+          <w:r>
+            <w:t>UoB-ESD-QCD-003</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3283" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="0DCB8F9C" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="001C6EFB" w:rsidRDefault="0059415F" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001C6EFB">
+            <w:t>Print Date:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1230" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="555113BC" w14:textId="791C7F27" w:rsidR="0059415F" w:rsidRPr="001C6EFB" w:rsidRDefault="0059415F" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve"> DATE  \@ "dd-MMM-yyyy"  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00D7551A">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>16-Dec-2025</w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="0059415F" w:rsidRPr="002D6577" w14:paraId="1AE7B4E8" w14:textId="77777777" w:rsidTr="00A5347A">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1441" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="1649B558" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="001C6EFB" w:rsidRDefault="0059415F" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001C6EFB">
+            <w:t>Version no:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3073" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="24BEB169" w14:textId="19370CEB" w:rsidR="0059415F" w:rsidRPr="001C6EFB" w:rsidRDefault="00800A92" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+          <w:r>
+            <w:t>2.0</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3283" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="42A8C4B6" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="001C6EFB" w:rsidRDefault="0059415F" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001C6EFB">
+            <w:t>Page:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1230" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="5F8F6377" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="001C6EFB" w:rsidRDefault="0059415F" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001C6EFB">
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>2</w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="001C6EFB">
+            <w:t xml:space="preserve"> of </w:t>
+          </w:r>
+          <w:fldSimple w:instr=" NUMPAGES   \* MERGEFORMAT ">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:fldSimple>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="4613F89B" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="003A24EB" w:rsidRDefault="0059415F" w:rsidP="00F64FE9">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5519AB25" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="00F64FE9">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D5A99B2" w14:textId="77777777" w:rsidR="00B26FC9" w:rsidRDefault="00B26FC9" w:rsidP="009E2541">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="11754F0D" w14:textId="77777777" w:rsidR="00C801D2" w:rsidRDefault="00C801D2" w:rsidP="00F46DE6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="5C66577A" w14:textId="77777777" w:rsidR="00C801D2" w:rsidRDefault="00C801D2" w:rsidP="00F46DE6"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0CC1B22D" w14:textId="77777777" w:rsidR="00B26FC9" w:rsidRDefault="00B26FC9" w:rsidP="009E2541">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="193731BB" w14:textId="77777777" w:rsidR="00C801D2" w:rsidRDefault="00C801D2" w:rsidP="00F46DE6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="757B995D" w14:textId="77777777" w:rsidR="00C801D2" w:rsidRDefault="00C801D2" w:rsidP="00F46DE6"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5701EE09" w14:textId="678606FA" w:rsidR="001C1176" w:rsidRDefault="00B26FC9" w:rsidP="00B26FC9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="31519BD1" w14:textId="77777777" w:rsidR="00A91AC7" w:rsidRDefault="00FF0711" w:rsidP="00A91AC7">
     <w:pPr>
-      <w:pStyle w:val="Header-QCDs"/>
-[...4 lines deleted...]
-      <w:ind w:firstLine="4962"/>
+      <w:jc w:val="left"/>
     </w:pPr>
-    <w:r>
-[...3 lines deleted...]
-      <w:rPr>
+    <w:r w:rsidRPr="00F16569">
+      <w:rPr>
+        <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17162168" wp14:editId="6BB86377">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21A32EA6" wp14:editId="0C415A45">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-299085</wp:posOffset>
+            <wp:posOffset>-301625</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>194310</wp:posOffset>
+            <wp:posOffset>1050925</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2340000" cy="918000"/>
+          <wp:extent cx="2705100" cy="1062990"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="3" name="Picture 3">
+          <wp:docPr id="1636268455" name="Picture 1636268455">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="3" name="Picture 3">
+                  <pic:cNvPr id="11" name="Picture 11">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2340000" cy="918000"/>
+                    <a:ext cx="2705100" cy="1062990"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
-                  <a:ln w="9525">
+                  <a:ln>
                     <a:noFill/>
-                    <a:miter lim="800000"/>
-[...1 lines deleted...]
-                    <a:tailEnd/>
                   </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="margin">
+          <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="margin">
+          <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-  </w:p>
-[...15 lines deleted...]
-    </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="-88"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       <w:tblCaption w:val="Document Information"/>
       <w:tblDescription w:val="This includes the document code, version number, effective date, print date and page number. "/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="1668"/>
-      <w:gridCol w:w="2310"/>
+      <w:gridCol w:w="1555"/>
+      <w:gridCol w:w="2154"/>
     </w:tblGrid>
-    <w:tr w:rsidR="009F4967" w14:paraId="6F1E9C5C" w14:textId="77777777" w:rsidTr="00D348D3">
+    <w:tr w:rsidR="0059415F" w14:paraId="39D7C0B4" w14:textId="77777777" w:rsidTr="00901562">
       <w:trPr>
         <w:trHeight w:val="278"/>
         <w:tblHeader/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1668" w:type="dxa"/>
+          <w:tcW w:w="1555" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="14C24D3F" w14:textId="77777777" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+        <w:p w14:paraId="22D37812" w14:textId="72C1FB06" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="001C6EFB">
             <w:t>Document code:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2310" w:type="dxa"/>
+          <w:tcW w:w="2154" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="7D1A2587" w14:textId="7300C349" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="00A121AC">
+        <w:p w14:paraId="25B20788" w14:textId="161414E7" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
-            <w:t>UoB-</w:t>
-[...2 lines deleted...]
-            <w:t>ESD-QCD-003</w:t>
+            <w:t>UoB-ESD-QCD-003</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="009F4967" w14:paraId="175BAF9C" w14:textId="77777777" w:rsidTr="00D348D3">
+    <w:tr w:rsidR="0059415F" w14:paraId="702323D3" w14:textId="77777777" w:rsidTr="00901562">
       <w:trPr>
         <w:trHeight w:val="278"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1668" w:type="dxa"/>
+          <w:tcW w:w="1555" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="04615A0E" w14:textId="77777777" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+        <w:p w14:paraId="25087A21" w14:textId="15D7357F" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="001C6EFB">
             <w:t>Version no:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2310" w:type="dxa"/>
+          <w:tcW w:w="2154" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="25C87C77" w14:textId="2C3A2DDA" w:rsidR="009F4967" w:rsidRDefault="008A25AA" w:rsidP="009F4967">
+        <w:p w14:paraId="51421B6E" w14:textId="5128B53B" w:rsidR="0059415F" w:rsidRDefault="00800A92" w:rsidP="0059415F">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
-            <w:t>1.0</w:t>
+            <w:t>2.0</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="009F4967" w14:paraId="045803EF" w14:textId="77777777" w:rsidTr="00D348D3">
+    <w:tr w:rsidR="0059415F" w14:paraId="41B6E8D7" w14:textId="77777777" w:rsidTr="00901562">
       <w:trPr>
         <w:trHeight w:val="278"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1668" w:type="dxa"/>
+          <w:tcW w:w="1555" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="336CA700" w14:textId="77777777" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+        <w:p w14:paraId="0F223FD4" w14:textId="53690C79" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r>
             <w:t>Effective date:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2310" w:type="dxa"/>
+          <w:tcW w:w="2154" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="6A4F6EBC" w14:textId="2C099DF8" w:rsidR="009F4967" w:rsidRDefault="008A25AA" w:rsidP="009F4967">
+        <w:p w14:paraId="2FF76A54" w14:textId="21BD6EFB" w:rsidR="0059415F" w:rsidRDefault="00800A92" w:rsidP="0059415F">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
-            <w:t>27-Jan-2023</w:t>
+            <w:t>05-Jan-2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="009F4967" w14:paraId="74BA155E" w14:textId="77777777" w:rsidTr="00D348D3">
+    <w:tr w:rsidR="0059415F" w14:paraId="6E3C45A0" w14:textId="77777777" w:rsidTr="00901562">
       <w:trPr>
         <w:trHeight w:val="278"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1668" w:type="dxa"/>
+          <w:tcW w:w="1555" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="3F9B8EF0" w14:textId="77777777" w:rsidR="009F4967" w:rsidRPr="001C6EFB" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+        <w:p w14:paraId="210F4F28" w14:textId="3CFF637C" w:rsidR="0059415F" w:rsidRPr="001C6EFB" w:rsidRDefault="0059415F" w:rsidP="0059415F">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r>
             <w:t>Print d</w:t>
           </w:r>
           <w:r w:rsidRPr="001C6EFB">
             <w:t>ate:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2310" w:type="dxa"/>
+          <w:tcW w:w="2154" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="4DC75FFC" w14:textId="2048E6B5" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+        <w:p w14:paraId="635C7D35" w14:textId="54021B1F" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DATE  \@ "dd-MMM-yyyy"  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="002322F0">
+          <w:r w:rsidR="00D7551A">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
-            <w:t>17-Jan-2023</w:t>
+            <w:t>16-Dec-2025</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="009F4967" w14:paraId="77E70798" w14:textId="77777777" w:rsidTr="00D348D3">
+    <w:tr w:rsidR="0059415F" w14:paraId="19964F85" w14:textId="77777777" w:rsidTr="00901562">
       <w:trPr>
         <w:trHeight w:val="278"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1668" w:type="dxa"/>
+          <w:tcW w:w="1555" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="21D2BAA6" w14:textId="77777777" w:rsidR="009F4967" w:rsidRPr="001C6EFB" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+        <w:p w14:paraId="1947F022" w14:textId="00886303" w:rsidR="0059415F" w:rsidRPr="001C6EFB" w:rsidRDefault="0059415F" w:rsidP="0059415F">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="001C6EFB">
             <w:t>Page:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2310" w:type="dxa"/>
+          <w:tcW w:w="2154" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="2C4F43C1" w14:textId="77777777" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+        <w:p w14:paraId="77D3F621" w14:textId="5CB42A19" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="0059415F">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00174260">
+          <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> of </w:t>
           </w:r>
           <w:fldSimple w:instr=" NUMPAGES   \* MERGEFORMAT ">
-            <w:r w:rsidR="00174260">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:fldSimple>
           <w:r w:rsidRPr="001C6EFB">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="751B532B" w14:textId="77777777" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="00E243E7">
+  <w:p w14:paraId="36755ACA" w14:textId="77777777" w:rsidR="00A91AC7" w:rsidRDefault="00A91AC7" w:rsidP="00F5404A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:ind w:left="-567"/>
-      <w:jc w:val="left"/>
     </w:pPr>
-    <w:r w:rsidRPr="00F16569">
-[...1 lines deleted...]
-        <w:lang w:eastAsia="en-GB"/>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2CABCEE7" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="00F5404A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="217A6F42" w14:textId="7EF64EAB" w:rsidR="0059415F" w:rsidRPr="00F64FE9" w:rsidRDefault="0059415F" w:rsidP="00F5404A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:t>QCD</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F64FE9">
+      <w:t xml:space="preserve">: </w:t>
+    </w:r>
+    <w:r>
+      <w:t>protocol development</w:t>
+    </w:r>
+    <w:r w:rsidR="001C6FC0">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:t>tool for non ctimps &amp; studies</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="710AEB80" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="001C75D5" w:rsidRDefault="0059415F">
+    <w:pPr>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="8"/>
+        <w:szCs w:val="8"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1C4D921A" w14:textId="77777777" w:rsidR="0059415F" w:rsidRDefault="0059415F" w:rsidP="00F5404A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="045019A9" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00CF1011" w:rsidRDefault="0059415F" w:rsidP="00CF1011">
+    <w:pPr>
+      <w:pStyle w:val="QCDheader"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00CF1011">
+      <w:rPr>
+        <w:rStyle w:val="QCDheaderChar"/>
+        <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C6EC978" wp14:editId="1BCCBAE7">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78AD84C7" wp14:editId="2E34ACCE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-302260</wp:posOffset>
+            <wp:posOffset>-287655</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>1051560</wp:posOffset>
+            <wp:posOffset>183103</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2703600" cy="1062000"/>
+          <wp:extent cx="2338917" cy="750498"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 4">
-[...5 lines deleted...]
-          </wp:docPr>
+          <wp:docPr id="412994597" name="Picture 412994597" descr="University of Birmingham logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4">
-[...5 lines deleted...]
-                  </pic:cNvPr>
+                  <pic:cNvPr id="0" name="Picture 1" descr="W_Marque_Black"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill>
+                <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:stretch>
-[...1 lines deleted...]
-                  </a:stretch>
+                  <a:srcRect b="18208"/>
+                  <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2703600" cy="1062000"/>
+                    <a:ext cx="2338917" cy="750498"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
+    <w:r>
+      <w:t>Protocol development tool</w:t>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="345289B0" w14:textId="77777777" w:rsidR="00B63EFD" w:rsidRPr="009F4967" w:rsidRDefault="00B63EFD" w:rsidP="009F4967">
+  <w:p w14:paraId="0FF521B8" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="00CF1011" w:rsidRDefault="0059415F" w:rsidP="00CF1011">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="QCDheader"/>
+    </w:pPr>
+    <w:r>
+      <w:t>for non-ctimps &amp; studies</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4A1B4199" w14:textId="77777777" w:rsidR="0059415F" w:rsidRPr="001C75D5" w:rsidRDefault="0059415F">
+    <w:pPr>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="8"/>
+        <w:szCs w:val="8"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="024D03BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="52C81F4A"/>
-    <w:lvl w:ilvl="0" w:tplc="0726BFCC">
+    <w:tmpl w:val="9F6ED8D2"/>
+    <w:lvl w:ilvl="0" w:tplc="9F1C67BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="bullet1-QCD"/>
-[...3 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+      <w:pStyle w:val="bulletT1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -11790,64 +10525,269 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03395874"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="31AA8C64"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05C74AC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0242E14E"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="088C14EF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="658E95DC"/>
+    <w:numStyleLink w:val="Style2"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BA02114"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="924CEB2C"/>
-    <w:lvl w:ilvl="0" w:tplc="6C103476">
+    <w:tmpl w:val="DC565846"/>
+    <w:lvl w:ilvl="0" w:tplc="61C088EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Instructions-bullet1"/>
-      <w:lvlText w:val=""/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -11903,168 +10843,707 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="24290453"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C652179"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CEE26CD0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F195FCC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B30417E0"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="4904997C"/>
+    <w:lvl w:ilvl="0" w:tplc="64603A4E">
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="QCDbullet1"/>
-[...6 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="405" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1610" w:hanging="360"/>
+        <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2330" w:hanging="360"/>
+        <w:ind w:left="1845" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3050" w:hanging="360"/>
+        <w:ind w:left="2565" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3770" w:hanging="360"/>
+        <w:ind w:left="3285" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4490" w:hanging="360"/>
+        <w:ind w:left="4005" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5210" w:hanging="360"/>
+        <w:ind w:left="4725" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5930" w:hanging="360"/>
+        <w:ind w:left="5445" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6650" w:hanging="360"/>
+        <w:ind w:left="6165" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14924B9B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3AE0E1C"/>
+    <w:lvl w:ilvl="0" w:tplc="AD80755C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9DA081D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C340FC4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19CA1AA0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37B47F5A"/>
+    <w:lvl w:ilvl="0" w:tplc="F73C7BAE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.1.1.1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C8727E2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="68A86CD4"/>
+    <w:lvl w:ilvl="0" w:tplc="6A0230D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2730E5CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2AA0C43E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FF4477E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7D688568">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="911C6504">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="DB9688EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1BBC841C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AA028816">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1060" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D172550"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F2B49BAE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="265C4824"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="13168D1E"/>
+    <w:tmpl w:val="7E86468A"/>
     <w:lvl w:ilvl="0" w:tplc="C98EDA8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numberlist"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7554898E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -12132,51 +11611,51 @@
     <w:lvl w:ilvl="7" w:tplc="E0E67DE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B53428EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D9A217D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="89004E84"/>
     <w:styleLink w:val="Style1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12246,175 +11725,645 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3C10726D"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="315E1E45"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5090FBFE"/>
+    <w:tmpl w:val="FF66B4B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="NoH2"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33CD7F2D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CEE26CD0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="NoH3"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="NoH4"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3581531F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="42CC0BBE"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BC70A3B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="658E95DC"/>
+    <w:styleLink w:val="Style2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="340" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C443C74"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="784A547C"/>
+    <w:lvl w:ilvl="0" w:tplc="A814AD26">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40705812"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9C5039CE"/>
+    <w:tmpl w:val="0980AC84"/>
     <w:lvl w:ilvl="0" w:tplc="F2C653CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Instructions-numbered"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -12454,65 +12403,175 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="416504BE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CEE26CD0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BE549AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8762573E"/>
-    <w:lvl w:ilvl="0" w:tplc="7C5E880C">
+    <w:tmpl w:val="FC5A8DAE"/>
+    <w:lvl w:ilvl="0" w:tplc="CE18074C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="bullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1021" w:hanging="341"/>
+        <w:ind w:left="1040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CFA20C1A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1780"/>
         </w:tabs>
         <w:ind w:left="1780" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2500"/>
@@ -12571,65 +12630,727 @@
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6100"/>
         </w:tabs>
         <w:ind w:left="6100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6820"/>
         </w:tabs>
         <w:ind w:left="6820" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54BB513D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B81C9936"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="777" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1497" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2217" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2937" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3657" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4377" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5097" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5817" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6537" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B5215C5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="828E20A6"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C6B3E05"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D14A9ABE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DAF433B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FA7CF612"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DB9A5D18" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65856D6C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="44C6C70E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A0A55E8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2E8AF47C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="PN1"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="PN11"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ProtocolH3"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DB579D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6ECAC37E"/>
-    <w:lvl w:ilvl="0" w:tplc="327067B4">
+    <w:tmpl w:val="F18C0B52"/>
+    <w:lvl w:ilvl="0" w:tplc="C78832EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="bullet2"/>
-      <w:lvlText w:val="o"/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="700" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana Pro Cond Semibold" w:hAnsi="Verdana Pro Cond Semibold" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3E1C1D58">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -12685,466 +13406,2625 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7A6D6BE4"/>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70DC0651"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1B32D6E0"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="F04E9858"/>
+    <w:lvl w:ilvl="0" w:tplc="1D721EEE">
+      <w:start w:val="2023"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="bullet1-protocol"/>
-[...9 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1610" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2330" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3050" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3770" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4490" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5210" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5930" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6650" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B814814"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="70D4DC7A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D03340C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4CEEBA04"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+        <w:spacing w:val="0"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w:em w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:color w:val="0000FF"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="680" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="880"/>
+        </w:tabs>
+        <w:ind w:left="680" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="654262897">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1739474749">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1854150415">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="4" w16cid:durableId="215943045">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2125686376">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2092387593">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="223492826">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="731470395">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="2105565099">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1768579366">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="377358866">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="12" w16cid:durableId="2095010244">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2058551307">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="14" w16cid:durableId="1890919626">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="701518233">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1555506712">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1065487552">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="72357749">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="366568144">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="2100324454">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2129202077">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1954165539">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="560099238">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1946960506">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1730835557">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="967080295">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="455682754">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1084448835">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="29" w16cid:durableId="905992767">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="30" w16cid:durableId="658921717">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1615671213">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="58675607">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1008018007">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1129473326">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="660040120">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="122886572">
+    <w:abstractNumId w:val="26"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="244266467">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="833684335">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="529488213">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="378089861">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="41" w16cid:durableId="144588217">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="42" w16cid:durableId="274756452">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1332365928">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="264457795">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="281423833">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="551237117">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9">
-[...5 lines deleted...]
-  <w:num w:numId="11">
+  <w:num w:numId="47" w16cid:durableId="1589003950">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="12">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="48" w16cid:durableId="755787473">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:numIdMacAtCleanup w:val="7"/>
+  <w:num w:numId="49" w16cid:durableId="1751000756">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="1912109623">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:writeProtection w:recommended="1"/>
   <w:zoom w:percent="100"/>
+  <w:displayBackgroundShape/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
+  <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="100"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B26FC9"/>
-[...95 lines deleted...]
-    <w:rsid w:val="00FF72DB"/>
+    <w:rsidRoot w:val="00A84D4B"/>
+    <w:rsid w:val="00000239"/>
+    <w:rsid w:val="00001923"/>
+    <w:rsid w:val="00001A7E"/>
+    <w:rsid w:val="00002856"/>
+    <w:rsid w:val="000060AE"/>
+    <w:rsid w:val="000062DD"/>
+    <w:rsid w:val="000103C1"/>
+    <w:rsid w:val="0001086D"/>
+    <w:rsid w:val="00012800"/>
+    <w:rsid w:val="00013136"/>
+    <w:rsid w:val="00013B08"/>
+    <w:rsid w:val="000146F1"/>
+    <w:rsid w:val="00015699"/>
+    <w:rsid w:val="000162C3"/>
+    <w:rsid w:val="000226EC"/>
+    <w:rsid w:val="000229C5"/>
+    <w:rsid w:val="00023007"/>
+    <w:rsid w:val="00023BC0"/>
+    <w:rsid w:val="0002734F"/>
+    <w:rsid w:val="000309B5"/>
+    <w:rsid w:val="00031075"/>
+    <w:rsid w:val="000317D8"/>
+    <w:rsid w:val="000354B8"/>
+    <w:rsid w:val="00035B4C"/>
+    <w:rsid w:val="000374CB"/>
+    <w:rsid w:val="000379D7"/>
+    <w:rsid w:val="00037A9C"/>
+    <w:rsid w:val="000421FD"/>
+    <w:rsid w:val="00043513"/>
+    <w:rsid w:val="00044A64"/>
+    <w:rsid w:val="0004582A"/>
+    <w:rsid w:val="000477AB"/>
+    <w:rsid w:val="00052816"/>
+    <w:rsid w:val="00053A54"/>
+    <w:rsid w:val="0005610D"/>
+    <w:rsid w:val="00056940"/>
+    <w:rsid w:val="00056B94"/>
+    <w:rsid w:val="00057029"/>
+    <w:rsid w:val="00063593"/>
+    <w:rsid w:val="000639EF"/>
+    <w:rsid w:val="00064262"/>
+    <w:rsid w:val="00064F56"/>
+    <w:rsid w:val="000650E5"/>
+    <w:rsid w:val="0007129D"/>
+    <w:rsid w:val="00072226"/>
+    <w:rsid w:val="00072AD5"/>
+    <w:rsid w:val="00072F51"/>
+    <w:rsid w:val="00073B1C"/>
+    <w:rsid w:val="000746E9"/>
+    <w:rsid w:val="0007480B"/>
+    <w:rsid w:val="00075A9D"/>
+    <w:rsid w:val="00075D91"/>
+    <w:rsid w:val="0007643A"/>
+    <w:rsid w:val="00076F0B"/>
+    <w:rsid w:val="00077D41"/>
+    <w:rsid w:val="00083C9D"/>
+    <w:rsid w:val="00086CB4"/>
+    <w:rsid w:val="0009369B"/>
+    <w:rsid w:val="00095EFA"/>
+    <w:rsid w:val="00097B78"/>
+    <w:rsid w:val="000A0A72"/>
+    <w:rsid w:val="000A0DFF"/>
+    <w:rsid w:val="000A1324"/>
+    <w:rsid w:val="000A1B0F"/>
+    <w:rsid w:val="000A1B75"/>
+    <w:rsid w:val="000A56BF"/>
+    <w:rsid w:val="000A5D4B"/>
+    <w:rsid w:val="000A7BE6"/>
+    <w:rsid w:val="000B0E59"/>
+    <w:rsid w:val="000B1E3E"/>
+    <w:rsid w:val="000B442E"/>
+    <w:rsid w:val="000B50BB"/>
+    <w:rsid w:val="000C1A19"/>
+    <w:rsid w:val="000C2E9F"/>
+    <w:rsid w:val="000C3681"/>
+    <w:rsid w:val="000C45B6"/>
+    <w:rsid w:val="000C5087"/>
+    <w:rsid w:val="000C531F"/>
+    <w:rsid w:val="000C54A1"/>
+    <w:rsid w:val="000D34E7"/>
+    <w:rsid w:val="000D3D68"/>
+    <w:rsid w:val="000D3E8C"/>
+    <w:rsid w:val="000D43A3"/>
+    <w:rsid w:val="000D4912"/>
+    <w:rsid w:val="000D677A"/>
+    <w:rsid w:val="000D70AA"/>
+    <w:rsid w:val="000D7715"/>
+    <w:rsid w:val="000D7D37"/>
+    <w:rsid w:val="000E2B7C"/>
+    <w:rsid w:val="000E2EAB"/>
+    <w:rsid w:val="000E3D24"/>
+    <w:rsid w:val="000E5841"/>
+    <w:rsid w:val="000F1511"/>
+    <w:rsid w:val="000F2380"/>
+    <w:rsid w:val="000F2ECE"/>
+    <w:rsid w:val="000F391A"/>
+    <w:rsid w:val="000F4885"/>
+    <w:rsid w:val="000F5712"/>
+    <w:rsid w:val="000F6350"/>
+    <w:rsid w:val="000F77C0"/>
+    <w:rsid w:val="00100541"/>
+    <w:rsid w:val="001008DC"/>
+    <w:rsid w:val="00100D71"/>
+    <w:rsid w:val="00101773"/>
+    <w:rsid w:val="00101B2B"/>
+    <w:rsid w:val="001034FC"/>
+    <w:rsid w:val="00103FD0"/>
+    <w:rsid w:val="00104D42"/>
+    <w:rsid w:val="00105091"/>
+    <w:rsid w:val="00105508"/>
+    <w:rsid w:val="001057FB"/>
+    <w:rsid w:val="001064D3"/>
+    <w:rsid w:val="00110971"/>
+    <w:rsid w:val="001117BD"/>
+    <w:rsid w:val="00113E78"/>
+    <w:rsid w:val="001146E5"/>
+    <w:rsid w:val="0011655F"/>
+    <w:rsid w:val="001206F6"/>
+    <w:rsid w:val="00120959"/>
+    <w:rsid w:val="00121F28"/>
+    <w:rsid w:val="00122579"/>
+    <w:rsid w:val="00123C6B"/>
+    <w:rsid w:val="00124792"/>
+    <w:rsid w:val="00125667"/>
+    <w:rsid w:val="00125962"/>
+    <w:rsid w:val="00127D56"/>
+    <w:rsid w:val="001300C8"/>
+    <w:rsid w:val="0013051D"/>
+    <w:rsid w:val="0013059D"/>
+    <w:rsid w:val="00130E43"/>
+    <w:rsid w:val="00130F50"/>
+    <w:rsid w:val="0013365C"/>
+    <w:rsid w:val="00134690"/>
+    <w:rsid w:val="00134766"/>
+    <w:rsid w:val="00135E89"/>
+    <w:rsid w:val="00136795"/>
+    <w:rsid w:val="00137C8E"/>
+    <w:rsid w:val="0014385C"/>
+    <w:rsid w:val="001445C0"/>
+    <w:rsid w:val="00144F63"/>
+    <w:rsid w:val="001526FE"/>
+    <w:rsid w:val="00156A3D"/>
+    <w:rsid w:val="00161B2E"/>
+    <w:rsid w:val="001632C5"/>
+    <w:rsid w:val="00163B7C"/>
+    <w:rsid w:val="00163BFC"/>
+    <w:rsid w:val="00163F57"/>
+    <w:rsid w:val="001653F1"/>
+    <w:rsid w:val="00165F48"/>
+    <w:rsid w:val="00167FB5"/>
+    <w:rsid w:val="00171540"/>
+    <w:rsid w:val="00174A54"/>
+    <w:rsid w:val="00174B60"/>
+    <w:rsid w:val="00174E0E"/>
+    <w:rsid w:val="001775A9"/>
+    <w:rsid w:val="00177FA1"/>
+    <w:rsid w:val="00180160"/>
+    <w:rsid w:val="00180B87"/>
+    <w:rsid w:val="00182896"/>
+    <w:rsid w:val="0018309A"/>
+    <w:rsid w:val="00184060"/>
+    <w:rsid w:val="001841A1"/>
+    <w:rsid w:val="00184809"/>
+    <w:rsid w:val="00184BB7"/>
+    <w:rsid w:val="001856A7"/>
+    <w:rsid w:val="001857F9"/>
+    <w:rsid w:val="0018769E"/>
+    <w:rsid w:val="0018791D"/>
+    <w:rsid w:val="00190C93"/>
+    <w:rsid w:val="00192B14"/>
+    <w:rsid w:val="00194EE8"/>
+    <w:rsid w:val="00195717"/>
+    <w:rsid w:val="00196565"/>
+    <w:rsid w:val="001976C1"/>
+    <w:rsid w:val="001A01ED"/>
+    <w:rsid w:val="001A024E"/>
+    <w:rsid w:val="001A142E"/>
+    <w:rsid w:val="001A21F3"/>
+    <w:rsid w:val="001A26D3"/>
+    <w:rsid w:val="001A4718"/>
+    <w:rsid w:val="001A4A77"/>
+    <w:rsid w:val="001A4CD8"/>
+    <w:rsid w:val="001A4D7B"/>
+    <w:rsid w:val="001A544B"/>
+    <w:rsid w:val="001A561F"/>
+    <w:rsid w:val="001A5680"/>
+    <w:rsid w:val="001A6117"/>
+    <w:rsid w:val="001A6228"/>
+    <w:rsid w:val="001A723A"/>
+    <w:rsid w:val="001B120B"/>
+    <w:rsid w:val="001B17B1"/>
+    <w:rsid w:val="001B1E29"/>
+    <w:rsid w:val="001B2717"/>
+    <w:rsid w:val="001B30AD"/>
+    <w:rsid w:val="001B3B91"/>
+    <w:rsid w:val="001B412F"/>
+    <w:rsid w:val="001B4B12"/>
+    <w:rsid w:val="001B5617"/>
+    <w:rsid w:val="001C1F66"/>
+    <w:rsid w:val="001C314A"/>
+    <w:rsid w:val="001C4133"/>
+    <w:rsid w:val="001C42AC"/>
+    <w:rsid w:val="001C47C6"/>
+    <w:rsid w:val="001C614D"/>
+    <w:rsid w:val="001C6EFB"/>
+    <w:rsid w:val="001C6FC0"/>
+    <w:rsid w:val="001C75D5"/>
+    <w:rsid w:val="001D0B50"/>
+    <w:rsid w:val="001D0D34"/>
+    <w:rsid w:val="001D1245"/>
+    <w:rsid w:val="001D17A5"/>
+    <w:rsid w:val="001D1986"/>
+    <w:rsid w:val="001D22C3"/>
+    <w:rsid w:val="001D28AC"/>
+    <w:rsid w:val="001D3B22"/>
+    <w:rsid w:val="001D3DB7"/>
+    <w:rsid w:val="001D6728"/>
+    <w:rsid w:val="001D6F89"/>
+    <w:rsid w:val="001D7113"/>
+    <w:rsid w:val="001D7813"/>
+    <w:rsid w:val="001E0511"/>
+    <w:rsid w:val="001E07D8"/>
+    <w:rsid w:val="001E16FE"/>
+    <w:rsid w:val="001E4117"/>
+    <w:rsid w:val="001E41A3"/>
+    <w:rsid w:val="001F0840"/>
+    <w:rsid w:val="001F236A"/>
+    <w:rsid w:val="001F4961"/>
+    <w:rsid w:val="001F4FC3"/>
+    <w:rsid w:val="001F519B"/>
+    <w:rsid w:val="001F62A2"/>
+    <w:rsid w:val="001F7B4E"/>
+    <w:rsid w:val="002002DA"/>
+    <w:rsid w:val="00202189"/>
+    <w:rsid w:val="00202B8D"/>
+    <w:rsid w:val="002041BC"/>
+    <w:rsid w:val="0020434B"/>
+    <w:rsid w:val="002054BB"/>
+    <w:rsid w:val="00206578"/>
+    <w:rsid w:val="002106B0"/>
+    <w:rsid w:val="002106E5"/>
+    <w:rsid w:val="00210C1A"/>
+    <w:rsid w:val="0021141E"/>
+    <w:rsid w:val="0021165B"/>
+    <w:rsid w:val="00211B96"/>
+    <w:rsid w:val="00211D17"/>
+    <w:rsid w:val="00213579"/>
+    <w:rsid w:val="002135BA"/>
+    <w:rsid w:val="00214550"/>
+    <w:rsid w:val="0022018B"/>
+    <w:rsid w:val="002202B3"/>
+    <w:rsid w:val="00220406"/>
+    <w:rsid w:val="002212CC"/>
+    <w:rsid w:val="0022187F"/>
+    <w:rsid w:val="002227A2"/>
+    <w:rsid w:val="0022356E"/>
+    <w:rsid w:val="00224FB8"/>
+    <w:rsid w:val="0022575C"/>
+    <w:rsid w:val="00225D8E"/>
+    <w:rsid w:val="00231612"/>
+    <w:rsid w:val="00231DF6"/>
+    <w:rsid w:val="002337BF"/>
+    <w:rsid w:val="00234600"/>
+    <w:rsid w:val="0023483C"/>
+    <w:rsid w:val="002365F5"/>
+    <w:rsid w:val="0024126E"/>
+    <w:rsid w:val="002444DB"/>
+    <w:rsid w:val="0024558E"/>
+    <w:rsid w:val="00245BE3"/>
+    <w:rsid w:val="00246623"/>
+    <w:rsid w:val="0024670C"/>
+    <w:rsid w:val="00247206"/>
+    <w:rsid w:val="00247F23"/>
+    <w:rsid w:val="00250233"/>
+    <w:rsid w:val="00251886"/>
+    <w:rsid w:val="002518EA"/>
+    <w:rsid w:val="00251CDE"/>
+    <w:rsid w:val="00253ACB"/>
+    <w:rsid w:val="002549E9"/>
+    <w:rsid w:val="00254B93"/>
+    <w:rsid w:val="0025522A"/>
+    <w:rsid w:val="00260007"/>
+    <w:rsid w:val="0026080C"/>
+    <w:rsid w:val="0026101E"/>
+    <w:rsid w:val="002630C9"/>
+    <w:rsid w:val="00264399"/>
+    <w:rsid w:val="00264F0C"/>
+    <w:rsid w:val="002655A3"/>
+    <w:rsid w:val="00266CBF"/>
+    <w:rsid w:val="00270EA8"/>
+    <w:rsid w:val="00272B42"/>
+    <w:rsid w:val="00272F58"/>
+    <w:rsid w:val="00275BAE"/>
+    <w:rsid w:val="00276048"/>
+    <w:rsid w:val="00276842"/>
+    <w:rsid w:val="00281585"/>
+    <w:rsid w:val="00281E9F"/>
+    <w:rsid w:val="00282C10"/>
+    <w:rsid w:val="00283490"/>
+    <w:rsid w:val="00283ED8"/>
+    <w:rsid w:val="00284E3A"/>
+    <w:rsid w:val="002857F8"/>
+    <w:rsid w:val="002873EE"/>
+    <w:rsid w:val="00290F8C"/>
+    <w:rsid w:val="002937FE"/>
+    <w:rsid w:val="00293BDD"/>
+    <w:rsid w:val="00294BC6"/>
+    <w:rsid w:val="002952B5"/>
+    <w:rsid w:val="0029582C"/>
+    <w:rsid w:val="00296171"/>
+    <w:rsid w:val="00297DEB"/>
+    <w:rsid w:val="002A068A"/>
+    <w:rsid w:val="002A0B65"/>
+    <w:rsid w:val="002A2680"/>
+    <w:rsid w:val="002A27DC"/>
+    <w:rsid w:val="002A330A"/>
+    <w:rsid w:val="002A38A5"/>
+    <w:rsid w:val="002A57C2"/>
+    <w:rsid w:val="002A5FA6"/>
+    <w:rsid w:val="002A6563"/>
+    <w:rsid w:val="002A68D6"/>
+    <w:rsid w:val="002A6D47"/>
+    <w:rsid w:val="002B016B"/>
+    <w:rsid w:val="002B10B6"/>
+    <w:rsid w:val="002B610C"/>
+    <w:rsid w:val="002B6251"/>
+    <w:rsid w:val="002B6735"/>
+    <w:rsid w:val="002C0BB6"/>
+    <w:rsid w:val="002C0E28"/>
+    <w:rsid w:val="002C10F0"/>
+    <w:rsid w:val="002C3B21"/>
+    <w:rsid w:val="002C486E"/>
+    <w:rsid w:val="002C53F3"/>
+    <w:rsid w:val="002C67A4"/>
+    <w:rsid w:val="002C7472"/>
+    <w:rsid w:val="002D1FA1"/>
+    <w:rsid w:val="002D49D7"/>
+    <w:rsid w:val="002D6577"/>
+    <w:rsid w:val="002D7DCC"/>
+    <w:rsid w:val="002E16CE"/>
+    <w:rsid w:val="002E3060"/>
+    <w:rsid w:val="002E3BB0"/>
+    <w:rsid w:val="002E46C3"/>
+    <w:rsid w:val="002E6AE2"/>
+    <w:rsid w:val="002E6CD6"/>
+    <w:rsid w:val="002E721B"/>
+    <w:rsid w:val="002F0ACA"/>
+    <w:rsid w:val="002F281C"/>
+    <w:rsid w:val="002F35CA"/>
+    <w:rsid w:val="002F4844"/>
+    <w:rsid w:val="002F490C"/>
+    <w:rsid w:val="002F787E"/>
+    <w:rsid w:val="002F7CC3"/>
+    <w:rsid w:val="00300033"/>
+    <w:rsid w:val="00300D4E"/>
+    <w:rsid w:val="00301050"/>
+    <w:rsid w:val="003016D5"/>
+    <w:rsid w:val="00304457"/>
+    <w:rsid w:val="00304754"/>
+    <w:rsid w:val="0031048A"/>
+    <w:rsid w:val="00310F22"/>
+    <w:rsid w:val="003118A3"/>
+    <w:rsid w:val="00314B72"/>
+    <w:rsid w:val="003157CC"/>
+    <w:rsid w:val="00315A55"/>
+    <w:rsid w:val="0031673C"/>
+    <w:rsid w:val="00317B6A"/>
+    <w:rsid w:val="0032079B"/>
+    <w:rsid w:val="00320BB1"/>
+    <w:rsid w:val="00323A54"/>
+    <w:rsid w:val="0032408C"/>
+    <w:rsid w:val="003248CD"/>
+    <w:rsid w:val="00324A19"/>
+    <w:rsid w:val="003313C3"/>
+    <w:rsid w:val="00331EDE"/>
+    <w:rsid w:val="00333888"/>
+    <w:rsid w:val="00335D05"/>
+    <w:rsid w:val="00337B7A"/>
+    <w:rsid w:val="00340F17"/>
+    <w:rsid w:val="00342788"/>
+    <w:rsid w:val="00342C1E"/>
+    <w:rsid w:val="00342CC7"/>
+    <w:rsid w:val="00343541"/>
+    <w:rsid w:val="00343629"/>
+    <w:rsid w:val="0034446F"/>
+    <w:rsid w:val="00345620"/>
+    <w:rsid w:val="003471FB"/>
+    <w:rsid w:val="00347A43"/>
+    <w:rsid w:val="00350A42"/>
+    <w:rsid w:val="00350C14"/>
+    <w:rsid w:val="00351A2D"/>
+    <w:rsid w:val="00352FD6"/>
+    <w:rsid w:val="00353ED5"/>
+    <w:rsid w:val="00356E22"/>
+    <w:rsid w:val="003607CB"/>
+    <w:rsid w:val="0036201D"/>
+    <w:rsid w:val="00362A21"/>
+    <w:rsid w:val="00363E3C"/>
+    <w:rsid w:val="003648EC"/>
+    <w:rsid w:val="00365928"/>
+    <w:rsid w:val="00365D77"/>
+    <w:rsid w:val="003703C3"/>
+    <w:rsid w:val="003713E4"/>
+    <w:rsid w:val="00372E92"/>
+    <w:rsid w:val="003730A6"/>
+    <w:rsid w:val="0037641D"/>
+    <w:rsid w:val="003769A0"/>
+    <w:rsid w:val="00380579"/>
+    <w:rsid w:val="00380CD5"/>
+    <w:rsid w:val="0038127B"/>
+    <w:rsid w:val="00381B35"/>
+    <w:rsid w:val="003823CD"/>
+    <w:rsid w:val="003854BD"/>
+    <w:rsid w:val="003869E2"/>
+    <w:rsid w:val="00386C4B"/>
+    <w:rsid w:val="003876D0"/>
+    <w:rsid w:val="00387EFA"/>
+    <w:rsid w:val="00387F8E"/>
+    <w:rsid w:val="00390D5D"/>
+    <w:rsid w:val="00391A7C"/>
+    <w:rsid w:val="00391C7A"/>
+    <w:rsid w:val="00393C4E"/>
+    <w:rsid w:val="00393D21"/>
+    <w:rsid w:val="00395E2D"/>
+    <w:rsid w:val="00395F1E"/>
+    <w:rsid w:val="003969CC"/>
+    <w:rsid w:val="00396CD2"/>
+    <w:rsid w:val="003A1879"/>
+    <w:rsid w:val="003A2150"/>
+    <w:rsid w:val="003A24EB"/>
+    <w:rsid w:val="003A2A2C"/>
+    <w:rsid w:val="003A4D84"/>
+    <w:rsid w:val="003A5879"/>
+    <w:rsid w:val="003A70FF"/>
+    <w:rsid w:val="003A7897"/>
+    <w:rsid w:val="003A7F2A"/>
+    <w:rsid w:val="003B0005"/>
+    <w:rsid w:val="003B0FC6"/>
+    <w:rsid w:val="003B15C9"/>
+    <w:rsid w:val="003B1F55"/>
+    <w:rsid w:val="003B1FA8"/>
+    <w:rsid w:val="003B2DA7"/>
+    <w:rsid w:val="003B34FB"/>
+    <w:rsid w:val="003B56C0"/>
+    <w:rsid w:val="003B64F8"/>
+    <w:rsid w:val="003B7239"/>
+    <w:rsid w:val="003C04AD"/>
+    <w:rsid w:val="003C10D4"/>
+    <w:rsid w:val="003C35EE"/>
+    <w:rsid w:val="003C3654"/>
+    <w:rsid w:val="003C3DEB"/>
+    <w:rsid w:val="003C720C"/>
+    <w:rsid w:val="003C7D46"/>
+    <w:rsid w:val="003D25C9"/>
+    <w:rsid w:val="003D38D8"/>
+    <w:rsid w:val="003D3E7C"/>
+    <w:rsid w:val="003D4188"/>
+    <w:rsid w:val="003D42E3"/>
+    <w:rsid w:val="003D4BD6"/>
+    <w:rsid w:val="003D51DC"/>
+    <w:rsid w:val="003D703B"/>
+    <w:rsid w:val="003D7997"/>
+    <w:rsid w:val="003D7BEB"/>
+    <w:rsid w:val="003E073D"/>
+    <w:rsid w:val="003E0D91"/>
+    <w:rsid w:val="003E1A9F"/>
+    <w:rsid w:val="003E2A4C"/>
+    <w:rsid w:val="003E6162"/>
+    <w:rsid w:val="003F0145"/>
+    <w:rsid w:val="003F0484"/>
+    <w:rsid w:val="003F1EB6"/>
+    <w:rsid w:val="003F2345"/>
+    <w:rsid w:val="003F499F"/>
+    <w:rsid w:val="003F4E5F"/>
+    <w:rsid w:val="003F608D"/>
+    <w:rsid w:val="003F64A9"/>
+    <w:rsid w:val="003F6764"/>
+    <w:rsid w:val="003F7147"/>
+    <w:rsid w:val="003F7AD7"/>
+    <w:rsid w:val="00400635"/>
+    <w:rsid w:val="00401840"/>
+    <w:rsid w:val="00402436"/>
+    <w:rsid w:val="00403449"/>
+    <w:rsid w:val="00404742"/>
+    <w:rsid w:val="0040651B"/>
+    <w:rsid w:val="00410682"/>
+    <w:rsid w:val="0041265B"/>
+    <w:rsid w:val="00413F0A"/>
+    <w:rsid w:val="00414858"/>
+    <w:rsid w:val="00414F68"/>
+    <w:rsid w:val="00415D2F"/>
+    <w:rsid w:val="00417854"/>
+    <w:rsid w:val="00420EB6"/>
+    <w:rsid w:val="00422A7E"/>
+    <w:rsid w:val="00423354"/>
+    <w:rsid w:val="004233AD"/>
+    <w:rsid w:val="0042380D"/>
+    <w:rsid w:val="00423E00"/>
+    <w:rsid w:val="004243C4"/>
+    <w:rsid w:val="00424C48"/>
+    <w:rsid w:val="00424D85"/>
+    <w:rsid w:val="004264D1"/>
+    <w:rsid w:val="00426CB9"/>
+    <w:rsid w:val="00427189"/>
+    <w:rsid w:val="00431633"/>
+    <w:rsid w:val="00432B0E"/>
+    <w:rsid w:val="00432B85"/>
+    <w:rsid w:val="00433584"/>
+    <w:rsid w:val="00434072"/>
+    <w:rsid w:val="004342B5"/>
+    <w:rsid w:val="00435EAE"/>
+    <w:rsid w:val="00441DE6"/>
+    <w:rsid w:val="00445DD9"/>
+    <w:rsid w:val="00447DE8"/>
+    <w:rsid w:val="00454205"/>
+    <w:rsid w:val="004568B6"/>
+    <w:rsid w:val="00462B5B"/>
+    <w:rsid w:val="00462CF7"/>
+    <w:rsid w:val="0046550B"/>
+    <w:rsid w:val="0046771B"/>
+    <w:rsid w:val="00467F74"/>
+    <w:rsid w:val="00472777"/>
+    <w:rsid w:val="00473830"/>
+    <w:rsid w:val="00473E5E"/>
+    <w:rsid w:val="00474B7F"/>
+    <w:rsid w:val="00475745"/>
+    <w:rsid w:val="0047658C"/>
+    <w:rsid w:val="00476DB0"/>
+    <w:rsid w:val="004773E0"/>
+    <w:rsid w:val="004810D9"/>
+    <w:rsid w:val="0048194C"/>
+    <w:rsid w:val="004827DE"/>
+    <w:rsid w:val="00482B0E"/>
+    <w:rsid w:val="004837FB"/>
+    <w:rsid w:val="0048485F"/>
+    <w:rsid w:val="00485E6A"/>
+    <w:rsid w:val="00485F05"/>
+    <w:rsid w:val="0048641A"/>
+    <w:rsid w:val="0048661F"/>
+    <w:rsid w:val="00490084"/>
+    <w:rsid w:val="0049154B"/>
+    <w:rsid w:val="00493942"/>
+    <w:rsid w:val="00494B31"/>
+    <w:rsid w:val="0049538D"/>
+    <w:rsid w:val="00496C83"/>
+    <w:rsid w:val="00497A4C"/>
+    <w:rsid w:val="00497CC8"/>
+    <w:rsid w:val="00497E87"/>
+    <w:rsid w:val="004A05C0"/>
+    <w:rsid w:val="004A103C"/>
+    <w:rsid w:val="004A110E"/>
+    <w:rsid w:val="004A1B2A"/>
+    <w:rsid w:val="004A364B"/>
+    <w:rsid w:val="004A4882"/>
+    <w:rsid w:val="004A4FF8"/>
+    <w:rsid w:val="004A75B7"/>
+    <w:rsid w:val="004B03A3"/>
+    <w:rsid w:val="004B09E5"/>
+    <w:rsid w:val="004B0C68"/>
+    <w:rsid w:val="004B0C77"/>
+    <w:rsid w:val="004B259C"/>
+    <w:rsid w:val="004B3DB9"/>
+    <w:rsid w:val="004B5DE6"/>
+    <w:rsid w:val="004B7034"/>
+    <w:rsid w:val="004C2253"/>
+    <w:rsid w:val="004C2BB7"/>
+    <w:rsid w:val="004C366B"/>
+    <w:rsid w:val="004C46FF"/>
+    <w:rsid w:val="004C526D"/>
+    <w:rsid w:val="004C560A"/>
+    <w:rsid w:val="004C5E89"/>
+    <w:rsid w:val="004C6631"/>
+    <w:rsid w:val="004C7CE3"/>
+    <w:rsid w:val="004D05BE"/>
+    <w:rsid w:val="004D1948"/>
+    <w:rsid w:val="004E21EE"/>
+    <w:rsid w:val="004E4840"/>
+    <w:rsid w:val="004E4D87"/>
+    <w:rsid w:val="004E5613"/>
+    <w:rsid w:val="004E5F84"/>
+    <w:rsid w:val="004E7EB2"/>
+    <w:rsid w:val="004F0416"/>
+    <w:rsid w:val="004F245E"/>
+    <w:rsid w:val="004F28BC"/>
+    <w:rsid w:val="004F2F1D"/>
+    <w:rsid w:val="004F4869"/>
+    <w:rsid w:val="004F638D"/>
+    <w:rsid w:val="00500409"/>
+    <w:rsid w:val="005020DE"/>
+    <w:rsid w:val="005024F4"/>
+    <w:rsid w:val="00502A82"/>
+    <w:rsid w:val="005030FC"/>
+    <w:rsid w:val="0050471D"/>
+    <w:rsid w:val="00512BE1"/>
+    <w:rsid w:val="00512C56"/>
+    <w:rsid w:val="00513DB5"/>
+    <w:rsid w:val="00514285"/>
+    <w:rsid w:val="005142C2"/>
+    <w:rsid w:val="00515191"/>
+    <w:rsid w:val="00515711"/>
+    <w:rsid w:val="00515F0F"/>
+    <w:rsid w:val="00516200"/>
+    <w:rsid w:val="005223BE"/>
+    <w:rsid w:val="00522648"/>
+    <w:rsid w:val="00522ABB"/>
+    <w:rsid w:val="00522FB2"/>
+    <w:rsid w:val="00524111"/>
+    <w:rsid w:val="005244FB"/>
+    <w:rsid w:val="00524B3A"/>
+    <w:rsid w:val="00524EC9"/>
+    <w:rsid w:val="00525CA4"/>
+    <w:rsid w:val="0052745F"/>
+    <w:rsid w:val="0052770F"/>
+    <w:rsid w:val="00527E78"/>
+    <w:rsid w:val="00530E30"/>
+    <w:rsid w:val="005343E6"/>
+    <w:rsid w:val="005354C1"/>
+    <w:rsid w:val="0053623B"/>
+    <w:rsid w:val="00536F50"/>
+    <w:rsid w:val="005405BD"/>
+    <w:rsid w:val="0054220D"/>
+    <w:rsid w:val="005431BE"/>
+    <w:rsid w:val="00543C1B"/>
+    <w:rsid w:val="00544826"/>
+    <w:rsid w:val="0054517A"/>
+    <w:rsid w:val="00550D0B"/>
+    <w:rsid w:val="0055153E"/>
+    <w:rsid w:val="0055342C"/>
+    <w:rsid w:val="00554CDF"/>
+    <w:rsid w:val="00555501"/>
+    <w:rsid w:val="005565B2"/>
+    <w:rsid w:val="00556719"/>
+    <w:rsid w:val="00556B76"/>
+    <w:rsid w:val="0055740E"/>
+    <w:rsid w:val="005636D5"/>
+    <w:rsid w:val="0056440A"/>
+    <w:rsid w:val="005650BB"/>
+    <w:rsid w:val="005663EA"/>
+    <w:rsid w:val="0056652F"/>
+    <w:rsid w:val="005708FE"/>
+    <w:rsid w:val="00571788"/>
+    <w:rsid w:val="00571A9B"/>
+    <w:rsid w:val="00571E9F"/>
+    <w:rsid w:val="00576B03"/>
+    <w:rsid w:val="005823E1"/>
+    <w:rsid w:val="00582ED6"/>
+    <w:rsid w:val="0058476F"/>
+    <w:rsid w:val="00584775"/>
+    <w:rsid w:val="00586C5E"/>
+    <w:rsid w:val="00587557"/>
+    <w:rsid w:val="00587DEE"/>
+    <w:rsid w:val="00591811"/>
+    <w:rsid w:val="00592FFB"/>
+    <w:rsid w:val="00593FA9"/>
+    <w:rsid w:val="0059415F"/>
+    <w:rsid w:val="005948ED"/>
+    <w:rsid w:val="005951E3"/>
+    <w:rsid w:val="0059568E"/>
+    <w:rsid w:val="005956FD"/>
+    <w:rsid w:val="0059652D"/>
+    <w:rsid w:val="005972DA"/>
+    <w:rsid w:val="005A0258"/>
+    <w:rsid w:val="005A1486"/>
+    <w:rsid w:val="005A1CF3"/>
+    <w:rsid w:val="005A6461"/>
+    <w:rsid w:val="005B2B90"/>
+    <w:rsid w:val="005B2E3E"/>
+    <w:rsid w:val="005B2E43"/>
+    <w:rsid w:val="005B5AA9"/>
+    <w:rsid w:val="005B6F84"/>
+    <w:rsid w:val="005B7DED"/>
+    <w:rsid w:val="005C17CC"/>
+    <w:rsid w:val="005C38BD"/>
+    <w:rsid w:val="005C7A45"/>
+    <w:rsid w:val="005C7D15"/>
+    <w:rsid w:val="005D085D"/>
+    <w:rsid w:val="005D17F6"/>
+    <w:rsid w:val="005D321A"/>
+    <w:rsid w:val="005D3611"/>
+    <w:rsid w:val="005D40D9"/>
+    <w:rsid w:val="005E1F7C"/>
+    <w:rsid w:val="005E2EEE"/>
+    <w:rsid w:val="005E5347"/>
+    <w:rsid w:val="005F0420"/>
+    <w:rsid w:val="005F175F"/>
+    <w:rsid w:val="005F1A04"/>
+    <w:rsid w:val="005F1AD8"/>
+    <w:rsid w:val="005F2DE3"/>
+    <w:rsid w:val="005F520A"/>
+    <w:rsid w:val="00600106"/>
+    <w:rsid w:val="0060052C"/>
+    <w:rsid w:val="00601D4C"/>
+    <w:rsid w:val="0060303A"/>
+    <w:rsid w:val="006031E9"/>
+    <w:rsid w:val="0060434B"/>
+    <w:rsid w:val="006043E7"/>
+    <w:rsid w:val="0060493A"/>
+    <w:rsid w:val="00605E24"/>
+    <w:rsid w:val="00605EB4"/>
+    <w:rsid w:val="006119AC"/>
+    <w:rsid w:val="00613A01"/>
+    <w:rsid w:val="00613B4A"/>
+    <w:rsid w:val="006147A9"/>
+    <w:rsid w:val="00615936"/>
+    <w:rsid w:val="006176B2"/>
+    <w:rsid w:val="00617A5C"/>
+    <w:rsid w:val="00624B79"/>
+    <w:rsid w:val="00630316"/>
+    <w:rsid w:val="00630DEA"/>
+    <w:rsid w:val="0063129B"/>
+    <w:rsid w:val="006323CB"/>
+    <w:rsid w:val="0063416A"/>
+    <w:rsid w:val="00634CA3"/>
+    <w:rsid w:val="00636907"/>
+    <w:rsid w:val="00636BD2"/>
+    <w:rsid w:val="006372C5"/>
+    <w:rsid w:val="00640296"/>
+    <w:rsid w:val="0064327C"/>
+    <w:rsid w:val="0064360D"/>
+    <w:rsid w:val="006450D8"/>
+    <w:rsid w:val="006452BA"/>
+    <w:rsid w:val="00646D09"/>
+    <w:rsid w:val="00646D2F"/>
+    <w:rsid w:val="00651CD9"/>
+    <w:rsid w:val="00653B3D"/>
+    <w:rsid w:val="00654104"/>
+    <w:rsid w:val="00654502"/>
+    <w:rsid w:val="006561C0"/>
+    <w:rsid w:val="00657D72"/>
+    <w:rsid w:val="00660DC2"/>
+    <w:rsid w:val="00662884"/>
+    <w:rsid w:val="00663FDE"/>
+    <w:rsid w:val="00664185"/>
+    <w:rsid w:val="00664E13"/>
+    <w:rsid w:val="00665055"/>
+    <w:rsid w:val="0066505A"/>
+    <w:rsid w:val="00665C61"/>
+    <w:rsid w:val="00670599"/>
+    <w:rsid w:val="00671E32"/>
+    <w:rsid w:val="0067375A"/>
+    <w:rsid w:val="00674F47"/>
+    <w:rsid w:val="00675999"/>
+    <w:rsid w:val="00676181"/>
+    <w:rsid w:val="00684803"/>
+    <w:rsid w:val="00684DA0"/>
+    <w:rsid w:val="00684E7A"/>
+    <w:rsid w:val="00690BFE"/>
+    <w:rsid w:val="00692ACD"/>
+    <w:rsid w:val="00692DFA"/>
+    <w:rsid w:val="0069367A"/>
+    <w:rsid w:val="006941D1"/>
+    <w:rsid w:val="00696301"/>
+    <w:rsid w:val="00696B18"/>
+    <w:rsid w:val="006A057F"/>
+    <w:rsid w:val="006A0A4C"/>
+    <w:rsid w:val="006A1C1A"/>
+    <w:rsid w:val="006A2D8D"/>
+    <w:rsid w:val="006A4DC6"/>
+    <w:rsid w:val="006A52C2"/>
+    <w:rsid w:val="006A5B18"/>
+    <w:rsid w:val="006A6651"/>
+    <w:rsid w:val="006B0E53"/>
+    <w:rsid w:val="006B270C"/>
+    <w:rsid w:val="006B3399"/>
+    <w:rsid w:val="006B351B"/>
+    <w:rsid w:val="006B66EE"/>
+    <w:rsid w:val="006C0879"/>
+    <w:rsid w:val="006C0E99"/>
+    <w:rsid w:val="006C1279"/>
+    <w:rsid w:val="006C3078"/>
+    <w:rsid w:val="006C3C03"/>
+    <w:rsid w:val="006C740F"/>
+    <w:rsid w:val="006D1C54"/>
+    <w:rsid w:val="006D38F7"/>
+    <w:rsid w:val="006E074A"/>
+    <w:rsid w:val="006E0F3A"/>
+    <w:rsid w:val="006E32A4"/>
+    <w:rsid w:val="006E39DA"/>
+    <w:rsid w:val="006E52C7"/>
+    <w:rsid w:val="006E57D8"/>
+    <w:rsid w:val="006E65E5"/>
+    <w:rsid w:val="006F1D93"/>
+    <w:rsid w:val="006F200D"/>
+    <w:rsid w:val="006F30B1"/>
+    <w:rsid w:val="006F3CB0"/>
+    <w:rsid w:val="006F4D24"/>
+    <w:rsid w:val="006F6EFF"/>
+    <w:rsid w:val="006F7027"/>
+    <w:rsid w:val="006F7063"/>
+    <w:rsid w:val="00702828"/>
+    <w:rsid w:val="007029A2"/>
+    <w:rsid w:val="0070323D"/>
+    <w:rsid w:val="00704E9B"/>
+    <w:rsid w:val="00705708"/>
+    <w:rsid w:val="00705FD1"/>
+    <w:rsid w:val="0070627C"/>
+    <w:rsid w:val="007064B3"/>
+    <w:rsid w:val="00706729"/>
+    <w:rsid w:val="00710D7B"/>
+    <w:rsid w:val="007113B0"/>
+    <w:rsid w:val="00712A28"/>
+    <w:rsid w:val="00712E87"/>
+    <w:rsid w:val="00714ABF"/>
+    <w:rsid w:val="00714F08"/>
+    <w:rsid w:val="00715858"/>
+    <w:rsid w:val="00720ABC"/>
+    <w:rsid w:val="007213A3"/>
+    <w:rsid w:val="0072425C"/>
+    <w:rsid w:val="007242FD"/>
+    <w:rsid w:val="007265FC"/>
+    <w:rsid w:val="00726D2D"/>
+    <w:rsid w:val="00727E41"/>
+    <w:rsid w:val="007302DF"/>
+    <w:rsid w:val="00731CDE"/>
+    <w:rsid w:val="00731E89"/>
+    <w:rsid w:val="00731EC6"/>
+    <w:rsid w:val="007327DD"/>
+    <w:rsid w:val="00734CF6"/>
+    <w:rsid w:val="007363E6"/>
+    <w:rsid w:val="0073763A"/>
+    <w:rsid w:val="0074146D"/>
+    <w:rsid w:val="007427DD"/>
+    <w:rsid w:val="007428DB"/>
+    <w:rsid w:val="00743FCE"/>
+    <w:rsid w:val="00745292"/>
+    <w:rsid w:val="00745CB4"/>
+    <w:rsid w:val="00746BB7"/>
+    <w:rsid w:val="00752940"/>
+    <w:rsid w:val="00752E2A"/>
+    <w:rsid w:val="00754D1F"/>
+    <w:rsid w:val="00756336"/>
+    <w:rsid w:val="00757628"/>
+    <w:rsid w:val="00757A1A"/>
+    <w:rsid w:val="007602C8"/>
+    <w:rsid w:val="00760E2A"/>
+    <w:rsid w:val="00761F87"/>
+    <w:rsid w:val="00762DAE"/>
+    <w:rsid w:val="007636EC"/>
+    <w:rsid w:val="00763BE4"/>
+    <w:rsid w:val="007642D1"/>
+    <w:rsid w:val="007655EC"/>
+    <w:rsid w:val="00765A24"/>
+    <w:rsid w:val="00765C85"/>
+    <w:rsid w:val="00766627"/>
+    <w:rsid w:val="007668D7"/>
+    <w:rsid w:val="00766C0D"/>
+    <w:rsid w:val="00766C73"/>
+    <w:rsid w:val="00766D5B"/>
+    <w:rsid w:val="00767292"/>
+    <w:rsid w:val="00772F1D"/>
+    <w:rsid w:val="007764EB"/>
+    <w:rsid w:val="007765B0"/>
+    <w:rsid w:val="007773B9"/>
+    <w:rsid w:val="007806C6"/>
+    <w:rsid w:val="00780DA8"/>
+    <w:rsid w:val="007817F7"/>
+    <w:rsid w:val="00784191"/>
+    <w:rsid w:val="00784A51"/>
+    <w:rsid w:val="007862F4"/>
+    <w:rsid w:val="007863E2"/>
+    <w:rsid w:val="00790CBC"/>
+    <w:rsid w:val="007911B1"/>
+    <w:rsid w:val="00791AC8"/>
+    <w:rsid w:val="00792866"/>
+    <w:rsid w:val="0079417E"/>
+    <w:rsid w:val="00794AB7"/>
+    <w:rsid w:val="00795FC7"/>
+    <w:rsid w:val="007A44B0"/>
+    <w:rsid w:val="007A4DB0"/>
+    <w:rsid w:val="007A4E54"/>
+    <w:rsid w:val="007A5101"/>
+    <w:rsid w:val="007A6E56"/>
+    <w:rsid w:val="007B00AD"/>
+    <w:rsid w:val="007B0EA9"/>
+    <w:rsid w:val="007B1246"/>
+    <w:rsid w:val="007B2EC7"/>
+    <w:rsid w:val="007B2EFE"/>
+    <w:rsid w:val="007B4836"/>
+    <w:rsid w:val="007B4FD8"/>
+    <w:rsid w:val="007B53E5"/>
+    <w:rsid w:val="007B5831"/>
+    <w:rsid w:val="007B58A5"/>
+    <w:rsid w:val="007B6AF0"/>
+    <w:rsid w:val="007B6DB7"/>
+    <w:rsid w:val="007B705F"/>
+    <w:rsid w:val="007B72E2"/>
+    <w:rsid w:val="007B743E"/>
+    <w:rsid w:val="007C10CF"/>
+    <w:rsid w:val="007C2BD5"/>
+    <w:rsid w:val="007C3C1E"/>
+    <w:rsid w:val="007C400B"/>
+    <w:rsid w:val="007C5977"/>
+    <w:rsid w:val="007C5C93"/>
+    <w:rsid w:val="007C7E38"/>
+    <w:rsid w:val="007D3863"/>
+    <w:rsid w:val="007D47C6"/>
+    <w:rsid w:val="007D5093"/>
+    <w:rsid w:val="007D5284"/>
+    <w:rsid w:val="007D68C1"/>
+    <w:rsid w:val="007D79E6"/>
+    <w:rsid w:val="007E3E5F"/>
+    <w:rsid w:val="007E625E"/>
+    <w:rsid w:val="007E6F36"/>
+    <w:rsid w:val="007E7683"/>
+    <w:rsid w:val="007F25E4"/>
+    <w:rsid w:val="007F3C8E"/>
+    <w:rsid w:val="007F539A"/>
+    <w:rsid w:val="007F62D4"/>
+    <w:rsid w:val="007F73CA"/>
+    <w:rsid w:val="007F7FAC"/>
+    <w:rsid w:val="00800A92"/>
+    <w:rsid w:val="008016C1"/>
+    <w:rsid w:val="00801D19"/>
+    <w:rsid w:val="0080244D"/>
+    <w:rsid w:val="0080264D"/>
+    <w:rsid w:val="00802A77"/>
+    <w:rsid w:val="008036AB"/>
+    <w:rsid w:val="0080371D"/>
+    <w:rsid w:val="00803F0F"/>
+    <w:rsid w:val="008044C3"/>
+    <w:rsid w:val="00804525"/>
+    <w:rsid w:val="00804622"/>
+    <w:rsid w:val="00806CA3"/>
+    <w:rsid w:val="008076E5"/>
+    <w:rsid w:val="00811195"/>
+    <w:rsid w:val="00811B7E"/>
+    <w:rsid w:val="008125A6"/>
+    <w:rsid w:val="008125BB"/>
+    <w:rsid w:val="008129C1"/>
+    <w:rsid w:val="00814346"/>
+    <w:rsid w:val="00814EC7"/>
+    <w:rsid w:val="00815021"/>
+    <w:rsid w:val="0081603F"/>
+    <w:rsid w:val="00816298"/>
+    <w:rsid w:val="0081675C"/>
+    <w:rsid w:val="00816D29"/>
+    <w:rsid w:val="00817FDE"/>
+    <w:rsid w:val="008235B1"/>
+    <w:rsid w:val="0082456A"/>
+    <w:rsid w:val="00824D5A"/>
+    <w:rsid w:val="0082632B"/>
+    <w:rsid w:val="0082795A"/>
+    <w:rsid w:val="0083169E"/>
+    <w:rsid w:val="00831C3E"/>
+    <w:rsid w:val="008323BF"/>
+    <w:rsid w:val="00832412"/>
+    <w:rsid w:val="00834888"/>
+    <w:rsid w:val="00835E46"/>
+    <w:rsid w:val="00837331"/>
+    <w:rsid w:val="00840893"/>
+    <w:rsid w:val="008424AF"/>
+    <w:rsid w:val="008435F5"/>
+    <w:rsid w:val="008440FA"/>
+    <w:rsid w:val="0084432A"/>
+    <w:rsid w:val="0084670B"/>
+    <w:rsid w:val="0084735B"/>
+    <w:rsid w:val="00851971"/>
+    <w:rsid w:val="00851CF5"/>
+    <w:rsid w:val="00852323"/>
+    <w:rsid w:val="00860FC1"/>
+    <w:rsid w:val="00860FC2"/>
+    <w:rsid w:val="00861DD4"/>
+    <w:rsid w:val="00862C8C"/>
+    <w:rsid w:val="00864335"/>
+    <w:rsid w:val="008647F2"/>
+    <w:rsid w:val="008703A9"/>
+    <w:rsid w:val="00870BB2"/>
+    <w:rsid w:val="00871522"/>
+    <w:rsid w:val="008715F3"/>
+    <w:rsid w:val="00873AF9"/>
+    <w:rsid w:val="00873DCB"/>
+    <w:rsid w:val="00875EAE"/>
+    <w:rsid w:val="008766D7"/>
+    <w:rsid w:val="0087715F"/>
+    <w:rsid w:val="00877A8A"/>
+    <w:rsid w:val="008823B6"/>
+    <w:rsid w:val="00882FC2"/>
+    <w:rsid w:val="00886A0B"/>
+    <w:rsid w:val="008901A9"/>
+    <w:rsid w:val="00893750"/>
+    <w:rsid w:val="00893B82"/>
+    <w:rsid w:val="00893C21"/>
+    <w:rsid w:val="00893CC2"/>
+    <w:rsid w:val="00895128"/>
+    <w:rsid w:val="00897743"/>
+    <w:rsid w:val="008A0005"/>
+    <w:rsid w:val="008A053A"/>
+    <w:rsid w:val="008A13DF"/>
+    <w:rsid w:val="008A41DE"/>
+    <w:rsid w:val="008A5826"/>
+    <w:rsid w:val="008A682E"/>
+    <w:rsid w:val="008A6BE0"/>
+    <w:rsid w:val="008A7373"/>
+    <w:rsid w:val="008B1692"/>
+    <w:rsid w:val="008B1C2E"/>
+    <w:rsid w:val="008B31CC"/>
+    <w:rsid w:val="008B4B57"/>
+    <w:rsid w:val="008B564A"/>
+    <w:rsid w:val="008B5A32"/>
+    <w:rsid w:val="008B631F"/>
+    <w:rsid w:val="008B6B2A"/>
+    <w:rsid w:val="008C0049"/>
+    <w:rsid w:val="008C2F7E"/>
+    <w:rsid w:val="008C35D6"/>
+    <w:rsid w:val="008C41F6"/>
+    <w:rsid w:val="008C75C7"/>
+    <w:rsid w:val="008C7BEB"/>
+    <w:rsid w:val="008C7F8E"/>
+    <w:rsid w:val="008D31AF"/>
+    <w:rsid w:val="008D54DF"/>
+    <w:rsid w:val="008D6C84"/>
+    <w:rsid w:val="008E2669"/>
+    <w:rsid w:val="008E30FD"/>
+    <w:rsid w:val="008E4568"/>
+    <w:rsid w:val="008E466A"/>
+    <w:rsid w:val="008E5C88"/>
+    <w:rsid w:val="008E601E"/>
+    <w:rsid w:val="008E63FF"/>
+    <w:rsid w:val="008E79D2"/>
+    <w:rsid w:val="008F0D57"/>
+    <w:rsid w:val="008F1679"/>
+    <w:rsid w:val="008F2CC6"/>
+    <w:rsid w:val="008F3747"/>
+    <w:rsid w:val="008F3DCA"/>
+    <w:rsid w:val="008F40D0"/>
+    <w:rsid w:val="008F5FE0"/>
+    <w:rsid w:val="008F795D"/>
+    <w:rsid w:val="00900A6E"/>
+    <w:rsid w:val="00901562"/>
+    <w:rsid w:val="00902F90"/>
+    <w:rsid w:val="00905111"/>
+    <w:rsid w:val="00907B94"/>
+    <w:rsid w:val="00910273"/>
+    <w:rsid w:val="00910E59"/>
+    <w:rsid w:val="00913142"/>
+    <w:rsid w:val="009131CF"/>
+    <w:rsid w:val="0091437E"/>
+    <w:rsid w:val="00914FF9"/>
+    <w:rsid w:val="009161CB"/>
+    <w:rsid w:val="0091627A"/>
+    <w:rsid w:val="009212E1"/>
+    <w:rsid w:val="009218BC"/>
+    <w:rsid w:val="00924799"/>
+    <w:rsid w:val="00927180"/>
+    <w:rsid w:val="009271F8"/>
+    <w:rsid w:val="009277BC"/>
+    <w:rsid w:val="00927957"/>
+    <w:rsid w:val="00931ABA"/>
+    <w:rsid w:val="00935A62"/>
+    <w:rsid w:val="00935ADD"/>
+    <w:rsid w:val="00935CF0"/>
+    <w:rsid w:val="00937647"/>
+    <w:rsid w:val="00937A31"/>
+    <w:rsid w:val="0094272E"/>
+    <w:rsid w:val="00943790"/>
+    <w:rsid w:val="00944528"/>
+    <w:rsid w:val="0094547A"/>
+    <w:rsid w:val="0094639E"/>
+    <w:rsid w:val="00946465"/>
+    <w:rsid w:val="00955EE1"/>
+    <w:rsid w:val="009576BD"/>
+    <w:rsid w:val="009600C2"/>
+    <w:rsid w:val="00961343"/>
+    <w:rsid w:val="00962995"/>
+    <w:rsid w:val="00962BA7"/>
+    <w:rsid w:val="009645C5"/>
+    <w:rsid w:val="00964E91"/>
+    <w:rsid w:val="009665CF"/>
+    <w:rsid w:val="0097056C"/>
+    <w:rsid w:val="00971826"/>
+    <w:rsid w:val="009719C3"/>
+    <w:rsid w:val="00971F1C"/>
+    <w:rsid w:val="009725E3"/>
+    <w:rsid w:val="00975188"/>
+    <w:rsid w:val="009756C1"/>
+    <w:rsid w:val="0097653D"/>
+    <w:rsid w:val="00977586"/>
+    <w:rsid w:val="00982575"/>
+    <w:rsid w:val="00983431"/>
+    <w:rsid w:val="00984F87"/>
+    <w:rsid w:val="00985534"/>
+    <w:rsid w:val="00990B65"/>
+    <w:rsid w:val="00990CBE"/>
+    <w:rsid w:val="0099342B"/>
+    <w:rsid w:val="009946CD"/>
+    <w:rsid w:val="0099679E"/>
+    <w:rsid w:val="009A2040"/>
+    <w:rsid w:val="009A221B"/>
+    <w:rsid w:val="009A2E5E"/>
+    <w:rsid w:val="009A3446"/>
+    <w:rsid w:val="009B1E6F"/>
+    <w:rsid w:val="009B26BA"/>
+    <w:rsid w:val="009B2A9F"/>
+    <w:rsid w:val="009B3478"/>
+    <w:rsid w:val="009B361F"/>
+    <w:rsid w:val="009B4522"/>
+    <w:rsid w:val="009B5783"/>
+    <w:rsid w:val="009C13FC"/>
+    <w:rsid w:val="009C2466"/>
+    <w:rsid w:val="009C2C63"/>
+    <w:rsid w:val="009C3749"/>
+    <w:rsid w:val="009C3FA9"/>
+    <w:rsid w:val="009C4257"/>
+    <w:rsid w:val="009C52B9"/>
+    <w:rsid w:val="009C5723"/>
+    <w:rsid w:val="009C6B2E"/>
+    <w:rsid w:val="009C7DA9"/>
+    <w:rsid w:val="009D0F66"/>
+    <w:rsid w:val="009D2891"/>
+    <w:rsid w:val="009D6F1F"/>
+    <w:rsid w:val="009D77F6"/>
+    <w:rsid w:val="009E07D6"/>
+    <w:rsid w:val="009E08FF"/>
+    <w:rsid w:val="009E11DD"/>
+    <w:rsid w:val="009E3D19"/>
+    <w:rsid w:val="009E3DFA"/>
+    <w:rsid w:val="009E4232"/>
+    <w:rsid w:val="009E44AF"/>
+    <w:rsid w:val="009E45A3"/>
+    <w:rsid w:val="009E5A78"/>
+    <w:rsid w:val="009F0638"/>
+    <w:rsid w:val="009F1369"/>
+    <w:rsid w:val="009F16DA"/>
+    <w:rsid w:val="009F2327"/>
+    <w:rsid w:val="009F2F77"/>
+    <w:rsid w:val="009F4AC7"/>
+    <w:rsid w:val="009F4D9B"/>
+    <w:rsid w:val="009F627E"/>
+    <w:rsid w:val="009F6A3D"/>
+    <w:rsid w:val="009F6F16"/>
+    <w:rsid w:val="00A00156"/>
+    <w:rsid w:val="00A00A14"/>
+    <w:rsid w:val="00A00BE8"/>
+    <w:rsid w:val="00A01174"/>
+    <w:rsid w:val="00A01C93"/>
+    <w:rsid w:val="00A0271E"/>
+    <w:rsid w:val="00A034B2"/>
+    <w:rsid w:val="00A06B2E"/>
+    <w:rsid w:val="00A11FDD"/>
+    <w:rsid w:val="00A123E1"/>
+    <w:rsid w:val="00A13CB0"/>
+    <w:rsid w:val="00A140D5"/>
+    <w:rsid w:val="00A15E5F"/>
+    <w:rsid w:val="00A1609B"/>
+    <w:rsid w:val="00A161EF"/>
+    <w:rsid w:val="00A179CC"/>
+    <w:rsid w:val="00A21141"/>
+    <w:rsid w:val="00A21EF3"/>
+    <w:rsid w:val="00A264AD"/>
+    <w:rsid w:val="00A26E2C"/>
+    <w:rsid w:val="00A306A4"/>
+    <w:rsid w:val="00A308A4"/>
+    <w:rsid w:val="00A31C6D"/>
+    <w:rsid w:val="00A3465C"/>
+    <w:rsid w:val="00A34849"/>
+    <w:rsid w:val="00A34C39"/>
+    <w:rsid w:val="00A3579A"/>
+    <w:rsid w:val="00A35E4F"/>
+    <w:rsid w:val="00A413FB"/>
+    <w:rsid w:val="00A41A16"/>
+    <w:rsid w:val="00A41AB2"/>
+    <w:rsid w:val="00A45F7D"/>
+    <w:rsid w:val="00A46AE5"/>
+    <w:rsid w:val="00A478E8"/>
+    <w:rsid w:val="00A50D27"/>
+    <w:rsid w:val="00A5240E"/>
+    <w:rsid w:val="00A52879"/>
+    <w:rsid w:val="00A5347A"/>
+    <w:rsid w:val="00A5391E"/>
+    <w:rsid w:val="00A54323"/>
+    <w:rsid w:val="00A54B6D"/>
+    <w:rsid w:val="00A554FF"/>
+    <w:rsid w:val="00A555BD"/>
+    <w:rsid w:val="00A55A06"/>
+    <w:rsid w:val="00A55C72"/>
+    <w:rsid w:val="00A5670C"/>
+    <w:rsid w:val="00A57359"/>
+    <w:rsid w:val="00A57390"/>
+    <w:rsid w:val="00A6082D"/>
+    <w:rsid w:val="00A60989"/>
+    <w:rsid w:val="00A613AD"/>
+    <w:rsid w:val="00A6339F"/>
+    <w:rsid w:val="00A64B4F"/>
+    <w:rsid w:val="00A6537A"/>
+    <w:rsid w:val="00A66148"/>
+    <w:rsid w:val="00A668FC"/>
+    <w:rsid w:val="00A675E2"/>
+    <w:rsid w:val="00A72562"/>
+    <w:rsid w:val="00A74DB6"/>
+    <w:rsid w:val="00A74E71"/>
+    <w:rsid w:val="00A75686"/>
+    <w:rsid w:val="00A7704C"/>
+    <w:rsid w:val="00A80207"/>
+    <w:rsid w:val="00A8183E"/>
+    <w:rsid w:val="00A822DC"/>
+    <w:rsid w:val="00A82EE6"/>
+    <w:rsid w:val="00A83F70"/>
+    <w:rsid w:val="00A84701"/>
+    <w:rsid w:val="00A84D4B"/>
+    <w:rsid w:val="00A86630"/>
+    <w:rsid w:val="00A90499"/>
+    <w:rsid w:val="00A91AC7"/>
+    <w:rsid w:val="00A93565"/>
+    <w:rsid w:val="00A93988"/>
+    <w:rsid w:val="00A9456D"/>
+    <w:rsid w:val="00A95C65"/>
+    <w:rsid w:val="00A95CBA"/>
+    <w:rsid w:val="00A95F02"/>
+    <w:rsid w:val="00A96C6F"/>
+    <w:rsid w:val="00A97E1E"/>
+    <w:rsid w:val="00AA1665"/>
+    <w:rsid w:val="00AA3234"/>
+    <w:rsid w:val="00AA6011"/>
+    <w:rsid w:val="00AA74BA"/>
+    <w:rsid w:val="00AB1327"/>
+    <w:rsid w:val="00AB2B90"/>
+    <w:rsid w:val="00AB2EAD"/>
+    <w:rsid w:val="00AB3E83"/>
+    <w:rsid w:val="00AB566D"/>
+    <w:rsid w:val="00AB704E"/>
+    <w:rsid w:val="00AC0978"/>
+    <w:rsid w:val="00AC1646"/>
+    <w:rsid w:val="00AC215A"/>
+    <w:rsid w:val="00AC3468"/>
+    <w:rsid w:val="00AC4E89"/>
+    <w:rsid w:val="00AC5EAA"/>
+    <w:rsid w:val="00AC6E68"/>
+    <w:rsid w:val="00AC767F"/>
+    <w:rsid w:val="00AC7BE0"/>
+    <w:rsid w:val="00AD13D7"/>
+    <w:rsid w:val="00AD2DF1"/>
+    <w:rsid w:val="00AD4665"/>
+    <w:rsid w:val="00AD57CC"/>
+    <w:rsid w:val="00AD6081"/>
+    <w:rsid w:val="00AD65E0"/>
+    <w:rsid w:val="00AD7764"/>
+    <w:rsid w:val="00AE0030"/>
+    <w:rsid w:val="00AE03AD"/>
+    <w:rsid w:val="00AE0AC8"/>
+    <w:rsid w:val="00AE1D94"/>
+    <w:rsid w:val="00AE2516"/>
+    <w:rsid w:val="00AE5432"/>
+    <w:rsid w:val="00AE5591"/>
+    <w:rsid w:val="00AE5780"/>
+    <w:rsid w:val="00AE6309"/>
+    <w:rsid w:val="00AE744B"/>
+    <w:rsid w:val="00AF0C85"/>
+    <w:rsid w:val="00AF10D0"/>
+    <w:rsid w:val="00AF2C90"/>
+    <w:rsid w:val="00AF3F3D"/>
+    <w:rsid w:val="00AF4334"/>
+    <w:rsid w:val="00AF7CD2"/>
+    <w:rsid w:val="00B048BC"/>
+    <w:rsid w:val="00B07452"/>
+    <w:rsid w:val="00B07959"/>
+    <w:rsid w:val="00B1052F"/>
+    <w:rsid w:val="00B10C05"/>
+    <w:rsid w:val="00B134F0"/>
+    <w:rsid w:val="00B13B5E"/>
+    <w:rsid w:val="00B141B8"/>
+    <w:rsid w:val="00B14826"/>
+    <w:rsid w:val="00B16E7D"/>
+    <w:rsid w:val="00B17EDB"/>
+    <w:rsid w:val="00B22AD7"/>
+    <w:rsid w:val="00B23B1E"/>
+    <w:rsid w:val="00B2536B"/>
+    <w:rsid w:val="00B27204"/>
+    <w:rsid w:val="00B30806"/>
+    <w:rsid w:val="00B31D84"/>
+    <w:rsid w:val="00B35770"/>
+    <w:rsid w:val="00B3606D"/>
+    <w:rsid w:val="00B370FD"/>
+    <w:rsid w:val="00B37374"/>
+    <w:rsid w:val="00B40C5F"/>
+    <w:rsid w:val="00B41F89"/>
+    <w:rsid w:val="00B4389B"/>
+    <w:rsid w:val="00B452AE"/>
+    <w:rsid w:val="00B5092E"/>
+    <w:rsid w:val="00B53A1C"/>
+    <w:rsid w:val="00B53A73"/>
+    <w:rsid w:val="00B53C9D"/>
+    <w:rsid w:val="00B55F4C"/>
+    <w:rsid w:val="00B6064B"/>
+    <w:rsid w:val="00B62B9C"/>
+    <w:rsid w:val="00B6322E"/>
+    <w:rsid w:val="00B63F21"/>
+    <w:rsid w:val="00B723B2"/>
+    <w:rsid w:val="00B7285A"/>
+    <w:rsid w:val="00B72E42"/>
+    <w:rsid w:val="00B730DD"/>
+    <w:rsid w:val="00B747FB"/>
+    <w:rsid w:val="00B7682F"/>
+    <w:rsid w:val="00B76ACC"/>
+    <w:rsid w:val="00B7758F"/>
+    <w:rsid w:val="00B77B48"/>
+    <w:rsid w:val="00B80F8D"/>
+    <w:rsid w:val="00B837C7"/>
+    <w:rsid w:val="00B84799"/>
+    <w:rsid w:val="00B86A0E"/>
+    <w:rsid w:val="00B8709F"/>
+    <w:rsid w:val="00B92012"/>
+    <w:rsid w:val="00B92587"/>
+    <w:rsid w:val="00B928F6"/>
+    <w:rsid w:val="00B937B6"/>
+    <w:rsid w:val="00B93E1F"/>
+    <w:rsid w:val="00B940A8"/>
+    <w:rsid w:val="00B946B0"/>
+    <w:rsid w:val="00B952E8"/>
+    <w:rsid w:val="00B956B7"/>
+    <w:rsid w:val="00B95C60"/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rsid w:val="00B967BD"/>
+    <w:rsid w:val="00B9696A"/>
+    <w:rsid w:val="00B97A9E"/>
+    <w:rsid w:val="00BA59CF"/>
+    <w:rsid w:val="00BB1019"/>
+    <w:rsid w:val="00BB12DC"/>
+    <w:rsid w:val="00BB16B3"/>
+    <w:rsid w:val="00BB21B7"/>
+    <w:rsid w:val="00BB2427"/>
+    <w:rsid w:val="00BB27E5"/>
+    <w:rsid w:val="00BB2AF0"/>
+    <w:rsid w:val="00BB30D5"/>
+    <w:rsid w:val="00BB34FC"/>
+    <w:rsid w:val="00BB3804"/>
+    <w:rsid w:val="00BB56EA"/>
+    <w:rsid w:val="00BB6ABD"/>
+    <w:rsid w:val="00BC02C1"/>
+    <w:rsid w:val="00BC0317"/>
+    <w:rsid w:val="00BC1224"/>
+    <w:rsid w:val="00BC2257"/>
+    <w:rsid w:val="00BD15D7"/>
+    <w:rsid w:val="00BD1740"/>
+    <w:rsid w:val="00BD1E5D"/>
+    <w:rsid w:val="00BD3CB6"/>
+    <w:rsid w:val="00BD3F7D"/>
+    <w:rsid w:val="00BD468F"/>
+    <w:rsid w:val="00BD4DD3"/>
+    <w:rsid w:val="00BD5DE1"/>
+    <w:rsid w:val="00BE1BAC"/>
+    <w:rsid w:val="00BE1DB1"/>
+    <w:rsid w:val="00BE3FB9"/>
+    <w:rsid w:val="00BE5AE5"/>
+    <w:rsid w:val="00BF27CF"/>
+    <w:rsid w:val="00BF30C7"/>
+    <w:rsid w:val="00BF3496"/>
+    <w:rsid w:val="00BF4151"/>
+    <w:rsid w:val="00BF4265"/>
+    <w:rsid w:val="00BF6B08"/>
+    <w:rsid w:val="00BF6D4D"/>
+    <w:rsid w:val="00BF724F"/>
+    <w:rsid w:val="00BF7CA2"/>
+    <w:rsid w:val="00C00987"/>
+    <w:rsid w:val="00C01637"/>
+    <w:rsid w:val="00C02B76"/>
+    <w:rsid w:val="00C036D8"/>
+    <w:rsid w:val="00C0382A"/>
+    <w:rsid w:val="00C0396F"/>
+    <w:rsid w:val="00C04D64"/>
+    <w:rsid w:val="00C06441"/>
+    <w:rsid w:val="00C066C7"/>
+    <w:rsid w:val="00C11049"/>
+    <w:rsid w:val="00C126C0"/>
+    <w:rsid w:val="00C1292B"/>
+    <w:rsid w:val="00C12F68"/>
+    <w:rsid w:val="00C13E05"/>
+    <w:rsid w:val="00C153FF"/>
+    <w:rsid w:val="00C15547"/>
+    <w:rsid w:val="00C16E6D"/>
+    <w:rsid w:val="00C20F6B"/>
+    <w:rsid w:val="00C24712"/>
+    <w:rsid w:val="00C24F8C"/>
+    <w:rsid w:val="00C25FB3"/>
+    <w:rsid w:val="00C26572"/>
+    <w:rsid w:val="00C30124"/>
+    <w:rsid w:val="00C30327"/>
+    <w:rsid w:val="00C31D63"/>
+    <w:rsid w:val="00C32699"/>
+    <w:rsid w:val="00C32AC4"/>
+    <w:rsid w:val="00C32D64"/>
+    <w:rsid w:val="00C331DD"/>
+    <w:rsid w:val="00C34052"/>
+    <w:rsid w:val="00C34A3B"/>
+    <w:rsid w:val="00C34E3D"/>
+    <w:rsid w:val="00C357A5"/>
+    <w:rsid w:val="00C3647F"/>
+    <w:rsid w:val="00C36AE0"/>
+    <w:rsid w:val="00C40F55"/>
+    <w:rsid w:val="00C422E3"/>
+    <w:rsid w:val="00C424DC"/>
+    <w:rsid w:val="00C43254"/>
+    <w:rsid w:val="00C435CC"/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:rsid w:val="00C4454A"/>
+    <w:rsid w:val="00C45B63"/>
+    <w:rsid w:val="00C45C15"/>
+    <w:rsid w:val="00C47A51"/>
+    <w:rsid w:val="00C51ECE"/>
+    <w:rsid w:val="00C52E37"/>
+    <w:rsid w:val="00C534D8"/>
+    <w:rsid w:val="00C5401C"/>
+    <w:rsid w:val="00C55413"/>
+    <w:rsid w:val="00C56078"/>
+    <w:rsid w:val="00C56ADA"/>
+    <w:rsid w:val="00C56C83"/>
+    <w:rsid w:val="00C56D85"/>
+    <w:rsid w:val="00C57921"/>
+    <w:rsid w:val="00C61077"/>
+    <w:rsid w:val="00C62D7F"/>
+    <w:rsid w:val="00C64616"/>
+    <w:rsid w:val="00C64EED"/>
+    <w:rsid w:val="00C6506E"/>
+    <w:rsid w:val="00C65888"/>
+    <w:rsid w:val="00C65C41"/>
+    <w:rsid w:val="00C66BF2"/>
+    <w:rsid w:val="00C67B31"/>
+    <w:rsid w:val="00C7206B"/>
+    <w:rsid w:val="00C75D9A"/>
+    <w:rsid w:val="00C801D2"/>
+    <w:rsid w:val="00C81565"/>
+    <w:rsid w:val="00C81ADC"/>
+    <w:rsid w:val="00C8467F"/>
+    <w:rsid w:val="00C84EEF"/>
+    <w:rsid w:val="00C862EE"/>
+    <w:rsid w:val="00C87A3B"/>
+    <w:rsid w:val="00C90371"/>
+    <w:rsid w:val="00C91CEB"/>
+    <w:rsid w:val="00C93BBD"/>
+    <w:rsid w:val="00C942FE"/>
+    <w:rsid w:val="00C94C24"/>
+    <w:rsid w:val="00CA03CB"/>
+    <w:rsid w:val="00CA098E"/>
+    <w:rsid w:val="00CA0AB0"/>
+    <w:rsid w:val="00CA2C1A"/>
+    <w:rsid w:val="00CA4EC0"/>
+    <w:rsid w:val="00CA5E9A"/>
+    <w:rsid w:val="00CA6504"/>
+    <w:rsid w:val="00CA7404"/>
+    <w:rsid w:val="00CB07E8"/>
+    <w:rsid w:val="00CB39B4"/>
+    <w:rsid w:val="00CB4365"/>
+    <w:rsid w:val="00CB45BA"/>
+    <w:rsid w:val="00CB6C12"/>
+    <w:rsid w:val="00CC0682"/>
+    <w:rsid w:val="00CC1A24"/>
+    <w:rsid w:val="00CC1DEC"/>
+    <w:rsid w:val="00CC2B7A"/>
+    <w:rsid w:val="00CC478A"/>
+    <w:rsid w:val="00CC61A6"/>
+    <w:rsid w:val="00CC6C2A"/>
+    <w:rsid w:val="00CD1532"/>
+    <w:rsid w:val="00CD2F93"/>
+    <w:rsid w:val="00CD3E66"/>
+    <w:rsid w:val="00CD5B93"/>
+    <w:rsid w:val="00CD6130"/>
+    <w:rsid w:val="00CE116E"/>
+    <w:rsid w:val="00CE2541"/>
+    <w:rsid w:val="00CE2C58"/>
+    <w:rsid w:val="00CE4BBA"/>
+    <w:rsid w:val="00CE5063"/>
+    <w:rsid w:val="00CE6AE2"/>
+    <w:rsid w:val="00CE7D01"/>
+    <w:rsid w:val="00CF1011"/>
+    <w:rsid w:val="00CF124E"/>
+    <w:rsid w:val="00CF18DC"/>
+    <w:rsid w:val="00CF2072"/>
+    <w:rsid w:val="00CF2082"/>
+    <w:rsid w:val="00CF54B1"/>
+    <w:rsid w:val="00CF6C41"/>
+    <w:rsid w:val="00CF6E6B"/>
+    <w:rsid w:val="00CF79AA"/>
+    <w:rsid w:val="00D00C72"/>
+    <w:rsid w:val="00D00EA1"/>
+    <w:rsid w:val="00D017DD"/>
+    <w:rsid w:val="00D01CEB"/>
+    <w:rsid w:val="00D01F82"/>
+    <w:rsid w:val="00D0237D"/>
+    <w:rsid w:val="00D02A58"/>
+    <w:rsid w:val="00D04619"/>
+    <w:rsid w:val="00D05063"/>
+    <w:rsid w:val="00D05DA4"/>
+    <w:rsid w:val="00D07134"/>
+    <w:rsid w:val="00D07256"/>
+    <w:rsid w:val="00D07D11"/>
+    <w:rsid w:val="00D145FC"/>
+    <w:rsid w:val="00D157F1"/>
+    <w:rsid w:val="00D16DA6"/>
+    <w:rsid w:val="00D17200"/>
+    <w:rsid w:val="00D174CA"/>
+    <w:rsid w:val="00D17544"/>
+    <w:rsid w:val="00D22DB4"/>
+    <w:rsid w:val="00D23782"/>
+    <w:rsid w:val="00D242C8"/>
+    <w:rsid w:val="00D244EF"/>
+    <w:rsid w:val="00D25391"/>
+    <w:rsid w:val="00D26749"/>
+    <w:rsid w:val="00D26C9A"/>
+    <w:rsid w:val="00D270BD"/>
+    <w:rsid w:val="00D27D10"/>
+    <w:rsid w:val="00D30131"/>
+    <w:rsid w:val="00D31164"/>
+    <w:rsid w:val="00D31668"/>
+    <w:rsid w:val="00D32980"/>
+    <w:rsid w:val="00D32CE1"/>
+    <w:rsid w:val="00D33108"/>
+    <w:rsid w:val="00D33C0E"/>
+    <w:rsid w:val="00D33CB4"/>
+    <w:rsid w:val="00D33E53"/>
+    <w:rsid w:val="00D36B7C"/>
+    <w:rsid w:val="00D37279"/>
+    <w:rsid w:val="00D4080F"/>
+    <w:rsid w:val="00D41A7F"/>
+    <w:rsid w:val="00D41CE6"/>
+    <w:rsid w:val="00D47970"/>
+    <w:rsid w:val="00D527E5"/>
+    <w:rsid w:val="00D53B40"/>
+    <w:rsid w:val="00D608A3"/>
+    <w:rsid w:val="00D61A38"/>
+    <w:rsid w:val="00D63317"/>
+    <w:rsid w:val="00D63BBD"/>
+    <w:rsid w:val="00D65096"/>
+    <w:rsid w:val="00D66553"/>
+    <w:rsid w:val="00D674E9"/>
+    <w:rsid w:val="00D67824"/>
+    <w:rsid w:val="00D67C0D"/>
+    <w:rsid w:val="00D7036B"/>
+    <w:rsid w:val="00D71769"/>
+    <w:rsid w:val="00D72805"/>
+    <w:rsid w:val="00D73D17"/>
+    <w:rsid w:val="00D74590"/>
+    <w:rsid w:val="00D7551A"/>
+    <w:rsid w:val="00D759A0"/>
+    <w:rsid w:val="00D76450"/>
+    <w:rsid w:val="00D76DD8"/>
+    <w:rsid w:val="00D7713D"/>
+    <w:rsid w:val="00D80F35"/>
+    <w:rsid w:val="00D82CCF"/>
+    <w:rsid w:val="00D85404"/>
+    <w:rsid w:val="00D854C1"/>
+    <w:rsid w:val="00D85E1F"/>
+    <w:rsid w:val="00D914F3"/>
+    <w:rsid w:val="00D91E45"/>
+    <w:rsid w:val="00D930D4"/>
+    <w:rsid w:val="00D93827"/>
+    <w:rsid w:val="00DA0FCE"/>
+    <w:rsid w:val="00DA19A3"/>
+    <w:rsid w:val="00DA19D1"/>
+    <w:rsid w:val="00DA31DC"/>
+    <w:rsid w:val="00DA44C8"/>
+    <w:rsid w:val="00DA4D76"/>
+    <w:rsid w:val="00DA54AF"/>
+    <w:rsid w:val="00DA5CC8"/>
+    <w:rsid w:val="00DA781F"/>
+    <w:rsid w:val="00DB13B1"/>
+    <w:rsid w:val="00DB4A98"/>
+    <w:rsid w:val="00DB4BC0"/>
+    <w:rsid w:val="00DB5FB3"/>
+    <w:rsid w:val="00DB68EF"/>
+    <w:rsid w:val="00DC0548"/>
+    <w:rsid w:val="00DC0D2B"/>
+    <w:rsid w:val="00DC30B1"/>
+    <w:rsid w:val="00DC3F6E"/>
+    <w:rsid w:val="00DC435D"/>
+    <w:rsid w:val="00DC58E9"/>
+    <w:rsid w:val="00DD171A"/>
+    <w:rsid w:val="00DD2080"/>
+    <w:rsid w:val="00DD3075"/>
+    <w:rsid w:val="00DD635E"/>
+    <w:rsid w:val="00DD69AD"/>
+    <w:rsid w:val="00DD73BE"/>
+    <w:rsid w:val="00DE079A"/>
+    <w:rsid w:val="00DE08B9"/>
+    <w:rsid w:val="00DE14EF"/>
+    <w:rsid w:val="00DE2ACB"/>
+    <w:rsid w:val="00DE4B2A"/>
+    <w:rsid w:val="00DE6BC6"/>
+    <w:rsid w:val="00DF6585"/>
+    <w:rsid w:val="00DF6939"/>
+    <w:rsid w:val="00DF77AD"/>
+    <w:rsid w:val="00E00453"/>
+    <w:rsid w:val="00E01B3B"/>
+    <w:rsid w:val="00E03660"/>
+    <w:rsid w:val="00E04C12"/>
+    <w:rsid w:val="00E054F7"/>
+    <w:rsid w:val="00E06B04"/>
+    <w:rsid w:val="00E12A20"/>
+    <w:rsid w:val="00E16DBD"/>
+    <w:rsid w:val="00E21A2B"/>
+    <w:rsid w:val="00E21D4F"/>
+    <w:rsid w:val="00E2252B"/>
+    <w:rsid w:val="00E22773"/>
+    <w:rsid w:val="00E234E5"/>
+    <w:rsid w:val="00E255B4"/>
+    <w:rsid w:val="00E25E45"/>
+    <w:rsid w:val="00E31646"/>
+    <w:rsid w:val="00E31E19"/>
+    <w:rsid w:val="00E32E75"/>
+    <w:rsid w:val="00E34990"/>
+    <w:rsid w:val="00E34BEA"/>
+    <w:rsid w:val="00E410D8"/>
+    <w:rsid w:val="00E418A6"/>
+    <w:rsid w:val="00E4248D"/>
+    <w:rsid w:val="00E435AD"/>
+    <w:rsid w:val="00E44001"/>
+    <w:rsid w:val="00E4497C"/>
+    <w:rsid w:val="00E4673A"/>
+    <w:rsid w:val="00E47E03"/>
+    <w:rsid w:val="00E508ED"/>
+    <w:rsid w:val="00E5160C"/>
+    <w:rsid w:val="00E51E91"/>
+    <w:rsid w:val="00E52A33"/>
+    <w:rsid w:val="00E53B95"/>
+    <w:rsid w:val="00E54F5E"/>
+    <w:rsid w:val="00E56554"/>
+    <w:rsid w:val="00E57A3A"/>
+    <w:rsid w:val="00E57BDF"/>
+    <w:rsid w:val="00E6032E"/>
+    <w:rsid w:val="00E620FD"/>
+    <w:rsid w:val="00E66F7C"/>
+    <w:rsid w:val="00E714DD"/>
+    <w:rsid w:val="00E71F99"/>
+    <w:rsid w:val="00E77481"/>
+    <w:rsid w:val="00E77DFF"/>
+    <w:rsid w:val="00E81F47"/>
+    <w:rsid w:val="00E82BFD"/>
+    <w:rsid w:val="00E82D51"/>
+    <w:rsid w:val="00E83002"/>
+    <w:rsid w:val="00E832FE"/>
+    <w:rsid w:val="00E860DB"/>
+    <w:rsid w:val="00E9003F"/>
+    <w:rsid w:val="00E9112C"/>
+    <w:rsid w:val="00E935B2"/>
+    <w:rsid w:val="00E93A22"/>
+    <w:rsid w:val="00E95340"/>
+    <w:rsid w:val="00E95906"/>
+    <w:rsid w:val="00E9787B"/>
+    <w:rsid w:val="00EA11E4"/>
+    <w:rsid w:val="00EA1D67"/>
+    <w:rsid w:val="00EA273C"/>
+    <w:rsid w:val="00EA35BA"/>
+    <w:rsid w:val="00EA47FF"/>
+    <w:rsid w:val="00EA4D43"/>
+    <w:rsid w:val="00EA5210"/>
+    <w:rsid w:val="00EA62D7"/>
+    <w:rsid w:val="00EA7D27"/>
+    <w:rsid w:val="00EB0C6D"/>
+    <w:rsid w:val="00EB122B"/>
+    <w:rsid w:val="00EB4699"/>
+    <w:rsid w:val="00EB6B50"/>
+    <w:rsid w:val="00EB6BBB"/>
+    <w:rsid w:val="00EC0950"/>
+    <w:rsid w:val="00EC0DDF"/>
+    <w:rsid w:val="00EC130E"/>
+    <w:rsid w:val="00EC3122"/>
+    <w:rsid w:val="00EC42B6"/>
+    <w:rsid w:val="00EC5810"/>
+    <w:rsid w:val="00EC6230"/>
+    <w:rsid w:val="00ED0020"/>
+    <w:rsid w:val="00ED1753"/>
+    <w:rsid w:val="00ED2C7C"/>
+    <w:rsid w:val="00ED36EE"/>
+    <w:rsid w:val="00ED461A"/>
+    <w:rsid w:val="00ED6779"/>
+    <w:rsid w:val="00EE0F47"/>
+    <w:rsid w:val="00EE1837"/>
+    <w:rsid w:val="00EE3589"/>
+    <w:rsid w:val="00EE35DE"/>
+    <w:rsid w:val="00EE35FA"/>
+    <w:rsid w:val="00EE47E5"/>
+    <w:rsid w:val="00EE488C"/>
+    <w:rsid w:val="00EE4E97"/>
+    <w:rsid w:val="00EE6CA5"/>
+    <w:rsid w:val="00EE7554"/>
+    <w:rsid w:val="00EF1B60"/>
+    <w:rsid w:val="00EF30F1"/>
+    <w:rsid w:val="00EF3B4B"/>
+    <w:rsid w:val="00EF42DE"/>
+    <w:rsid w:val="00EF5182"/>
+    <w:rsid w:val="00EF5E08"/>
+    <w:rsid w:val="00EF6953"/>
+    <w:rsid w:val="00EF729E"/>
+    <w:rsid w:val="00F013DE"/>
+    <w:rsid w:val="00F03A30"/>
+    <w:rsid w:val="00F04052"/>
+    <w:rsid w:val="00F04B0A"/>
+    <w:rsid w:val="00F122B6"/>
+    <w:rsid w:val="00F12A38"/>
+    <w:rsid w:val="00F130E6"/>
+    <w:rsid w:val="00F13ED0"/>
+    <w:rsid w:val="00F14374"/>
+    <w:rsid w:val="00F17811"/>
+    <w:rsid w:val="00F17FBC"/>
+    <w:rsid w:val="00F210C4"/>
+    <w:rsid w:val="00F21898"/>
+    <w:rsid w:val="00F21A50"/>
+    <w:rsid w:val="00F2558E"/>
+    <w:rsid w:val="00F268F7"/>
+    <w:rsid w:val="00F26CFB"/>
+    <w:rsid w:val="00F27761"/>
+    <w:rsid w:val="00F313EB"/>
+    <w:rsid w:val="00F31B22"/>
+    <w:rsid w:val="00F31D4F"/>
+    <w:rsid w:val="00F34657"/>
+    <w:rsid w:val="00F355FB"/>
+    <w:rsid w:val="00F37765"/>
+    <w:rsid w:val="00F40DCF"/>
+    <w:rsid w:val="00F41602"/>
+    <w:rsid w:val="00F424DA"/>
+    <w:rsid w:val="00F42AD1"/>
+    <w:rsid w:val="00F42B47"/>
+    <w:rsid w:val="00F43764"/>
+    <w:rsid w:val="00F461E0"/>
+    <w:rsid w:val="00F46DE6"/>
+    <w:rsid w:val="00F47D3E"/>
+    <w:rsid w:val="00F47D41"/>
+    <w:rsid w:val="00F506E3"/>
+    <w:rsid w:val="00F50D52"/>
+    <w:rsid w:val="00F52128"/>
+    <w:rsid w:val="00F52638"/>
+    <w:rsid w:val="00F53172"/>
+    <w:rsid w:val="00F53CA9"/>
+    <w:rsid w:val="00F5404A"/>
+    <w:rsid w:val="00F55561"/>
+    <w:rsid w:val="00F57A7B"/>
+    <w:rsid w:val="00F608FB"/>
+    <w:rsid w:val="00F60F8B"/>
+    <w:rsid w:val="00F62150"/>
+    <w:rsid w:val="00F629BC"/>
+    <w:rsid w:val="00F62C5B"/>
+    <w:rsid w:val="00F62EB2"/>
+    <w:rsid w:val="00F635ED"/>
+    <w:rsid w:val="00F6365D"/>
+    <w:rsid w:val="00F6375C"/>
+    <w:rsid w:val="00F64FE9"/>
+    <w:rsid w:val="00F66443"/>
+    <w:rsid w:val="00F66F4A"/>
+    <w:rsid w:val="00F70A26"/>
+    <w:rsid w:val="00F7255C"/>
+    <w:rsid w:val="00F73811"/>
+    <w:rsid w:val="00F74072"/>
+    <w:rsid w:val="00F7576E"/>
+    <w:rsid w:val="00F7713D"/>
+    <w:rsid w:val="00F7764F"/>
+    <w:rsid w:val="00F776C4"/>
+    <w:rsid w:val="00F77B3A"/>
+    <w:rsid w:val="00F80BE1"/>
+    <w:rsid w:val="00F80F8B"/>
+    <w:rsid w:val="00F81EA8"/>
+    <w:rsid w:val="00F83916"/>
+    <w:rsid w:val="00F83E9A"/>
+    <w:rsid w:val="00F840E6"/>
+    <w:rsid w:val="00F8529C"/>
+    <w:rsid w:val="00F86201"/>
+    <w:rsid w:val="00F86FE3"/>
+    <w:rsid w:val="00F9033A"/>
+    <w:rsid w:val="00F90381"/>
+    <w:rsid w:val="00F949D7"/>
+    <w:rsid w:val="00F9580A"/>
+    <w:rsid w:val="00F963D0"/>
+    <w:rsid w:val="00FA2034"/>
+    <w:rsid w:val="00FA2705"/>
+    <w:rsid w:val="00FA3166"/>
+    <w:rsid w:val="00FA41BA"/>
+    <w:rsid w:val="00FA4473"/>
+    <w:rsid w:val="00FA7B7C"/>
+    <w:rsid w:val="00FB0787"/>
+    <w:rsid w:val="00FB2481"/>
+    <w:rsid w:val="00FB2729"/>
+    <w:rsid w:val="00FB3238"/>
+    <w:rsid w:val="00FB3BB4"/>
+    <w:rsid w:val="00FB5172"/>
+    <w:rsid w:val="00FB69C4"/>
+    <w:rsid w:val="00FB749E"/>
+    <w:rsid w:val="00FC05BD"/>
+    <w:rsid w:val="00FC1903"/>
+    <w:rsid w:val="00FC6313"/>
+    <w:rsid w:val="00FC73C6"/>
+    <w:rsid w:val="00FD05D4"/>
+    <w:rsid w:val="00FD0D78"/>
+    <w:rsid w:val="00FD58A1"/>
+    <w:rsid w:val="00FD5958"/>
+    <w:rsid w:val="00FD6351"/>
+    <w:rsid w:val="00FD689E"/>
+    <w:rsid w:val="00FD73B2"/>
+    <w:rsid w:val="00FE0001"/>
+    <w:rsid w:val="00FE1FEC"/>
+    <w:rsid w:val="00FE2273"/>
+    <w:rsid w:val="00FE259F"/>
+    <w:rsid w:val="00FE315B"/>
+    <w:rsid w:val="00FE324F"/>
+    <w:rsid w:val="00FE32F0"/>
+    <w:rsid w:val="00FE50DE"/>
+    <w:rsid w:val="00FE587B"/>
+    <w:rsid w:val="00FE6417"/>
+    <w:rsid w:val="00FE65BF"/>
+    <w:rsid w:val="00FE6B73"/>
+    <w:rsid w:val="00FE771F"/>
+    <w:rsid w:val="00FE7E70"/>
+    <w:rsid w:val="00FF0711"/>
+    <w:rsid w:val="00FF33E7"/>
+    <w:rsid w:val="00FF378F"/>
+    <w:rsid w:val="00FF4147"/>
+    <w:rsid w:val="00FF514D"/>
+    <w:rsid w:val="00FF611B"/>
+    <w:rsid w:val="00FF61AE"/>
+    <w:rsid w:val="00FF6CB2"/>
+    <w:rsid w:val="00FF6F12"/>
+    <w:rsid w:val="00FF7838"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="00985CFB"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{FB242F15-1E95-4508-BA85-24EC8DF9AE06}"/>
+  <w14:docId w14:val="4DCDA294"/>
+  <w15:docId w15:val="{A4B1C14D-0A0D-4E02-8EFF-B176DC6F163C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="7" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="15" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="17" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:locked="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="1" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="0"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13167,54 +16047,54 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -13278,51 +16158,51 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
@@ -13393,1393 +16273,2807 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DB18F0"/>
+    <w:rsid w:val="0070627C"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
-    <w:uiPriority w:val="6"/>
+    <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00DB18F0"/>
+    <w:rsid w:val="005F2DE3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:color w:val="943634"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:kern w:val="32"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="7"/>
     <w:qFormat/>
-    <w:rsid w:val="00DB18F0"/>
+    <w:rsid w:val="002F35CA"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Gill Sans MT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Gill Sans MT"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       <w:bCs/>
       <w:iCs/>
-      <w:color w:val="943634"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
-    <w:uiPriority w:val="8"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00DB18F0"/>
+    <w:rsid w:val="005F2DE3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="120"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:szCs w:val="26"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Heading3"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="0013059D"/>
+    <w:pPr>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AbbreviationsDefinitionsTerm">
-[...181 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
-    <w:uiPriority w:val="6"/>
-    <w:rsid w:val="00DB18F0"/>
+    <w:uiPriority w:val="2"/>
+    <w:locked/>
+    <w:rsid w:val="001D3DB7"/>
     <w:rPr>
-      <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:color w:val="943634"/>
+      <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:kern w:val="32"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="7"/>
-    <w:rsid w:val="00DB18F0"/>
+    <w:locked/>
+    <w:rsid w:val="001D3DB7"/>
     <w:rPr>
-      <w:rFonts w:ascii="Gill Sans MT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       <w:bCs/>
       <w:iCs/>
-      <w:color w:val="943634"/>
-      <w:szCs w:val="28"/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
-    <w:uiPriority w:val="8"/>
-    <w:rsid w:val="00DB18F0"/>
+    <w:uiPriority w:val="3"/>
+    <w:locked/>
+    <w:rsid w:val="001D3DB7"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="20"/>
-[...64 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Instructions-bullet1">
     <w:name w:val="Instructions - bullet 1"/>
     <w:basedOn w:val="Instructions"/>
-    <w:uiPriority w:val="12"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00231BC9"/>
+    <w:rsid w:val="009F16DA"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="7"/>
       </w:numPr>
-      <w:ind w:left="680" w:hanging="340"/>
+      <w:ind w:left="341" w:hanging="284"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Instructions-numbered">
     <w:name w:val="Instructions - numbered"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="13"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00231BC9"/>
+    <w:rsid w:val="009F16DA"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="8"/>
       </w:numPr>
-      <w:ind w:left="680" w:hanging="340"/>
+      <w:ind w:left="340" w:hanging="340"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:i/>
-      <w:color w:val="FF0000"/>
+      <w:color w:val="C00000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberlist">
-    <w:name w:val="Numberlist"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletT1">
+    <w:name w:val="bullet T1"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:link w:val="bulletT1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00231BC9"/>
+    <w:rsid w:val="007B4FD8"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="6"/>
+        <w:numId w:val="17"/>
       </w:numPr>
-      <w:ind w:left="340" w:hanging="340"/>
+      <w:ind w:left="170" w:hanging="170"/>
     </w:pPr>
-  </w:style>
-[...215 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00352C78"/>
+    <w:rsid w:val="003A70FF"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00352C78"/>
+    <w:rsid w:val="003A70FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="17"/>
+    <w:qFormat/>
+    <w:rsid w:val="0055740E"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="17"/>
+    <w:locked/>
+    <w:rsid w:val="00F64FE9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="15"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F5404A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:before="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:noProof/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="15"/>
+    <w:locked/>
+    <w:rsid w:val="00F5404A"/>
+    <w:rPr>
+      <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:noProof/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="00130E43"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="7"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A75686"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="300"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="7"/>
+    <w:locked/>
+    <w:rsid w:val="00A75686"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletT2">
+    <w:name w:val="bullet T2"/>
+    <w:basedOn w:val="PB2"/>
+    <w:link w:val="bulletT2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC3468"/>
+    <w:pPr>
+      <w:ind w:left="397" w:hanging="227"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002D6577"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table">
+    <w:name w:val="Table"/>
+    <w:basedOn w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00B10C05"/>
+    <w:pPr>
+      <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="239"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bulletT2Char">
+    <w:name w:val="bullet T2 Char"/>
+    <w:basedOn w:val="PB2Char"/>
+    <w:link w:val="bulletT2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00AC3468"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:aliases w:val="Numberlist 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="717" w:hanging="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="9"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:rsid w:val="001F581B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0013059D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Instructions">
+    <w:name w:val="Instructions"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="InstructionsChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D244EF"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="C00000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="InstructionsChar">
+    <w:name w:val="Instructions Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Instructions"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00D244EF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="C00000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bullet2">
+    <w:name w:val="bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="bullet2Char"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A7897"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="49"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bullet2Char">
+    <w:name w:val="bullet 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="bullet2"/>
+    <w:uiPriority w:val="6"/>
+    <w:locked/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bullet3">
+    <w:name w:val="bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="bullet3Char"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A7897"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="50"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00104D42"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00104D42"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00104D42"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SOPreference">
+    <w:name w:val="SOP reference"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleBoldDarkBlueCentered">
+    <w:name w:val="Style Bold Dark Blue Centered"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="40"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleBoldDarkRedCentered">
+    <w:name w:val="Style Bold Dark Red Centered"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="40"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="632423" w:themeColor="accent2" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleDarkBlueCentered">
+    <w:name w:val="Style Dark Blue Centered"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="40"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleDarkRedCentered">
+    <w:name w:val="Style Dark Red Centered"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="40"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="632423" w:themeColor="accent2" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Header-QCDs">
+    <w:name w:val="Header - QCDs"/>
+    <w:basedOn w:val="Header"/>
+    <w:uiPriority w:val="19"/>
+    <w:rsid w:val="006E32A4"/>
+    <w:pPr>
+      <w:jc w:val="right"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Docref">
+    <w:name w:val="Doc ref"/>
+    <w:basedOn w:val="Instructions"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DocrefChar"/>
+    <w:uiPriority w:val="5"/>
+    <w:qFormat/>
+    <w:rsid w:val="00410682"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocrefChar">
+    <w:name w:val="Doc ref Char"/>
+    <w:basedOn w:val="InstructionsChar"/>
+    <w:link w:val="Docref"/>
+    <w:uiPriority w:val="5"/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:i w:val="0"/>
+      <w:iCs/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bulletT1Char">
+    <w:name w:val="bullet T1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="bulletT1"/>
+    <w:uiPriority w:val="9"/>
+    <w:locked/>
+    <w:rsid w:val="007B4FD8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00692DFA"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet1">
+    <w:name w:val="Bullet 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Bullet1Char"/>
+    <w:uiPriority w:val="19"/>
+    <w:rsid w:val="00475745"/>
+    <w:pPr>
+      <w:ind w:left="340" w:hanging="340"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Bullet1Char">
+    <w:name w:val="Bullet 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Bullet1"/>
+    <w:uiPriority w:val="19"/>
+    <w:rsid w:val="00475745"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberlist">
+    <w:name w:val="Numberlist"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A7897"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="16"/>
+      </w:numPr>
+      <w:ind w:left="340" w:hanging="340"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0021165B"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0021165B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00043513"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bold">
+    <w:name w:val="Bold"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="18"/>
+    <w:rsid w:val="00F013DE"/>
+    <w:rPr>
+      <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00051979"/>
+    <w:rsid w:val="00396CD2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoH3">
-[...4 lines deleted...]
-    <w:rsid w:val="00AB220C"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="007E625E"/>
     <w:pPr>
-      <w:numPr>
-[...3 lines deleted...]
-      <w:ind w:left="680" w:hanging="680"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...24 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A95705"/>
+    <w:rsid w:val="000317D8"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:bCs w:val="0"/>
-      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:b w:val="0"/>
+      <w:caps w:val="0"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
-    </w:rPr>
-[...11 lines deleted...]
-      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:locked/>
-    <w:rsid w:val="00A95705"/>
+    <w:rsid w:val="003E6162"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9017"/>
+      </w:tabs>
       <w:spacing w:after="100"/>
     </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:locked/>
-    <w:rsid w:val="00A95705"/>
+    <w:rsid w:val="00FA2034"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="426"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9017"/>
+      </w:tabs>
       <w:spacing w:after="100"/>
-      <w:ind w:left="200"/>
+      <w:ind w:left="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:locked/>
-    <w:rsid w:val="00A95705"/>
+    <w:rsid w:val="00FA2034"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9017"/>
+      </w:tabs>
       <w:spacing w:after="100"/>
-      <w:ind w:left="400"/>
+      <w:ind w:left="567"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-[...8 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bullet10">
+    <w:name w:val="bullet 1"/>
+    <w:basedOn w:val="bulletT1"/>
+    <w:link w:val="bullet1Char0"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A7897"/>
+    <w:pPr>
+      <w:ind w:left="341" w:hanging="284"/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
-[...13 lines deleted...]
-    <w:rsid w:val="004B1904"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bullet1Char0">
+    <w:name w:val="bullet 1 Char"/>
+    <w:basedOn w:val="bulletT1Char"/>
+    <w:link w:val="bullet10"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="00B95EBA"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoH4">
-[...3 lines deleted...]
-    <w:link w:val="NoH4Char"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PN11">
+    <w:name w:val="PN1.1"/>
+    <w:basedOn w:val="ListParagraph"/>
+    <w:link w:val="PN11Char"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB220C"/>
+    <w:rsid w:val="00B370FD"/>
     <w:pPr>
       <w:numPr>
-        <w:ilvl w:val="2"/>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="29"/>
       </w:numPr>
-      <w:ind w:left="907" w:hanging="907"/>
+      <w:contextualSpacing w:val="0"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="00C62D7F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PN11Char">
+    <w:name w:val="PN1.1 Char"/>
+    <w:basedOn w:val="ListParagraphChar"/>
+    <w:link w:val="PN11"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="001D3DB7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PN1">
+    <w:name w:val="PN1"/>
+    <w:basedOn w:val="Heading2"/>
+    <w:link w:val="PN1Char"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA2034"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="29"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PN1Char">
+    <w:name w:val="PN1 Char"/>
+    <w:basedOn w:val="Heading2Char"/>
+    <w:link w:val="PN1"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="001D3DB7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PB1">
+    <w:name w:val="PB1"/>
+    <w:basedOn w:val="bullet10"/>
+    <w:link w:val="PB1Char"/>
+    <w:uiPriority w:val="4"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A7897"/>
+    <w:pPr>
+      <w:ind w:left="851"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PB1Char">
+    <w:name w:val="PB1 Char"/>
+    <w:basedOn w:val="bullet2Char"/>
+    <w:link w:val="PB1"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="003A7897"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PB2">
+    <w:name w:val="PB2"/>
+    <w:basedOn w:val="bullet2"/>
+    <w:link w:val="PB2Char"/>
+    <w:uiPriority w:val="4"/>
+    <w:qFormat/>
+    <w:rsid w:val="007C400B"/>
+    <w:pPr>
+      <w:ind w:left="1135"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bullet3Char">
+    <w:name w:val="bullet 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="bullet3"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PB2Char">
+    <w:name w:val="PB2 Char"/>
+    <w:basedOn w:val="bullet3Char"/>
+    <w:link w:val="PB2"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="001D3DB7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PB3">
+    <w:name w:val="PB3"/>
+    <w:basedOn w:val="bullet3"/>
+    <w:link w:val="PB3Char"/>
+    <w:uiPriority w:val="4"/>
+    <w:qFormat/>
+    <w:rsid w:val="007C400B"/>
+    <w:pPr>
+      <w:ind w:left="1418"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PB3Char">
+    <w:name w:val="PB3 Char"/>
+    <w:basedOn w:val="bullet3Char"/>
+    <w:link w:val="PB3"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="001D3DB7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Contributorstabletext">
+    <w:name w:val="Contributors table text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ContributorstabletextChar"/>
+    <w:uiPriority w:val="8"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A5347A"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ContributorstabletextChar">
+    <w:name w:val="Contributors table text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Contributorstabletext"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="References">
+    <w:name w:val="References"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ReferencesChar"/>
+    <w:uiPriority w:val="5"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A5347A"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="142" w:hanging="142"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ReferencesChar">
+    <w:name w:val="References Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="References"/>
+    <w:uiPriority w:val="5"/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BTable2Char">
+    <w:name w:val="B.Table.2 Char"/>
+    <w:basedOn w:val="bullet2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A5347A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletT3">
+    <w:name w:val="bullet T3"/>
+    <w:basedOn w:val="bullet3"/>
+    <w:link w:val="bulletT3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC3468"/>
+    <w:pPr>
+      <w:ind w:left="624" w:hanging="227"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bulletT3Char">
+    <w:name w:val="bullet T3 Char"/>
+    <w:basedOn w:val="bullet3Char"/>
+    <w:link w:val="bulletT3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00AC3468"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sectionref">
+    <w:name w:val="Section ref"/>
+    <w:basedOn w:val="Docref"/>
+    <w:link w:val="SectionrefChar"/>
+    <w:uiPriority w:val="5"/>
+    <w:qFormat/>
+    <w:rsid w:val="004827DE"/>
     <w:rPr>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
-[...3 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SectionrefChar">
+    <w:name w:val="Section ref Char"/>
+    <w:basedOn w:val="DocrefChar"/>
+    <w:link w:val="Sectionref"/>
+    <w:uiPriority w:val="5"/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:i w:val="0"/>
+      <w:iCs/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style2">
+    <w:name w:val="Style2"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A67367"/>
+    <w:rsid w:val="005B2E43"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="39"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="QCDheader">
+    <w:name w:val="QCD header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="QCDheaderChar"/>
+    <w:uiPriority w:val="15"/>
+    <w:qFormat/>
+    <w:rsid w:val="0070627C"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QCDheaderChar">
+    <w:name w:val="QCD header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="QCDheader"/>
+    <w:uiPriority w:val="15"/>
+    <w:rsid w:val="0070627C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ProtocolH2">
+    <w:name w:val="Protocol H2"/>
+    <w:basedOn w:val="PN11"/>
+    <w:link w:val="ProtocolH2Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="007428DB"/>
+    <w:pPr>
+      <w:ind w:left="567" w:hanging="567"/>
+    </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NoH4Char">
-[...19 lines deleted...]
-    <w:rsid w:val="00A67367"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ProtocolH2Char">
+    <w:name w:val="Protocol H2 Char"/>
+    <w:basedOn w:val="PN11Char"/>
+    <w:link w:val="ProtocolH2"/>
+    <w:rsid w:val="007428DB"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-[...5 lines deleted...]
-    <w:rsid w:val="00FF72DB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ProtocolH3">
+    <w:name w:val="Protocol H3"/>
+    <w:basedOn w:val="PN11"/>
+    <w:link w:val="ProtocolH3Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AD2DF1"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+      </w:numPr>
+      <w:ind w:left="851" w:hanging="851"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:b/>
+      <w:bCs/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="QCDbullet1">
-[...24 lines deleted...]
-    <w:rsid w:val="00457A27"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ProtocolH3Char">
+    <w:name w:val="Protocol H3 Char"/>
+    <w:basedOn w:val="PN11Char"/>
+    <w:link w:val="ProtocolH3"/>
+    <w:rsid w:val="00AD2DF1"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-    </w:rPr>
-[...11 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bullet1-QCD">
     <w:name w:val="bullet 1 - QCD"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="bullet1-QCDChar"/>
     <w:uiPriority w:val="3"/>
-    <w:qFormat/>
-    <w:rsid w:val="00E92E1D"/>
+    <w:rsid w:val="0059415F"/>
     <w:pPr>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
       <w:ind w:left="340" w:hanging="340"/>
+      <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="bullet1-QCDChar">
     <w:name w:val="bullet 1 - QCD Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="bullet1-QCD"/>
     <w:uiPriority w:val="3"/>
     <w:locked/>
-    <w:rsid w:val="00E92E1D"/>
+    <w:rsid w:val="0059415F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A2D8D"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="900480949">
+    <w:div w:id="550191821">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2096317976">
+    <w:div w:id="720635838">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1076517569">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1128280163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703582">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703583">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703584">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703587">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703589">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703590">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703594">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1289703591">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1289703593">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1289703602">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1289703600">
+                      <w:marLeft w:val="230"/>
+                      <w:marRight w:val="230"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="115"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1289703598">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1289703586">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1289703595">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1289703588">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1289703597">
+                                          <w:marLeft w:val="184"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="138"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                          <w:divsChild>
+                                            <w:div w:id="1289703585">
+                                              <w:marLeft w:val="0"/>
+                                              <w:marRight w:val="0"/>
+                                              <w:marTop w:val="0"/>
+                                              <w:marBottom w:val="0"/>
+                                              <w:divBdr>
+                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                              </w:divBdr>
+                                              <w:divsChild>
+                                                <w:div w:id="1289703592">
+                                                  <w:marLeft w:val="0"/>
+                                                  <w:marRight w:val="0"/>
+                                                  <w:marTop w:val="0"/>
+                                                  <w:marBottom w:val="0"/>
+                                                  <w:divBdr>
+                                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                  </w:divBdr>
+                                                </w:div>
+                                              </w:divsChild>
+                                            </w:div>
+                                          </w:divsChild>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1289703596">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703599">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703601">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1990092204">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1913275970">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1577327034">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="703359860">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="965163433">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="239415494">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="375593669">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="535508236">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="163472709">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1561407064">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                          <w:divsChild>
+                                            <w:div w:id="1295910778">
+                                              <w:marLeft w:val="0"/>
+                                              <w:marRight w:val="0"/>
+                                              <w:marTop w:val="0"/>
+                                              <w:marBottom w:val="0"/>
+                                              <w:divBdr>
+                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                              </w:divBdr>
+                                              <w:divsChild>
+                                                <w:div w:id="2021614778">
+                                                  <w:marLeft w:val="0"/>
+                                                  <w:marRight w:val="0"/>
+                                                  <w:marTop w:val="0"/>
+                                                  <w:marBottom w:val="0"/>
+                                                  <w:divBdr>
+                                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                  </w:divBdr>
+                                                  <w:divsChild>
+                                                    <w:div w:id="2028409500">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                      <w:divsChild>
+                                                        <w:div w:id="755788043">
+                                                          <w:marLeft w:val="0"/>
+                                                          <w:marRight w:val="0"/>
+                                                          <w:marTop w:val="0"/>
+                                                          <w:marBottom w:val="0"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                          <w:divsChild>
+                                                            <w:div w:id="1729917321">
+                                                              <w:marLeft w:val="0"/>
+                                                              <w:marRight w:val="0"/>
+                                                              <w:marTop w:val="0"/>
+                                                              <w:marBottom w:val="0"/>
+                                                              <w:divBdr>
+                                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                              </w:divBdr>
+                                                            </w:div>
+                                                          </w:divsChild>
+                                                        </w:div>
+                                                      </w:divsChild>
+                                                    </w:div>
+                                                  </w:divsChild>
+                                                </w:div>
+                                              </w:divsChild>
+                                            </w:div>
+                                          </w:divsChild>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/approvals-amendments/amending-approval/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3.eu-west-2.amazonaws.com/www.hra.nhs.uk/media/documents/hra-guidance-payments-incentives-research.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invo.org.uk/find-out-more/how-to-involve-people/information-for-researchers/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.birmingham.ac.uk/finance/insurance/liability/clinical-trials.aspx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3.eu-west-2.amazonaws.com/www.hra.nhs.uk/media/documents/hra-guidance-payments-incentives-research.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.invo.org.uk/find-out-more/information-for-researchers/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invo.org.uk/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/approvals-amendments/what-approvals-do-i-need/hra-approval/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/planning-and-improving-research/research-planning/protocol/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/approvals-amendments/what-approvals-do-i-need/hra-approval/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:researchgovernance@contacts.bham.ac.uk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/documents/college-mds/crct/uob-position-papers/uob-position-paper-clinical-research-registration-v1.0-vd-14-jan-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihr.ac.uk/documents/researchers/collaborations-services-and-support-for-your-research/run-your-study/Eligibility%20Criteria%20for%20NIHR%20Clinical%20Research%20Network%20Support.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/documents/college-mds/crct/uob-position-papers/uob-position-paper-clinical-research-registration-v1.0-vd-14-jan-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/research/activity/mds/mds-rkto/governance/Glossary-of-Terms.aspx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crct@contacts.bham.ac.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/planning-and-improving-research/best-practice/informing-participants-and-seeking-consent/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/approvals-amendments/amending-approval/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/research/activity/mds/mds-rkto/governance/index.aspx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.birmingham.ac.uk/finance/insurance/liability/clinical-trials.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/planning-and-improving-research/best-practice/informing-participants-and-seeking-consent/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/approvals-amendments/amending-approval/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/planning-and-improving-research/research-planning/protocol/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/planning-and-improving-research/best-practice/informing-participants-and-seeking-consent/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bham.sharepoint.com/sites/finance/SitePages/otherinsurance.aspx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/research/activity/mds/mds-rkto/governance/Glossary-of-Terms.aspx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/about-us/committees-and-services/nreap/payments-and-incentives-research/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/documents/college-mds/crct/uob-position-papers/uob-position-paper-clinical-research-registration.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/approvals-amendments/amending-approval/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/research/activity/mds/mds-rkto/governance/index.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/research/activity/mds/mds-rkto/governance/e-pathway/overview.aspx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/documents/college-mds/crct/uob-position-papers/uob-position-paper-clinical-research-registration.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/about-us/committees-and-services/nreap/payments-and-incentives-research/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/approvals-amendments/what-approvals-do-i-need/hra-approval/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/Documents/research/ethics-integrity/uob-clinical-trials-insurance-processes-v2-4.5.2022.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/planning-and-improving-research/research-planning/protocol/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihr.ac.uk/eligibility-nihr-research-delivery-network-support" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihr.ac.uk/briefing-notes-researchers-public-involvement-nhs-health-and-social-care-research" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/approvals-amendments/amending-approval/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihr.ac.uk/briefing-notes-researchers-public-involvement-nhs-health-and-social-care-research" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihr.ac.uk/briefing-notes-researchers-public-involvement-nhs-health-and-social-care-research" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihr.ac.uk/eligibility-nihr-research-delivery-network-support" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/planning-and-improving-research/research-planning/protocol/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.birmingham.ac.uk%2FDocuments%2Fresearch%2Fethics-integrity%2Fuob-clinical-trials-insurance-processes-v2-4.5.2022.docx&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crct@contacts.bham.ac.uk" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/planning-and-improving-research/best-practice/informing-participants-and-seeking-consent/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bham.sharepoint.com/sites/finance/SitePages/otherinsurance.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/approvals-amendments/what-approvals-do-i-need/hra-approval/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hra.nhs.uk/approvals-amendments/amending-approval/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.birmingham.ac.uk/research/activity/mds/mds-rkto/governance/index.aspx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/crct" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Project_x0020_type xmlns="adba401f-eabd-4c47-b36d-42f7c29cc8bb" xsi:nil="true"/>
+    <GCPlabsupport xmlns="adba401f-eabd-4c47-b36d-42f7c29cc8bb" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="adba401f-eabd-4c47-b36d-42f7c29cc8bb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Department xmlns="adba401f-eabd-4c47-b36d-42f7c29cc8bb" xsi:nil="true"/>
+    <Shorttitle xmlns="adba401f-eabd-4c47-b36d-42f7c29cc8bb" xsi:nil="true"/>
+    <Investigator xmlns="adba401f-eabd-4c47-b36d-42f7c29cc8bb" xsi:nil="true"/>
+    <TaxCatchAll xmlns="e199f33f-ad08-4efa-857b-79f1236642b3" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="e199f33f-ad08-4efa-857b-79f1236642b3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </TaxKeywordTaxHTField>
+    <TrainingFormat xmlns="adba401f-eabd-4c47-b36d-42f7c29cc8bb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EA39C3642CC0A14F83E7E5D425D671A3" ma:contentTypeVersion="29" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e17d66970b789bc84e98d56c5eeb5031">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e199f33f-ad08-4efa-857b-79f1236642b3" xmlns:ns3="adba401f-eabd-4c47-b36d-42f7c29cc8bb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8e49cc2d749844dc19cde7f30431e44c" ns2:_="" ns3:_="">
+    <xsd:import namespace="e199f33f-ad08-4efa-857b-79f1236642b3"/>
+    <xsd:import namespace="adba401f-eabd-4c47-b36d-42f7c29cc8bb"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxKeywordTaxHTField" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:Investigator" minOccurs="0"/>
+                <xsd:element ref="ns3:Project_x0020_type" minOccurs="0"/>
+                <xsd:element ref="ns3:Department" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:GCPlabsupport" minOccurs="0"/>
+                <xsd:element ref="ns3:Shorttitle" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TrainingFormat" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e199f33f-ad08-4efa-857b-79f1236642b3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Enterprise Keywords" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="ac7af76c-f141-45ca-ae1a-4959eb0cbd43" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{38a996dc-6dd3-4a58-b879-30e6f413dcb1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e199f33f-ad08-4efa-857b-79f1236642b3">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="adba401f-eabd-4c47-b36d-42f7c29cc8bb" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="12" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="13" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="14" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Investigator" ma:index="23" nillable="true" ma:displayName="Investigator" ma:internalName="Investigator">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Project_x0020_type" ma:index="24" nillable="true" ma:displayName="Project type" ma:format="Dropdown" ma:internalName="Project_x0020_type">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="CTIMP"/>
+          <xsd:enumeration value="non-CTIMP / study"/>
+          <xsd:enumeration value="UoB ethics project"/>
+          <xsd:enumeration value="Devices"/>
+          <xsd:enumeration value="HBRC project"/>
+          <xsd:enumeration value="DRTB project"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Department" ma:index="25" nillable="true" ma:displayName="CTU" ma:format="Dropdown" ma:internalName="Department">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="BCTU"/>
+          <xsd:enumeration value="CRCTU"/>
+          <xsd:enumeration value="N/A"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="27" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ac7af76c-f141-45ca-ae1a-4959eb0cbd43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="28" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="29" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="GCPlabsupport" ma:index="30" nillable="true" ma:displayName="GCP lab support" ma:format="Dropdown" ma:internalName="GCPlabsupport">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Questionnaire"/>
+                    <xsd:enumeration value="Setup"/>
+                    <xsd:enumeration value="Audit"/>
+                    <xsd:enumeration value="Assay validation"/>
+                    <xsd:enumeration value="Vendor audit"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Shorttitle" ma:index="31" nillable="true" ma:displayName="Short title" ma:description="The project's short title or acronym" ma:format="Dropdown" ma:internalName="Shorttitle">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="32" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TrainingFormat" ma:index="33" nillable="true" ma:displayName="Training Format" ma:format="Dropdown" ma:internalName="TrainingFormat">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Canvas"/>
+          <xsd:enumeration value="Workshop"/>
+          <xsd:enumeration value="Lecture"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8363EB8-A7AD-4289-BAFA-FDBAAF7EBDEB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB69BF67-7799-4672-84CD-4E0B491E15D3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="adba401f-eabd-4c47-b36d-42f7c29cc8bb"/>
+    <ds:schemaRef ds:uri="e199f33f-ad08-4efa-857b-79f1236642b3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78ED19BD-DBC3-4090-856E-9F6E9F89D512}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C172A05F-4764-4C33-B6C8-83C00CDCE484}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="e199f33f-ad08-4efa-857b-79f1236642b3"/>
+    <ds:schemaRef ds:uri="adba401f-eabd-4c47-b36d-42f7c29cc8bb"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02AD14D3-279F-46D6-9282-3C6AE18320EC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>38974</Characters>
+  <Pages>21</Pages>
+  <Words>7219</Words>
+  <Characters>40431</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>91</Paragraphs>
+  <DocSecurity>2</DocSecurity>
+  <Lines>898</Lines>
+  <Paragraphs>661</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>UoB QCD template - portrait - logo v9.0 vd 19-Jan-2022</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UoB IT Services</Company>
+  <Company>MDS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>45720</CharactersWithSpaces>
+  <CharactersWithSpaces>46989</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>UoB QCD template - portrait - logo v9.0 vd 19-Jan-2022</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:title/>
+  <dc:creator>Jamie Douglas-Pugh (CRCT)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100EA39C3642CC0A14F83E7E5D425D671A3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>