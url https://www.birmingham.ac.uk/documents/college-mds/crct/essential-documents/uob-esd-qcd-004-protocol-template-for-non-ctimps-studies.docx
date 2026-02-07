--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1,8547 +1,7771 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4EEF5A08" w14:textId="77777777" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="009F4967">
-[...58 lines deleted...]
-      <w:r w:rsidRPr="003806CD">
+    <w:p w14:paraId="19847CCE" w14:textId="77777777" w:rsidR="00D7036B" w:rsidRDefault="00D7036B" w:rsidP="00D7036B"/>
+    <w:p w14:paraId="0AB4B984" w14:textId="77777777" w:rsidR="00895128" w:rsidRDefault="00895128" w:rsidP="00D7036B"/>
+    <w:p w14:paraId="523DA5CA" w14:textId="77777777" w:rsidR="00895128" w:rsidRPr="00895128" w:rsidRDefault="00075D91" w:rsidP="00895128">
+      <w:pPr>
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Protocol </w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Development Tool</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003806CD">
+        <w:t>Quality Control Document</w:t>
+      </w:r>
+      <w:r w:rsidR="00895128">
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for </w:t>
-      </w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220E1000" w14:textId="35573AD0" w:rsidR="00895128" w:rsidRDefault="00895C73" w:rsidP="00A75686">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Protocol Template for Non-CTIMPs &amp; Studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10888CC5" w14:textId="77777777" w:rsidR="00A31C6D" w:rsidRDefault="00A31C6D" w:rsidP="00A31C6D"/>
+    <w:p w14:paraId="618D20F4" w14:textId="77777777" w:rsidR="00D7036B" w:rsidRDefault="00D7036B" w:rsidP="00A31C6D"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Review Information"/>
+        <w:tblDescription w:val="This table details which document the current document has superseded, when it was last reviewed and when the next review is due"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1696"/>
+        <w:gridCol w:w="7321"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00013136" w14:paraId="5ED60D0E" w14:textId="77777777" w:rsidTr="00C90371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E36241A" w14:textId="77777777" w:rsidR="00013136" w:rsidRPr="00895128" w:rsidRDefault="00013136" w:rsidP="00013136">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895128">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Supersedes:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E13F61F" w14:textId="0269230F" w:rsidR="00013136" w:rsidRDefault="00895C73" w:rsidP="00013136">
+            <w:r w:rsidRPr="00895C73">
+              <w:t xml:space="preserve">Protocol Template for </w:t>
+            </w:r>
+            <w:r>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00895C73">
+              <w:t>on-CTIMP</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00895C73">
+              <w:t xml:space="preserve"> &amp; Studies (UoB-ESD-QCD-004, v1.0)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F09E5" w14:paraId="6693C8C4" w14:textId="77777777" w:rsidTr="00C90371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54BFAD6C" w14:textId="77777777" w:rsidR="008F09E5" w:rsidRPr="00895128" w:rsidRDefault="008F09E5" w:rsidP="008F09E5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895128">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Last reviewed:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="586CF22F" w14:textId="6BE3566D" w:rsidR="008F09E5" w:rsidRDefault="008F09E5" w:rsidP="008F09E5">
+            <w:r>
+              <w:t>Dec-2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F09E5" w14:paraId="4523658B" w14:textId="77777777" w:rsidTr="00C90371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E8A0349" w14:textId="77777777" w:rsidR="008F09E5" w:rsidRPr="00895128" w:rsidRDefault="008F09E5" w:rsidP="008F09E5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00895128">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Next review in:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7321" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FACD991" w14:textId="0B77778E" w:rsidR="008F09E5" w:rsidRDefault="008F09E5" w:rsidP="008F09E5">
+            <w:r>
+              <w:t>2028, Quarter 4 (Oct-Dec)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="79FB657A" w14:textId="77777777" w:rsidR="00895128" w:rsidRDefault="00895128" w:rsidP="00A31C6D"/>
+    <w:p w14:paraId="3C70ED4F" w14:textId="77777777" w:rsidR="00895128" w:rsidRDefault="00895128" w:rsidP="00A31C6D"/>
+    <w:p w14:paraId="534CD06E" w14:textId="77777777" w:rsidR="00895128" w:rsidRDefault="00895128" w:rsidP="00A31C6D"/>
+    <w:p w14:paraId="44E4F8E8" w14:textId="77777777" w:rsidR="00A86630" w:rsidRPr="00A86630" w:rsidRDefault="00A86630" w:rsidP="00895128">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3654"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>n</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003806CD">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A86630">
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">on-CTIMPs </w:t>
+        <w:t xml:space="preserve">ccess the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:tooltip="Link to the Clinical Research e-Pathway" w:history="1">
+        <w:r w:rsidR="001D0D34" w:rsidRPr="00A86630">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>Clinical Research e-Pathway</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A86630">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for a roadmap to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>&amp;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003806CD">
+        <w:t xml:space="preserve">help </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A86630">
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Studies (UoB-ESD-QCD-00</w:t>
+        <w:t xml:space="preserve">navigate a </w:t>
+      </w:r>
+      <w:r w:rsidR="007862F4">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">complete project </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A86630">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>lifecycle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="ReferencestootherSOPsQCDsChar"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...55 lines deleted...]
-      <w:r w:rsidR="007B570E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43B18C8A" w14:textId="0735DC71" w:rsidR="007B711A" w:rsidRDefault="007B711A" w:rsidP="007B711A">
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="1F2DBA2B" w14:textId="77777777" w:rsidR="00A86630" w:rsidRDefault="00A86630" w:rsidP="007773B9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3654"/>
+        </w:tabs>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="38567E58" w14:textId="08DC309C" w:rsidR="007B711A" w:rsidRDefault="007B711A" w:rsidP="007B711A">
-[...11 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="384BCDF3" w14:textId="77777777" w:rsidR="00A86630" w:rsidRDefault="00A86630" w:rsidP="007773B9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3654"/>
+        </w:tabs>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EC856DB" w14:textId="6C193087" w:rsidR="007B711A" w:rsidRDefault="007B711A" w:rsidP="007B711A">
-[...119 lines deleted...]
-          <w:pgMar w:top="5104" w:right="1440" w:bottom="1560" w:left="1440" w:header="1396" w:footer="567" w:gutter="0"/>
+    <w:p w14:paraId="4F28C44F" w14:textId="77777777" w:rsidR="0097056C" w:rsidRPr="007773B9" w:rsidRDefault="0097056C" w:rsidP="007773B9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3654"/>
+        </w:tabs>
+        <w:sectPr w:rsidR="0097056C" w:rsidRPr="007773B9" w:rsidSect="00EA11E4">
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:footerReference w:type="first" r:id="rId14"/>
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="4253" w:right="1440" w:bottom="1440" w:left="1440" w:header="1438" w:footer="452" w:gutter="0"/>
+          <w:pgBorders w:display="notFirstPage">
+            <w:top w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+          </w:pgBorders>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7859F31D" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="003F499F" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc153528138"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc215839646"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc216447821"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc320536979"/>
       <w:r>
-        <w:t xml:space="preserve">Note the UoB QMS documents can be found on the </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00E243E7">
+        <w:lastRenderedPageBreak/>
+        <w:t>Purpose</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="2DD0A403" w14:textId="33551AFD" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc153528139"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00284CB5">
+        <w:t>This document contains a template that can be used to create a protocol for non-</w:t>
+      </w:r>
+      <w:r w:rsidR="00291E4F">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284CB5">
+        <w:t xml:space="preserve">linical </w:t>
+      </w:r>
+      <w:r w:rsidR="00291E4F">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284CB5">
+        <w:t>rials of an</w:t>
+      </w:r>
+      <w:r w:rsidR="00291E4F">
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284CB5">
+        <w:t xml:space="preserve">nvestigational </w:t>
+      </w:r>
+      <w:r w:rsidR="00291E4F">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284CB5">
+        <w:t xml:space="preserve">roduct (non-CTIMPs) and </w:t>
+      </w:r>
+      <w:r w:rsidR="00055EE4">
+        <w:t xml:space="preserve">clinical </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284CB5">
+        <w:t xml:space="preserve">studies. This template is designed to be used in conjunction with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284CB5">
+        <w:rPr>
+          <w:rStyle w:val="DocrefChar"/>
+        </w:rPr>
+        <w:t>Protocol Development Tool for non-CTIMPs &amp; Studies (UoB-ESD-QCD-003)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00284CB5">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3830BFF6" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc215839647"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc216447822"/>
+      <w:r w:rsidRPr="00B63F21">
+        <w:t>Scope</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="41411509" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:r>
+        <w:t>This is an optional QCD and may be used to support the development of a protocol for all clinical research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D0DDD9" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00C34A3B" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc153528140"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc215839648"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc216447823"/>
+      <w:r w:rsidRPr="00B63F21">
+        <w:t>Implementation plan</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="7FDBB707" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00C34A3B" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:r>
+        <w:t>This QCD will be implemented in line with this document’s effective date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0988A5" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Ref153523581"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc153528141"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc215839649"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc216447824"/>
+      <w:r>
+        <w:t>Stakeholders</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="27CBFA95" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="000A2BA6" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Members of staff required to write a protocol for clinical research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5758FB65" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc215839650"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc216447825"/>
+      <w:r>
+        <w:t>Instructions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="0BB146A8" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="002E5998" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="Numberlist"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc153528153"/>
+      <w:r w:rsidRPr="002E5998">
+        <w:t>Save a copy of this QCD.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AF06344" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="002E5998" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="Numberlist"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5998">
+        <w:t>Update the document’s header details (e.g. with the project ID) and footer details (e.g., with local filename and version number), retaining the document reference to this QCD.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="631CDF13" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="002E5998" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="Numberlist"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5998">
+        <w:t xml:space="preserve">When ready, delete these introduction pages (i.e., pages 1 to 4). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A6BEA8" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="002E5998" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc215839651"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc216447826"/>
+      <w:r>
+        <w:t>How to use the template</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="48ED1C4E" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="002E5998" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="Numberlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5998">
+        <w:t xml:space="preserve">Complete all sections of the template in line with your project’s requirements/design. Refer to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5998">
+        <w:rPr>
+          <w:rStyle w:val="DocrefChar"/>
+        </w:rPr>
+        <w:t>Protocol Development Tool for non-CTIMPs &amp; Studies (UoB-ESD-QCD-003)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5998">
+        <w:t xml:space="preserve"> for guidance on what should be included in each section. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B63BE0B" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="002E5998" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="Numberlist"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5998">
+        <w:t xml:space="preserve">Follow the procedures in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5998">
+        <w:rPr>
+          <w:rStyle w:val="DocrefChar"/>
+        </w:rPr>
+        <w:t>Essential Documents Development &amp; Maintenance SOP (UoB-ESD-SOP-001)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="DocrefChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Project Set-up SOP (UoB-SET-SOP-001)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5998">
+        <w:t xml:space="preserve"> for submitting the protocol for approval and filing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7E8071" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc215839652"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc216447827"/>
+      <w:r w:rsidRPr="006561C0">
+        <w:t>Related</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> documents</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="2C123DBA" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc153528154"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc215839653"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc216447828"/>
+      <w:r>
+        <w:t>Associated QMS documents</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="52D6D7C5" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>UoB-ESD-SOP-001 Essential Documents Development and Maintenance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17207A2F" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>UoB-ESD-QCD-003 Protocol Development Tool for non-CTIMPs &amp; Studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FC19D7" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>UoB-ESD-QCD-005 Essential Document Checklist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="097832DD" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>UoB-ESD-QCD-006 Version Control Log</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6343EF05" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc215839654"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc216447829"/>
+      <w:r>
+        <w:t>Additional QMS documents</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="40358F7F" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00C15E23" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+      <w:pPr>
+        <w:pStyle w:val="bullet10"/>
+      </w:pPr>
+      <w:r>
+        <w:t>UoB-SET-SOP-001 Project Set-up</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADC1362" w14:textId="175751AC" w:rsidR="00E832FE" w:rsidRDefault="00895C73" w:rsidP="00E832FE">
+      <w:r>
+        <w:t xml:space="preserve">Access to the full UoB QMS for clinical research is available via the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:tooltip="Link to CRCT website" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>CRCT website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="710CEFC8" w14:textId="77777777" w:rsidR="000C4F7B" w:rsidRDefault="000C4F7B">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Toc153528158"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39665B19" w14:textId="1994805B" w:rsidR="00234600" w:rsidRPr="00901562" w:rsidRDefault="00234600" w:rsidP="000C4F7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Toc216447830"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Document </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6162">
+        <w:t>contributors</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Document contributors"/>
+        <w:tblDescription w:val="This table contains details of the author(s), reviewer(s) and authorisor(s) of this document. "/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9017"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D242C8" w:rsidRPr="003713E4" w14:paraId="6AC1C388" w14:textId="77777777" w:rsidTr="00D242C8">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C19019" w14:textId="77777777" w:rsidR="00D242C8" w:rsidRPr="002B6735" w:rsidRDefault="00D242C8" w:rsidP="002B6735">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="28" w:name="_Toc143768371"/>
+            <w:r w:rsidRPr="002B6735">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Author</w:t>
+            </w:r>
+            <w:r w:rsidR="002B6735" w:rsidRPr="002B6735">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D242C8" w14:paraId="41DE42BB" w14:textId="77777777" w:rsidTr="00F6365D">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D34D83F" w14:textId="7A20BA53" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Helen Wright (Quality Assurance Trainee)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="267717F1" w14:textId="3F58A91A" w:rsidR="00D242C8" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Enayet Amin (Senior Quality Assurance Officer)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D242C8" w14:paraId="15569E3E" w14:textId="77777777" w:rsidTr="002B6735">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="06B2D308" w14:textId="77777777" w:rsidR="00D242C8" w:rsidRPr="002B6735" w:rsidRDefault="002B6735" w:rsidP="002B6735">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B6735">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Reviewer(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B6735" w14:paraId="2B720025" w14:textId="77777777" w:rsidTr="00D242C8">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F2BFA38" w14:textId="77777777" w:rsidR="002B6735" w:rsidRPr="00F130E6" w:rsidRDefault="00AE03AD" w:rsidP="00F6365D">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Version</w:t>
+            </w:r>
+            <w:r w:rsidR="002B6735" w:rsidRPr="00F130E6">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by – </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="652B0C22" w14:textId="77777777" w:rsidR="00283ED8" w:rsidRDefault="00075D91" w:rsidP="003F499F">
+            <w:pPr>
+              <w:pStyle w:val="bulletT1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>QMS Manager</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ACD9EAE" w14:textId="77777777" w:rsidR="002B6735" w:rsidRPr="0070323D" w:rsidRDefault="002B6735" w:rsidP="002B6735">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0070323D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Revisions by</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0070323D">
+              <w:t xml:space="preserve"> –</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D4D5991" w14:textId="77777777" w:rsidR="002B6735" w:rsidRDefault="002B6735" w:rsidP="00120959">
+            <w:pPr>
+              <w:pStyle w:val="bulletT1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0070323D">
+              <w:t>CRCT (see</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004827DE">
+              <w:t>d</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ocument revision log</w:t>
+            </w:r>
+            <w:r w:rsidR="004827DE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004827DE" w:rsidRPr="004827DE">
+              <w:rPr>
+                <w:rStyle w:val="SectionrefChar"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="004827DE" w:rsidRPr="004827DE">
+              <w:rPr>
+                <w:rStyle w:val="SectionrefChar"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref153523697 \p \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="004827DE">
+              <w:rPr>
+                <w:rStyle w:val="SectionrefChar"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="004827DE" w:rsidRPr="004827DE">
+              <w:rPr>
+                <w:rStyle w:val="SectionrefChar"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004827DE" w:rsidRPr="004827DE">
+              <w:rPr>
+                <w:rStyle w:val="SectionrefChar"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00895C73">
+              <w:rPr>
+                <w:rStyle w:val="SectionrefChar"/>
+              </w:rPr>
+              <w:t>below</w:t>
+            </w:r>
+            <w:r w:rsidR="004827DE" w:rsidRPr="004827DE">
+              <w:rPr>
+                <w:rStyle w:val="SectionrefChar"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="0070323D">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D242C8" w14:paraId="7038447E" w14:textId="77777777" w:rsidTr="002B6735">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7C5791" w14:textId="77777777" w:rsidR="00D242C8" w:rsidRPr="002B6735" w:rsidRDefault="002B6735" w:rsidP="002B6735">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B6735">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Authoriser(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D242C8" w14:paraId="1186210E" w14:textId="77777777" w:rsidTr="00D242C8">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="39A8886A" w14:textId="0AAF034A" w:rsidR="00075D91" w:rsidRDefault="00895C73" w:rsidP="002B6735">
+            <w:pPr>
+              <w:pStyle w:val="Contributorstabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Jamie Douglas-Pugh (Clinical Research Compliance Manager / QMS Manager)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="61AEC1B1" w14:textId="77777777" w:rsidR="003E6162" w:rsidRDefault="003E6162" w:rsidP="00234600">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08499891" w14:textId="77777777" w:rsidR="003E6162" w:rsidRPr="004827DE" w:rsidRDefault="003E6162" w:rsidP="004827DE">
+      <w:pPr>
+        <w:pStyle w:val="Sectionref"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004827DE">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6EB06C" w14:textId="77777777" w:rsidR="002B6735" w:rsidRDefault="003E6162" w:rsidP="003E6162">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc153528159"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc216447831"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Document </w:t>
+      </w:r>
+      <w:r w:rsidR="001976C1">
+        <w:t>h</w:t>
+      </w:r>
+      <w:r>
+        <w:t>istory</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="5372C61F" w14:textId="77777777" w:rsidR="00234600" w:rsidRPr="00710D7B" w:rsidRDefault="00120959" w:rsidP="00234600">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Toc153528160"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc216447832"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t>Document version log</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="75277783" w14:textId="77777777" w:rsidR="00A5347A" w:rsidRDefault="00234600" w:rsidP="005405BD">
+      <w:r>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7027">
+        <w:t>table below</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> summarise the changes made to this document compared to its superseded version</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7027">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00051979">
-[...6 lines deleted...]
-        <w:r w:rsidR="00051979" w:rsidRPr="00A101C2">
+      <w:r w:rsidR="002A0B65">
+        <w:t xml:space="preserve">For information on earlier versions not shown, please </w:t>
+      </w:r>
+      <w:r w:rsidR="001E07D8">
+        <w:t>email</w:t>
+      </w:r>
+      <w:r w:rsidR="002A0B65">
+        <w:t xml:space="preserve"> the CRCT</w:t>
+      </w:r>
+      <w:r w:rsidR="001E07D8">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:tooltip="Email the CRCT" w:history="1">
+        <w:r w:rsidR="001E07D8" w:rsidRPr="00986664">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>crct@contacts.bham.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00051979">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="001E07D8">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002A0B65">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001E07D8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A0B65">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Document version log"/>
+        <w:tblDescription w:val="This table summarise the changes made to this document compared to its superseded versions."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1414"/>
+        <w:gridCol w:w="7603"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006F7027" w:rsidRPr="003713E4" w14:paraId="5C0F1929" w14:textId="77777777" w:rsidTr="00F6365D">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="784" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0620DE25" w14:textId="77777777" w:rsidR="006F7027" w:rsidRPr="003713E4" w:rsidRDefault="006F7027" w:rsidP="008051E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Version</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4216" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F6E72A" w14:textId="77777777" w:rsidR="006F7027" w:rsidRPr="003713E4" w:rsidRDefault="006F7027" w:rsidP="008051E9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Reason for update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A0B65" w14:paraId="61C04DC1" w14:textId="77777777" w:rsidTr="00515191">
+        <w:trPr>
+          <w:trHeight w:val="907"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="784" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A45311B" w14:textId="3F183BFF" w:rsidR="00A5347A" w:rsidRDefault="00895C73" w:rsidP="00A5347A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="002A0B65">
+              <w:t>.0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B79B246" w14:textId="028335C1" w:rsidR="002A0B65" w:rsidRDefault="002A0B65" w:rsidP="00A5347A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="007D3354">
+              <w:t>05-Jan-2026</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4216" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="64F6A84B" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+            <w:pPr>
+              <w:pStyle w:val="bulletT1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Transferred to new QCD template</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65A32561" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+            <w:pPr>
+              <w:pStyle w:val="bulletT1"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Removed reference to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007863E2">
+              <w:t>obsolete</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> CTIMP protocol template (UoB-ESD-QCD-001)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B8FC9F" w14:textId="3EDDD5CD" w:rsidR="002A0B65" w:rsidRDefault="00895C73" w:rsidP="00895C73">
+            <w:pPr>
+              <w:pStyle w:val="bulletT1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Updated instructions on how to use this template</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2973D7D5" w14:textId="77777777" w:rsidR="00234600" w:rsidRDefault="00234600" w:rsidP="00234600">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc143768372"/>
+      <w:bookmarkStart w:id="34" w:name="_Ref152852855"/>
+      <w:bookmarkStart w:id="35" w:name="_Ref152852890"/>
+      <w:bookmarkStart w:id="36" w:name="_Ref153523697"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc153528161"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc216447833"/>
       <w:r>
-        <w:rPr>
-[...20 lines deleted...]
-        <w:t>).</w:t>
+        <w:t xml:space="preserve">Document </w:t>
+      </w:r>
+      <w:r w:rsidR="00413F0A">
+        <w:t>r</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">evision </w:t>
+      </w:r>
+      <w:r w:rsidR="00413F0A">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r>
+        <w:t>og</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
-    <w:p w14:paraId="49701257" w14:textId="77777777" w:rsidR="00CC3DF0" w:rsidRDefault="00CC3DF0" w:rsidP="002D601E">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5C2BBD60" w14:textId="77777777" w:rsidR="00A5347A" w:rsidRDefault="00234600" w:rsidP="00A5347A">
+      <w:r>
+        <w:t xml:space="preserve">The table below summaries the reason for any revisions made to the </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D34">
+        <w:t xml:space="preserve">latest </w:t>
+      </w:r>
+      <w:r>
+        <w:t>version of this document. Revisions do not affect the key content and/or requirements outline</w:t>
+      </w:r>
+      <w:r w:rsidR="00426CB9">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in the document.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="46897FDA" w14:textId="5F482F53" w:rsidR="00B63EFD" w:rsidRDefault="00B63EFD" w:rsidP="00174260"/>
-    <w:p w14:paraId="55DDBAEB" w14:textId="108CCC67" w:rsidR="005E5B78" w:rsidRDefault="00FF72DB" w:rsidP="005E5B78">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Document revision log"/>
+        <w:tblDescription w:val="This able summaries the reason for any revisions made to the latest version of this document."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="2030"/>
+        <w:gridCol w:w="2030"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00234600" w14:paraId="06F4215B" w14:textId="77777777" w:rsidTr="00F6365D">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="150CF228" w14:textId="77777777" w:rsidR="00234600" w:rsidRPr="003713E4" w:rsidRDefault="00234600" w:rsidP="008051E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003713E4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Revision</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB299B0" w14:textId="77777777" w:rsidR="00234600" w:rsidRPr="003713E4" w:rsidRDefault="00234600" w:rsidP="008051E9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Reason for revision</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ABEAE68" w14:textId="77777777" w:rsidR="00234600" w:rsidRPr="003713E4" w:rsidRDefault="00234600" w:rsidP="008051E9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003713E4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Editor/reviewer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6035B1D5" w14:textId="77777777" w:rsidR="00234600" w:rsidRPr="003713E4" w:rsidRDefault="00234600" w:rsidP="008051E9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003713E4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Authoriser</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED36EE" w14:paraId="4572BDF3" w14:textId="77777777" w:rsidTr="00515191">
+        <w:trPr>
+          <w:trHeight w:val="907"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB065E4" w14:textId="77777777" w:rsidR="00ED36EE" w:rsidRDefault="00ED36EE" w:rsidP="00ED36EE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3041C0C2" w14:textId="77777777" w:rsidR="00ED36EE" w:rsidRDefault="00ED36EE" w:rsidP="00ED36EE">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="658C9FA7" w14:textId="77777777" w:rsidR="00ED36EE" w:rsidRDefault="00ED36EE" w:rsidP="00ED36EE">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED5A6F4" w14:textId="77777777" w:rsidR="00ED36EE" w:rsidRDefault="00ED36EE" w:rsidP="00ED36EE">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="61191905" w14:textId="77777777" w:rsidR="00CF1011" w:rsidRDefault="00CF1011" w:rsidP="00075D91"/>
+    <w:p w14:paraId="1AE1BF71" w14:textId="77777777" w:rsidR="00CF1011" w:rsidRDefault="00CF1011" w:rsidP="00075D91"/>
+    <w:p w14:paraId="617A17BB" w14:textId="77777777" w:rsidR="00CF1011" w:rsidRDefault="00CF1011" w:rsidP="00075D91">
+      <w:pPr>
+        <w:sectPr w:rsidR="00CF1011" w:rsidSect="00EA11E4">
+          <w:headerReference w:type="even" r:id="rId17"/>
+          <w:headerReference w:type="default" r:id="rId18"/>
+          <w:footerReference w:type="even" r:id="rId19"/>
+          <w:footerReference w:type="default" r:id="rId20"/>
+          <w:headerReference w:type="first" r:id="rId21"/>
+          <w:footerReference w:type="first" r:id="rId22"/>
+          <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="397" w:gutter="0"/>
+          <w:pgBorders>
+            <w:top w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+            <w:bottom w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+          </w:pgBorders>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23ED5E4A" w14:textId="77777777" w:rsidR="00075D91" w:rsidRDefault="00075D91" w:rsidP="00075D91">
+      <w:pPr>
+        <w:pStyle w:val="Instructions"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>&lt; start of the template – delete this red text and the pages above when you are ready to use this template &gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="222A52ED" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>PROTOCOL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FAC4F4C" w14:textId="033A314D" w:rsidR="005E5B78" w:rsidRDefault="00DE506B" w:rsidP="00DE506B">
+    <w:p w14:paraId="4CBC23D1" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc124852914"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc215839659"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc216447834"/>
       <w:r>
         <w:t>Title page</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
-    <w:p w14:paraId="306AC6B7" w14:textId="5B713373" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="68B6DAF8" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc124852915"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc215839660"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc216447835"/>
       <w:r>
-        <w:t xml:space="preserve">Full/long title of the </w:t>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+        <w:t>Full/long title of the project</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
-    <w:p w14:paraId="02E8D912" w14:textId="058ADA83" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="39DC44E8" w14:textId="2403E52D" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="49FB5853" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73"/>
+    <w:p w14:paraId="4A784823" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73"/>
+    <w:p w14:paraId="03743458" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc124852916"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc215839661"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc216447836"/>
       <w:r>
         <w:t>Short title/acronym</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
-    <w:p w14:paraId="138C359C" w14:textId="3F3D3488" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="04F1664F" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="1C08CE57" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73"/>
+    <w:p w14:paraId="18E0A631" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73"/>
+    <w:p w14:paraId="7D545D52" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc124852917"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc215839662"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc216447837"/>
       <w:r>
         <w:t>Protocol version number and date</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Protocol version number &amp; date"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="6611"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00427A8F" w14:paraId="544A9ED4" w14:textId="77777777" w:rsidTr="00427A8F">
+      <w:tr w:rsidR="00895C73" w14:paraId="4A305CF0" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1B13B06B" w14:textId="77777777" w:rsidR="00427A8F" w:rsidRPr="00427A8F" w:rsidRDefault="00427A8F" w:rsidP="005579B0">
+          <w:p w14:paraId="288D037C" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00427A8F" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427A8F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Protocol version number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D63AF58" w14:textId="77777777" w:rsidR="00427A8F" w:rsidRDefault="00427A8F" w:rsidP="005579B0"/>
+          <w:p w14:paraId="44CB66B7" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="007C6769"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427A8F" w14:paraId="11CD791F" w14:textId="77777777" w:rsidTr="00427A8F">
+      <w:tr w:rsidR="00895C73" w14:paraId="5DDCF885" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4DBC1F61" w14:textId="3EFC8F79" w:rsidR="00427A8F" w:rsidRPr="00427A8F" w:rsidRDefault="00427A8F" w:rsidP="005579B0">
+          <w:p w14:paraId="3C6A3097" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00427A8F" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427A8F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Protocol version date</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="450CA973" w14:textId="77777777" w:rsidR="00427A8F" w:rsidRDefault="00427A8F" w:rsidP="005579B0"/>
+          <w:p w14:paraId="50D6DCAF" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="007C6769"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="704163F7" w14:textId="77777777" w:rsidR="002D601E" w:rsidRDefault="002D601E" w:rsidP="005E5B78"/>
-    <w:p w14:paraId="090B72DD" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+    <w:p w14:paraId="0136E315" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73"/>
+    <w:p w14:paraId="31B24B29" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc124852918"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc215839663"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc216447838"/>
       <w:r>
         <w:t>Research reference numbers</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Table for research reference numbers"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="6611"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005E5B78" w:rsidRPr="005E5B78" w14:paraId="71EF22AB" w14:textId="77777777" w:rsidTr="00427A8F">
+      <w:tr w:rsidR="00895C73" w:rsidRPr="005E5B78" w14:paraId="0F8B72E6" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1147A828" w14:textId="0D749676" w:rsidR="005E5B78" w:rsidRPr="00427A8F" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="1FFA3605" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00427A8F" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427A8F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:eastAsia="en-US"/>
-[...17 lines deleted...]
-              <w:t>umber:</w:t>
+              </w:rPr>
+              <w:t>IRAS number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A68CF8E" w14:textId="5DE9C70F" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
-[...5 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="5CF71FCA" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="005E5B78" w:rsidRDefault="00895C73" w:rsidP="007C6769"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5B78" w:rsidRPr="005E5B78" w14:paraId="2DBBC2E9" w14:textId="77777777" w:rsidTr="00427A8F">
+      <w:tr w:rsidR="00895C73" w:rsidRPr="005E5B78" w14:paraId="104E2EF6" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E120123" w14:textId="70A9D927" w:rsidR="005E5B78" w:rsidRPr="00427A8F" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="73C38990" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00427A8F" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427A8F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:eastAsia="en-US"/>
-[...17 lines deleted...]
-              <w:t>RG number:</w:t>
+              </w:rPr>
+              <w:t>Sponsor/RG number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13C2A835" w14:textId="6C867F69" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
-[...5 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="2F81595E" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="005E5B78" w:rsidRDefault="00895C73" w:rsidP="007C6769"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5B78" w:rsidRPr="005E5B78" w14:paraId="1FE49597" w14:textId="77777777" w:rsidTr="00427A8F">
+      <w:tr w:rsidR="00895C73" w:rsidRPr="005E5B78" w14:paraId="3C7D20EE" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54A4AA55" w14:textId="47FC5A14" w:rsidR="005E5B78" w:rsidRPr="00427A8F" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="226C559B" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00427A8F" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427A8F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>REC reference number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C276F45" w14:textId="7ED2CDBC" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
-[...5 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="311CE4AA" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="005E5B78" w:rsidRDefault="00895C73" w:rsidP="007C6769"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5B78" w:rsidRPr="005E5B78" w14:paraId="1F42FEFD" w14:textId="77777777" w:rsidTr="00427A8F">
+      <w:tr w:rsidR="00895C73" w:rsidRPr="005E5B78" w14:paraId="7521A78A" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4B8E6F" w14:textId="05CB657C" w:rsidR="005E5B78" w:rsidRPr="00427A8F" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="276515C4" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00427A8F" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427A8F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:eastAsia="en-US"/>
-[...9 lines deleted...]
-              <w:t>:</w:t>
+              </w:rPr>
+              <w:t>Public registry number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30A4043A" w14:textId="782BA964" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
-[...5 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="6C00C8BB" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="005E5B78" w:rsidRDefault="00895C73" w:rsidP="007C6769"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E5B78" w:rsidRPr="005E5B78" w14:paraId="52F98E5A" w14:textId="77777777" w:rsidTr="00427A8F">
+      <w:tr w:rsidR="00895C73" w:rsidRPr="005E5B78" w14:paraId="66C7B233" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="683CE22F" w14:textId="77777777" w:rsidR="005E5B78" w:rsidRPr="00427A8F" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
+          <w:p w14:paraId="272551D8" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00427A8F" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427A8F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Funder number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6611" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02BE20B6" w14:textId="3E0E6A86" w:rsidR="005E5B78" w:rsidRPr="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78">
-[...5 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="5DC196EC" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="005E5B78" w:rsidRDefault="00895C73" w:rsidP="007C6769"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7ECDF3AE" w14:textId="3E0A4549" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78"/>
-    <w:p w14:paraId="24C2A8B4" w14:textId="77777777" w:rsidR="00DE506B" w:rsidRDefault="00DE506B" w:rsidP="005E5B78">
+    <w:p w14:paraId="6447124D" w14:textId="1F3CC802" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00943790"/>
+    <w:p w14:paraId="79D1C74B" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA9498A" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:sectPr w:rsidR="00DE506B" w:rsidSect="00212610">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="_Toc124852919"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="_Toc215839664"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc216447839"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Signature page</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
     </w:p>
-    <w:p w14:paraId="3FC62773" w14:textId="0F4FECF2" w:rsidR="00E33FC9" w:rsidRDefault="00E33FC9" w:rsidP="00E33FC9">
+    <w:p w14:paraId="7876FAD6" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
       <w:r>
         <w:t>The undersigned confirm that the following protocol has been agreed and accepted and that the CI agrees to adhere to the signed University of Birmingham’s sponsorship CI declaration.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE442A4" w14:textId="77777777" w:rsidR="00E33FC9" w:rsidRDefault="00E33FC9" w:rsidP="00E33FC9">
+    <w:p w14:paraId="0781DD6E" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
       <w:r>
         <w:t>I agree to ensure that the confidential information contained in this document will not be used for any other purpose other than the evaluation or conduct of the investigation without the prior written consent of the Sponsor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6046CA60" w14:textId="35B55C9F" w:rsidR="00E33FC9" w:rsidRDefault="00E33FC9" w:rsidP="00E33FC9">
+    <w:p w14:paraId="1C1877D7" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
       <w:r>
-        <w:t xml:space="preserve">I also confirm that I will make the findings publicly available through publication or other dissemination tools without any unnecessary delay and that an honest accurate and transparent account of the project will be given; and that any discrepancies from the </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> as planned in this protocol will be explained.</w:t>
+        <w:t>I also confirm that I will make the findings publicly available through publication or other dissemination tools without any unnecessary delay and that an honest accurate and transparent account of the project will be given; and that any discrepancies from the project as planned in this protocol will be explained.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09AF10EA" w14:textId="1C28899F" w:rsidR="00427A8F" w:rsidRDefault="00427A8F" w:rsidP="00E33FC9"/>
+    <w:p w14:paraId="71BA3364" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Project details"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2547"/>
         <w:gridCol w:w="6469"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00427A8F" w14:paraId="7D7E258A" w14:textId="77777777" w:rsidTr="00427A8F">
+      <w:tr w:rsidR="00895C73" w14:paraId="79BFD70D" w14:textId="77777777" w:rsidTr="007C6769">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F518D38" w14:textId="68A03F00" w:rsidR="00427A8F" w:rsidRPr="00427A8F" w:rsidRDefault="00427A8F" w:rsidP="00E33FC9">
+          <w:p w14:paraId="0F527DB0" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00427A8F" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Full project</w:t>
             </w:r>
             <w:r w:rsidRPr="00427A8F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> title</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76A39AFF" w14:textId="77777777" w:rsidR="00427A8F" w:rsidRDefault="00427A8F" w:rsidP="00E33FC9"/>
+          <w:p w14:paraId="6AAC943D" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="007C6769"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427A8F" w14:paraId="73EC80B6" w14:textId="77777777" w:rsidTr="00427A8F">
+      <w:tr w:rsidR="00895C73" w14:paraId="0B42EE74" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6B73178A" w14:textId="62112BF3" w:rsidR="00427A8F" w:rsidRPr="00427A8F" w:rsidRDefault="00427A8F" w:rsidP="00E33FC9">
+          <w:p w14:paraId="4FAA0755" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00427A8F" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427A8F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Protocol version number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="395B0571" w14:textId="0436E036" w:rsidR="00427A8F" w:rsidRDefault="00427A8F" w:rsidP="00E33FC9"/>
+          <w:p w14:paraId="48E81A3A" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="007C6769"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00427A8F" w14:paraId="24CED8AB" w14:textId="77777777" w:rsidTr="00427A8F">
+      <w:tr w:rsidR="00895C73" w14:paraId="4794BD04" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5312BCF4" w14:textId="7A18FAC8" w:rsidR="00427A8F" w:rsidRPr="00427A8F" w:rsidRDefault="00427A8F" w:rsidP="00E33FC9">
+          <w:p w14:paraId="21C28147" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00427A8F" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00427A8F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Protocol version date</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10E7B9C8" w14:textId="484420AD" w:rsidR="00427A8F" w:rsidRDefault="00427A8F" w:rsidP="00E33FC9"/>
+          <w:p w14:paraId="3DE64FEB" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="007C6769"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="756358A6" w14:textId="7F4CDDC0" w:rsidR="00E33FC9" w:rsidRDefault="00E33FC9" w:rsidP="00E33FC9"/>
+    <w:p w14:paraId="302429B5" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73"/>
+    <w:p w14:paraId="7E8D14DE" w14:textId="1C22903E" w:rsidR="009A066E" w:rsidRPr="0090737E" w:rsidRDefault="0090737E" w:rsidP="00B006AB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="_Toc216447840"/>
+      <w:r>
+        <w:t>Chief investigator (CI)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Table for for CI signature "/>
         <w:tblDescription w:val="Containing name and signature of CI"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1271"/>
         <w:gridCol w:w="7745"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E33FC9" w:rsidRPr="00A253A3" w14:paraId="522885D4" w14:textId="77777777" w:rsidTr="00E33FC9">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00895C73" w:rsidRPr="00A253A3" w14:paraId="590EE290" w14:textId="77777777" w:rsidTr="00B006AB">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9016" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1271" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="741E86DB" w14:textId="1E06EC94" w:rsidR="00E33FC9" w:rsidRPr="00E33FC9" w:rsidRDefault="00E33FC9" w:rsidP="00E33FC9">
+          <w:p w14:paraId="2129755D" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00E33FC9" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="_Toc99616045"/>
-            <w:r w:rsidRPr="00E33FC9">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Chief Investigator</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E882C0E" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00E33FC9" w:rsidRDefault="00895C73" w:rsidP="007C6769">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> (CI)</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E33FC9" w:rsidRPr="00A253A3" w14:paraId="5ADB97F3" w14:textId="77777777" w:rsidTr="00E33FC9">
+      <w:tr w:rsidR="00895C73" w:rsidRPr="00A253A3" w14:paraId="27485CC6" w14:textId="77777777" w:rsidTr="00B006AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1874DAE9" w14:textId="6B8CC5D1" w:rsidR="00E33FC9" w:rsidRPr="00E33FC9" w:rsidRDefault="00E33FC9" w:rsidP="00E33FC9">
+          <w:p w14:paraId="2B16811C" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00E33FC9" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Name:</w:t>
+              <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F9E66D3" w14:textId="448E0C26" w:rsidR="00E33FC9" w:rsidRPr="00E33FC9" w:rsidRDefault="00E33FC9" w:rsidP="00E33FC9">
+          <w:p w14:paraId="1963DE00" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00E33FC9" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E33FC9" w:rsidRPr="00A253A3" w14:paraId="5FD84B4E" w14:textId="77777777" w:rsidTr="00E33FC9">
-[...44 lines deleted...]
-      <w:tr w:rsidR="00E33FC9" w:rsidRPr="00A253A3" w14:paraId="0AAEBD44" w14:textId="77777777" w:rsidTr="00E33FC9">
+      <w:tr w:rsidR="00895C73" w:rsidRPr="00A253A3" w14:paraId="292A13E8" w14:textId="77777777" w:rsidTr="00B006AB">
         <w:trPr>
           <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="259E9F6D" w14:textId="0A2DE214" w:rsidR="00E33FC9" w:rsidRPr="00E33FC9" w:rsidRDefault="00E33FC9" w:rsidP="00E33FC9">
+          <w:p w14:paraId="1E1BE94E" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00E33FC9" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7745" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5156D178" w14:textId="77777777" w:rsidR="00E33FC9" w:rsidRPr="00E33FC9" w:rsidRDefault="00E33FC9" w:rsidP="00E33FC9">
+          <w:p w14:paraId="2FD212DA" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00E33FC9" w:rsidRDefault="00895C73" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42E3FBEC" w14:textId="77777777" w:rsidR="00E33FC9" w:rsidRDefault="00E33FC9" w:rsidP="00E33FC9"/>
-    <w:p w14:paraId="11D074F9" w14:textId="5AD0DEE5" w:rsidR="00E33FC9" w:rsidRDefault="00E33FC9" w:rsidP="00E33FC9">
+    <w:p w14:paraId="4E4A7589" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73"/>
+    <w:p w14:paraId="198BE2D6" w14:textId="77777777" w:rsidR="00895C73" w:rsidRDefault="00895C73" w:rsidP="00895C73">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc124852920"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc215839665"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc216447841"/>
       <w:r>
         <w:t>Sponsor statement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC1FE84" w14:textId="052441DD" w:rsidR="00E33FC9" w:rsidRDefault="00E33FC9" w:rsidP="00E33FC9">
+    <w:p w14:paraId="4D3C595B" w14:textId="7DFE606F" w:rsidR="00075D91" w:rsidRDefault="00895C73" w:rsidP="00895C73">
       <w:r>
         <w:t>Where the University of Birmingham takes on the sponsor role for protocol development oversight, the signing of the IRAS form by the sponsor will serve as confirmation of approval of this protocol.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29202AAD" w14:textId="77777777" w:rsidR="00E33FC9" w:rsidRDefault="00E33FC9" w:rsidP="005E5B78"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="129A505C" w14:textId="77777777" w:rsidR="00A95705" w:rsidRDefault="00A95705" w:rsidP="005E5B78">
+    <w:p w14:paraId="3114EEA0" w14:textId="0B132D6B" w:rsidR="00895C73" w:rsidRDefault="00895C73">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236718B6" w14:textId="19146152" w:rsidR="00E926EE" w:rsidRDefault="00E926EE" w:rsidP="00E926EE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:sectPr w:rsidR="00A95705" w:rsidSect="00212610">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="_Toc124852921"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="_Toc216447842"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table of </w:t>
       </w:r>
-      <w:r w:rsidR="00A95705">
+      <w:r w:rsidR="008F145F">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t>ontents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="54"/>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="246160160"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:id w:val="13127021"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr>
-[...5 lines deleted...]
-      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="3694AC0B" w14:textId="56D7F333" w:rsidR="008D2F77" w:rsidRDefault="00A95705">
+        <w:p w14:paraId="21090AC0" w14:textId="1BE88A94" w:rsidR="00AC5685" w:rsidRDefault="00E926EE">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-              <w:noProof/>
-[...1 lines deleted...]
-              <w:szCs w:val="22"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc124852911" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447821" w:history="1">
+            <w:r w:rsidR="00AC5685" w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:noProof/>
               </w:rPr>
               <w:t>Purpose</w:t>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="00AC5685">
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...1 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="00AC5685">
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...14 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="00AC5685">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447821 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00AC5685">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00AC5685">
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...8 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidR="00AC5685">
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC5685">
+              <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0098FF5C" w14:textId="3700877D" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="72EE2830" w14:textId="340B1743" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447822" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Scope</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447822 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="35889B5F" w14:textId="0CB0679D" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447823" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Implementation plan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447823 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="54BD4E92" w14:textId="6251F131" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447824" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Stakeholders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447824 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="7D7C26AE" w14:textId="75377AE1" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447825" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Instructions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447825 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1EE4D3C7" w14:textId="6CE040B6" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852912" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447826" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Instructions</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>How to use the template</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447826 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="08892C57" w14:textId="7EB2D702" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="4B9D48CB" w14:textId="3B79EBAE" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447827" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Related documents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447827 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6BFE62DE" w14:textId="46E77F6F" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852913" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447828" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Related documents</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Associated QMS documents</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447828 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1176B6C3" w14:textId="012C1513" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="1923D7A9" w14:textId="2963AF31" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852914" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447829" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Title page</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Additional QMS documents</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447829 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="124E1BD1" w14:textId="35673361" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="0F152F5C" w14:textId="174A2F7F" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447830" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Document contributors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447830 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3AC6A268" w14:textId="4D110FAB" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447831" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Document history</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447831 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="71513C48" w14:textId="7ACA1D54" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852915" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447832" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Full/long title of the project</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Document version log</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447832 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="598DC8E6" w14:textId="7C59EA30" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="54828174" w14:textId="008741FA" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852916" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447833" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Short title/acronym</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Document revision log</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447833 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2F6108F1" w14:textId="1EADA27A" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="2DAD1D2D" w14:textId="33381AB9" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447834" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Title page</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447834 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="65451F9C" w14:textId="04F3C505" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852917" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447835" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Protocol version number and date</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Full/long title of the project</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447835 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="38A0DE91" w14:textId="48379104" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="27DAA2D4" w14:textId="4653725D" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852918" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447836" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Research reference numbers</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Short title/acronym</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447836 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0E87326D" w14:textId="4229F956" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="09A55BDC" w14:textId="4FC30305" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852919" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447837" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Signature page</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Protocol version number and date</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447837 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="73A63997" w14:textId="50BD9CC0" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="27C1CD48" w14:textId="49747676" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852920" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447838" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Sponsor statement</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Research reference numbers</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447838 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4AFC4653" w14:textId="7071DFA2" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="50ED0C23" w14:textId="317C22B7" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447839" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Signature page</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447839 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="30F77168" w14:textId="517E3226" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852921" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447840" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Table of contents</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Chief investigator (CI)</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447840 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4B22AA5B" w14:textId="6B1913CE" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="1FC682B1" w14:textId="27F912CE" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852922" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447841" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Key contacts</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Sponsor statement</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447841 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0BEE347C" w14:textId="5016356A" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="1D9086F6" w14:textId="28FB467D" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447842" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Table of contents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447842 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4C9649DB" w14:textId="0D49DB15" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447843" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Key contacts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447843 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3C9C4321" w14:textId="27D98145" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447844" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Project summary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447844 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="51C82A65" w14:textId="003B14E8" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447845" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Funding and support in kind</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447845 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="070F43A1" w14:textId="3ED157CE" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447846" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Role of sponsor and funder</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447846 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6FA23048" w14:textId="41441642" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447847" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Management committees/groups &amp; individuals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447847 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3C232E39" w14:textId="40FC0C4B" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852923" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447848" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Project summary</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Patient &amp; public involvement group</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447848 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4C604134" w14:textId="68AFAEB6" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="2CB1021F" w14:textId="132479E0" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447849" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Protocol contributors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447849 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="1DAB28B2" w14:textId="188749C7" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447850" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Key words</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447850 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="4A44E870" w14:textId="676BCBB7" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447851" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Project flow chart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447851 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="5095FE3B" w14:textId="31A2A0D3" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC1"/>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+              <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc216447852" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Protocol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447852 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="25470CB4" w14:textId="78FE9873" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852924" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447853" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Funding and support in kind</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Background</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447853 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="23B23EA9" w14:textId="73CAA559" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="31BF251E" w14:textId="4C6F9F93" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852925" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447854" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Role of sponsor and funder</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Rationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447854 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="081A99E9" w14:textId="5F1C1D26" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="0CFFAD91" w14:textId="2FCD201B" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852926" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447855" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Roles &amp; responsibilities of management committees/groups &amp; individuals</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Theoretical framework</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447855 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7F8F422D" w14:textId="16B3B985" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="47B259F5" w14:textId="466037BE" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...1 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852927" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447856" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Patient &amp; public involvement group</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Research question/aims</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447856 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="35EAC3F1" w14:textId="24FF0BA3" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="2031F462" w14:textId="6D7A74DA" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852928" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447857" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Protocol contributors</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Design and methods of data collection and data analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447857 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0A6BB751" w14:textId="1D5C156C" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="3779080D" w14:textId="2A265614" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852929" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447858" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Key words</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Project setting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447858 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="61644BD5" w14:textId="449CB498" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="3936BA42" w14:textId="59E25581" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852930" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447859" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Project flow chart</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>7.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Participant recruitment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447859 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5FBE0710" w14:textId="51063983" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="03944029" w14:textId="561BFBCA" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
-            <w:pStyle w:val="TOC1"/>
-[...2 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852931" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447860" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Protocol</w:t>
-[...4 lines deleted...]
-                <w:webHidden/>
+              <w:t>8.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r w:rsidRPr="00C21CAA">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Storage and analysis of human tissue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447860 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1821E51B" w14:textId="4F93E31A" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="696E11A0" w14:textId="6CA02FD9" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852932" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447861" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>1.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>9.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Background</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Safety reporting</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447861 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="675EECB0" w14:textId="78630CB9" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="3EA711D3" w14:textId="55D0F0DA" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852933" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447862" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>2.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>10.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Rationale</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Ethical and regulatory considerations</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447862 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3FAAF866" w14:textId="21D7EB31" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="2A63984E" w14:textId="6F4703CB" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852934" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447863" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>3.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>11.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Theoretical framework</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Dissemination policy</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447863 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1D084071" w14:textId="16195CC2" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="49D6BB35" w14:textId="7056898C" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
-            <w:tabs>
-[...2 lines deleted...]
-            </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852935" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447864" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>4.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>12.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Research question/aims</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>References</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447864 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="609CEB4B" w14:textId="424C902D" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
+        <w:p w14:paraId="4DD8B60C" w14:textId="4EE2A197" w:rsidR="00AC5685" w:rsidRDefault="00AC5685">
           <w:pPr>
-            <w:pStyle w:val="TOC3"/>
-[...3 lines deleted...]
-            </w:tabs>
+            <w:pStyle w:val="TOC2"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="22"/>
+              <w:kern w:val="2"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-GB"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc124852936" w:history="1">
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+          <w:hyperlink w:anchor="_Toc216447865" w:history="1">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>4.1.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>13.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77" w:rsidRPr="003068D4">
+            <w:r w:rsidRPr="00C21CAA">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Objectives</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+              <w:t>Appendices</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...12 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216447865 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008D2F77">
-[...6 lines deleted...]
-            <w:r w:rsidR="008D2F77">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7EFB7795" w14:textId="2FDC2CE6" w:rsidR="008D2F77" w:rsidRDefault="007B570E">
-[...3149 lines deleted...]
-        <w:p w14:paraId="27CEA24B" w14:textId="6D2391AE" w:rsidR="00A95705" w:rsidRDefault="00A95705">
+        <w:p w14:paraId="12DE12D1" w14:textId="0DCCC361" w:rsidR="00E926EE" w:rsidRDefault="00E926EE">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="08828BE6" w14:textId="551203DD" w:rsidR="005E5B78" w:rsidRDefault="005E5B78" w:rsidP="005E5B78"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="45099EF5" w14:textId="77777777" w:rsidR="00A95705" w:rsidRDefault="00A95705" w:rsidP="00704707">
+    <w:p w14:paraId="79C22BAC" w14:textId="1CA56AFC" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00E926EE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:sectPr w:rsidR="00A95705" w:rsidSect="00212610">
-[...9 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6DA6A3DA" w14:textId="77777777" w:rsidR="002D601E" w:rsidRDefault="002D601E" w:rsidP="00704707">
+    <w:p w14:paraId="64767069" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:sectPr w:rsidR="002D601E" w:rsidSect="00704707">
-[...17 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="_Toc215839667"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc216447843"/>
+      <w:r w:rsidRPr="005B7801">
         <w:lastRenderedPageBreak/>
         <w:t>Key contacts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Funding and support in kind"/>
         <w:tblDescription w:val="Names and contact details of all organisation providing funding and/or support in kind"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4508"/>
         <w:gridCol w:w="4508"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F83A3F" w14:paraId="21A90734" w14:textId="77777777" w:rsidTr="0010430A">
+      <w:tr w:rsidR="00B22BD5" w14:paraId="329BAE88" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F3AF66D" w14:textId="02609C99" w:rsidR="00F83A3F" w:rsidRPr="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="0010430A">
+          <w:p w14:paraId="2EC367B4" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="00F83A3F" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Role/function</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="740C947A" w14:textId="758366F6" w:rsidR="00F83A3F" w:rsidRPr="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="0010430A">
+          <w:p w14:paraId="196E2C06" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="00F83A3F" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Contact details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F83A3F" w14:paraId="408AEBF9" w14:textId="77777777" w:rsidTr="0010430A">
+      <w:tr w:rsidR="00B22BD5" w14:paraId="60926B33" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C862B88" w14:textId="58890B80" w:rsidR="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="0010430A"/>
+          <w:p w14:paraId="198374C5" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7240F1D8" w14:textId="77777777" w:rsidR="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="0010430A"/>
+          <w:p w14:paraId="6323697A" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F83A3F" w14:paraId="6B3DE0A9" w14:textId="77777777" w:rsidTr="0010430A">
+      <w:tr w:rsidR="00B22BD5" w14:paraId="45CE5915" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C8B76B7" w14:textId="77777777" w:rsidR="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="0010430A"/>
+          <w:p w14:paraId="6C27635C" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D561A5A" w14:textId="77777777" w:rsidR="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="0010430A"/>
+          <w:p w14:paraId="3E1BA67A" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F83A3F" w14:paraId="7C3E5953" w14:textId="77777777" w:rsidTr="0010430A">
+      <w:tr w:rsidR="00B22BD5" w14:paraId="60CFF5F2" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE097E0" w14:textId="77777777" w:rsidR="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="0010430A"/>
+          <w:p w14:paraId="183C4E67" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="262F362E" w14:textId="77777777" w:rsidR="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="0010430A"/>
+          <w:p w14:paraId="5C987BBD" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="13C452BC" w14:textId="77777777" w:rsidR="002D601E" w:rsidRDefault="002D601E" w:rsidP="002D601E"/>
-    <w:p w14:paraId="5EB6921A" w14:textId="5977C9D2" w:rsidR="00704707" w:rsidRDefault="00BA1089" w:rsidP="00704707">
+    <w:p w14:paraId="251B4186" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="21AD67C8" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc124852923"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc215839668"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc216447844"/>
       <w:r>
-        <w:t>Project</w:t>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="13"/>
+        <w:t>Project summary</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
     </w:p>
-    <w:p w14:paraId="5C577098" w14:textId="1DACED2A" w:rsidR="00A26350" w:rsidRDefault="00A26350" w:rsidP="00A26350"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="41D30E5E" w14:textId="7721877B" w:rsidR="00704707" w:rsidRDefault="00704707" w:rsidP="00704707">
+    <w:p w14:paraId="14731CAE" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="1F1FFB75" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="28FE6C7B" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc124852924"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc215839669"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc216447845"/>
       <w:r>
         <w:t>Funding and support in kind</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Funding and support in kind"/>
         <w:tblDescription w:val="Names and contact details of all organisation providing funding and/or support in kind"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4508"/>
         <w:gridCol w:w="4508"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F83A3F" w14:paraId="5BA98202" w14:textId="77777777" w:rsidTr="00F83A3F">
+      <w:tr w:rsidR="00B22BD5" w14:paraId="1990AE8F" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62333345" w14:textId="12AA1B8B" w:rsidR="00F83A3F" w:rsidRPr="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="00A26350">
+          <w:p w14:paraId="43946E45" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="00F83A3F" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F83A3F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Funder(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6142D31A" w14:textId="00F873B5" w:rsidR="00F83A3F" w:rsidRPr="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="00A26350">
+          <w:p w14:paraId="305720C3" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="00F83A3F" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidRPr="00F83A3F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>inancial and non-financial support given</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F83A3F" w14:paraId="76DC2E0C" w14:textId="77777777" w:rsidTr="00F83A3F">
+      <w:tr w:rsidR="00B22BD5" w14:paraId="199D6DD9" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10ED6058" w14:textId="77777777" w:rsidR="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="00A26350"/>
+          <w:p w14:paraId="5E8575FF" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D95CCBB" w14:textId="77777777" w:rsidR="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="00A26350"/>
+          <w:p w14:paraId="410C8D81" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F83A3F" w14:paraId="52F3C240" w14:textId="77777777" w:rsidTr="00F83A3F">
+      <w:tr w:rsidR="00B22BD5" w14:paraId="471292BE" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77DF75F8" w14:textId="77777777" w:rsidR="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="00A26350"/>
+          <w:p w14:paraId="478BEB75" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52BDB5C9" w14:textId="77777777" w:rsidR="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="00A26350"/>
+          <w:p w14:paraId="5DD4C83C" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F83A3F" w14:paraId="4FDAD3AE" w14:textId="77777777" w:rsidTr="00F83A3F">
+      <w:tr w:rsidR="00B22BD5" w14:paraId="4D9DF57D" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6FF01B" w14:textId="77777777" w:rsidR="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="00A26350"/>
+          <w:p w14:paraId="2E9460E9" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D5B3A5D" w14:textId="77777777" w:rsidR="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="00A26350"/>
+          <w:p w14:paraId="0D5694FA" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B04FD58" w14:textId="77777777" w:rsidR="002D601E" w:rsidRDefault="002D601E" w:rsidP="00A26350"/>
-    <w:p w14:paraId="4222AEDA" w14:textId="69DE6D3B" w:rsidR="00704707" w:rsidRDefault="00704707" w:rsidP="00704707">
+    <w:p w14:paraId="3FDF9EDE" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="00DE780E" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc124852925"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc215839670"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc216447846"/>
       <w:r>
         <w:t>Role of sponsor and funder</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
     </w:p>
-    <w:p w14:paraId="790D2477" w14:textId="61697FA8" w:rsidR="00A26350" w:rsidRDefault="00A26350" w:rsidP="00704707"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="0A139716" w14:textId="7380DD21" w:rsidR="00704707" w:rsidRDefault="00704707" w:rsidP="00704707">
+    <w:p w14:paraId="02C78A8E" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="085DB3E9" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="3C1B1412" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc124852926"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc215839671"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc216447847"/>
       <w:r>
-        <w:t>Roles &amp; responsibilities of management committees/groups &amp; individuals</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
+        <w:t>Management committees/groups &amp; individuals</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
     </w:p>
-    <w:p w14:paraId="24AE8F3F" w14:textId="5BAECC6B" w:rsidR="00A26350" w:rsidRDefault="00A26350" w:rsidP="00704707"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1E05287E" w14:textId="2CC8E8CF" w:rsidR="00704707" w:rsidRDefault="00704707" w:rsidP="00704707">
+    <w:p w14:paraId="75DDD001" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="5981A28F" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="5D462CE0" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc124852927"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc215839672"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc216447848"/>
       <w:r>
-        <w:t xml:space="preserve">Patient &amp; </w:t>
-[...19 lines deleted...]
-      <w:bookmarkEnd w:id="17"/>
+        <w:t>Patient &amp; public involvement group</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
     </w:p>
-    <w:p w14:paraId="169C4907" w14:textId="7A9F22B3" w:rsidR="00A26350" w:rsidRDefault="00A26350" w:rsidP="00704707"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="25283CEA" w14:textId="77777777" w:rsidR="00704707" w:rsidRDefault="00704707" w:rsidP="00704707">
+    <w:p w14:paraId="683480EA" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="41426E4B" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="2C8E128E" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc124852928"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc215839673"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc216447849"/>
       <w:r>
         <w:t>Protocol contributors</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
     </w:p>
-    <w:p w14:paraId="6E18D1CD" w14:textId="2035E6F3" w:rsidR="00A26350" w:rsidRDefault="00A26350" w:rsidP="00A26350"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2ADB2B00" w14:textId="26662016" w:rsidR="00704707" w:rsidRDefault="00704707" w:rsidP="00704707">
+    <w:p w14:paraId="616AAD39" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="5484432A" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="71118BD4" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc124852929"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc215839674"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc216447850"/>
       <w:r>
-        <w:t xml:space="preserve">Key </w:t>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="19"/>
+        <w:t>Key words</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B75D287" w14:textId="217557F5" w:rsidR="00A26350" w:rsidRDefault="00A26350" w:rsidP="00704707"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3FF99232" w14:textId="60935D45" w:rsidR="002D601E" w:rsidRDefault="00BA1089" w:rsidP="002D601E">
+    <w:p w14:paraId="492E4198" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="0E974E8C" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="5DACFAAB" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc124852930"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc215839675"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc216447851"/>
       <w:r>
-        <w:t>Project</w:t>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
+        <w:t>Project flow chart</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
     </w:p>
-    <w:p w14:paraId="106E018D" w14:textId="673E3DC3" w:rsidR="002D601E" w:rsidRDefault="002D601E" w:rsidP="002D601E"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7321593D" w14:textId="77777777" w:rsidR="002D601E" w:rsidRDefault="002D601E" w:rsidP="00450161">
+    <w:p w14:paraId="50195999" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="4629087E" w14:textId="0DCBB469" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323438F0" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:sectPr w:rsidR="002D601E" w:rsidSect="002D601E">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="21" w:name="_Toc124852931"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="_Toc215839676"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc216447852"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>P</w:t>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="21"/>
+        <w:t>Protocol</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
     </w:p>
-    <w:p w14:paraId="03F5CA0A" w14:textId="0EAE4ABF" w:rsidR="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="00F83A3F"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="22" w:name="_Toc124852932"/>
+    <w:p w14:paraId="18791E9D" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="79983530" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="5F3D6F91" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="_Toc215839677"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc216447853"/>
       <w:r>
         <w:t>Background</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
     </w:p>
-    <w:p w14:paraId="53407C8A" w14:textId="5E7968D8" w:rsidR="00704707" w:rsidRDefault="00704707" w:rsidP="00704707"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="_Toc124852933"/>
+    <w:p w14:paraId="52EDF4B4" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="0DD16DDE" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="36709446" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="_Toc215839678"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc216447854"/>
       <w:r>
         <w:t>Rationale</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A25A92" w14:textId="328E4367" w:rsidR="00704707" w:rsidRDefault="00704707" w:rsidP="00704707"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="24" w:name="_Toc124852934"/>
+    <w:p w14:paraId="17F504DE" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="2DC87E68" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="7FA639BD" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="_Toc215839679"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc216447855"/>
       <w:r>
         <w:t>Theoretical framework</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
     </w:p>
-    <w:p w14:paraId="5B2A3046" w14:textId="3588151F" w:rsidR="00704707" w:rsidRDefault="00704707" w:rsidP="00704707"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="25" w:name="_Toc124852935"/>
+    <w:p w14:paraId="2701FF53" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="12ACC9C7" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="09C59ABB" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="_Toc215839680"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc216447856"/>
       <w:r>
         <w:t>Research question/aims</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
     </w:p>
-    <w:p w14:paraId="763BCF02" w14:textId="4430A17D" w:rsidR="00704707" w:rsidRDefault="00704707" w:rsidP="00704707"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="_Toc124852936"/>
+    <w:p w14:paraId="7CCDBDB0" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="7BF30D42" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="365094CA" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>Objectives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C68CDF1" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="6BB1781B" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="125990AF" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22BD5">
+        <w:t>Outcome</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11103A35" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="3695B24F" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="27E65D3D" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="_Toc215839681"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc216447857"/>
       <w:r>
-        <w:t>Objectives</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="26"/>
+        <w:t>Design and methods of data collection and data analysis</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="84"/>
     </w:p>
-    <w:p w14:paraId="531EC159" w14:textId="7EA23214" w:rsidR="00704707" w:rsidRDefault="00704707" w:rsidP="00704707"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="27" w:name="_Toc124852937"/>
+    <w:p w14:paraId="4B93AD26" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="7B666949" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="22E21799" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="_Toc215839682"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc216447858"/>
       <w:r>
-        <w:t>Outcome</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="27"/>
+        <w:t>Project setting</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="86"/>
     </w:p>
-    <w:p w14:paraId="632123E9" w14:textId="7F0CE464" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00704707"/>
-[...35 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="_Toc124852940"/>
+    <w:p w14:paraId="67D73F07" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="4799D705" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="_Toc215839683"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc216447859"/>
       <w:r>
         <w:t>Participant recruitment</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="88"/>
     </w:p>
-    <w:p w14:paraId="3FA5FE44" w14:textId="1085A8A1" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="00AB220C">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="31" w:name="_Toc124852941"/>
+    <w:p w14:paraId="73DAAEBC" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>Eligibility criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276E4CEC" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="4D89BF7E" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="388422BC" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22BD5">
+        <w:t xml:space="preserve">Inclusion criteria </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40355798" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="596E3F21" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="7578B7D1" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Eligibility </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Exclusion criteria </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3330BD2B" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="6FD5F85B" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="7EA59DD0" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>Sampling</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A41DFD" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="5D1F3C43" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="1257CFE0" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
       <w:r>
-        <w:t>riteria</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="31"/>
+        <w:t>Size of sample</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0A5A7050" w14:textId="4A9367A8" w:rsidR="002D601E" w:rsidRDefault="002D601E" w:rsidP="002D601E"/>
-[...60 lines deleted...]
-      <w:bookmarkStart w:id="36" w:name="_Toc124852946"/>
+    <w:p w14:paraId="4DCE8FAD" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="086ACEBF" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="048A2246" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
       <w:r>
         <w:t>Sampling technique</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
     </w:p>
-    <w:p w14:paraId="723E70AF" w14:textId="158DF2DE" w:rsidR="003806CD" w:rsidRDefault="003806CD" w:rsidP="003806CD"/>
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="42518356" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="4C286504" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="44B81E13" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
         <w:t>Recruitment</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
     </w:p>
-    <w:p w14:paraId="2629B1D1" w14:textId="22AD618D" w:rsidR="003806CD" w:rsidRDefault="003806CD" w:rsidP="004B1904"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="38" w:name="_Toc124852948"/>
+    <w:p w14:paraId="66668DA6" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="075515D7" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="6633883C" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
       <w:r>
         <w:t>Sample identification</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
     </w:p>
-    <w:p w14:paraId="45C841E1" w14:textId="6CC9C2BA" w:rsidR="003806CD" w:rsidRDefault="003806CD" w:rsidP="004B1904"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="39" w:name="_Toc124852949"/>
+    <w:p w14:paraId="61FE494D" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="734EF133" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="368836C0" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
       <w:r>
         <w:t>Consent</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="20A0E0DD" w14:textId="4BE76872" w:rsidR="003806CD" w:rsidRDefault="003806CD" w:rsidP="004B1904"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="40" w:name="_Toc124852950"/>
+    <w:p w14:paraId="22A93C18" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="51731E1D" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="48571D9E" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="_Toc215839684"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc216447860"/>
       <w:r>
         <w:t>Storage and analysis of human tissue</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="90"/>
     </w:p>
-    <w:p w14:paraId="4733DFDB" w14:textId="789BB46F" w:rsidR="003806CD" w:rsidRDefault="003806CD" w:rsidP="003806CD"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="41" w:name="_Toc124852951"/>
+    <w:p w14:paraId="5118237E" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="26168499" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="48E9A3AB" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="_Toc215839685"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc216447861"/>
       <w:r>
         <w:t>Safety reporting</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="92"/>
     </w:p>
-    <w:p w14:paraId="60DEFCF9" w14:textId="7A583249" w:rsidR="003806CD" w:rsidRDefault="003806CD" w:rsidP="004B1904"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="42" w:name="_Toc124852952"/>
+    <w:p w14:paraId="4638B8E7" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="4E9425CC" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="247AE199" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="_Toc215839686"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc216447862"/>
       <w:r>
         <w:t>Ethical and regulatory considerations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="94"/>
     </w:p>
-    <w:p w14:paraId="60BE29D8" w14:textId="77777777" w:rsidR="002D601E" w:rsidRDefault="002D601E" w:rsidP="004B1904"/>
-    <w:p w14:paraId="63F5408C" w14:textId="575E8917" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
+    <w:p w14:paraId="192D5FEF" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>Assessment and management of risk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC613E2" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="55F5D0EB" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="525C9F1D" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>Research ethics committee (REC) and other regulatory review &amp; reports</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4650E9E9" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="292A6956" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="5B17CBFA" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t xml:space="preserve">Regulatory review &amp; compliance </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF91774" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="01058A9F" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="4CA3A232" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t xml:space="preserve">Amendments </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9226FE" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="4DEEA082" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="56908AF2" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>Peer review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022F3917" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="68ADCC4B" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="6E834824" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>Patient &amp; public involvement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D737754" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="11B59AE0" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="7F03302E" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t xml:space="preserve">Protocol compliance </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385C4661" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="4704BFD8" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="1C409BAF" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t xml:space="preserve">Data protection and confidentiality </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A156B9" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="4988E25B" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="23608D4F" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>Indemnity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C529E3D" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="001E6A49"/>
+    <w:p w14:paraId="6F7EAF7A" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRPr="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="001E6A49"/>
+    <w:p w14:paraId="4A19D7C8" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:lastRenderedPageBreak/>
+        <w:t>End of study and archiving</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C77E374" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="7E5DC422" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="6E3A5B3D" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>Access to the final dataset</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FCB1BFC" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="3DFD70E2" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="3EE05BE1" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="_Toc215839687"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc216447863"/>
       <w:r>
-        <w:t>.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Dissemination </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>policy</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkEnd w:id="96"/>
     </w:p>
-    <w:p w14:paraId="38C99A12" w14:textId="77777777" w:rsidR="003806CD" w:rsidRDefault="003806CD" w:rsidP="004B1904"/>
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="43"/>
+    <w:p w14:paraId="40318F0B" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>Dissemination policy</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3DEF89F4" w14:textId="1E742A52" w:rsidR="003806CD" w:rsidRDefault="003806CD" w:rsidP="004B1904"/>
-[...27 lines deleted...]
-      <w:bookmarkEnd w:id="44"/>
+    <w:p w14:paraId="48497DB3" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="46681AA9" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRDefault="00B22BD5" w:rsidP="00B22BD5"/>
+    <w:p w14:paraId="22D3AF0C" w14:textId="77777777" w:rsidR="00B22BD5" w:rsidRPr="001E6A49" w:rsidRDefault="00B22BD5" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>Authorship eligibility guidelines and any intended use of professional writers</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="752E9F38" w14:textId="77777777" w:rsidR="00F83A3F" w:rsidRDefault="00F83A3F" w:rsidP="003806CD"/>
-[...188 lines deleted...]
-    <w:p w14:paraId="4E4C3E8C" w14:textId="77777777" w:rsidR="00A26350" w:rsidRDefault="00A26350">
+    <w:p w14:paraId="5AD4CD8D" w14:textId="1B61710F" w:rsidR="001E6A49" w:rsidRDefault="001E6A49">
       <w:pPr>
         <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7103C6A3" w14:textId="1D4A813A" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="005B676A">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="35AC624B" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="_Toc215839688"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc216447864"/>
+      <w:r w:rsidRPr="005B7801">
         <w:lastRenderedPageBreak/>
         <w:t>References</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="98"/>
     </w:p>
-    <w:p w14:paraId="39851BFD" w14:textId="3538EDA7" w:rsidR="003806CD" w:rsidRDefault="003806CD" w:rsidP="004B1904"/>
-[...14 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3143A65F" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="001E6A49"/>
+    <w:p w14:paraId="0B525D29" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="PN1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="_Toc215839689"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc216447865"/>
+      <w:r>
+        <w:t>Appendices</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="100"/>
     </w:p>
-    <w:p w14:paraId="44053542" w14:textId="778B7EA3" w:rsidR="004B1904" w:rsidRDefault="004B1904" w:rsidP="004B1904">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="58" w:name="_Toc124852968"/>
+    <w:p w14:paraId="71CCAEC8" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRPr="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>Appendix 1 – required documentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545A1409" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="001E6A49"/>
+    <w:p w14:paraId="1EBF6DF8" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="001E6A49"/>
+    <w:p w14:paraId="30EA8E9F" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRPr="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>Appendix 2 – schedule of procedures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316E4733" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="001E6A49"/>
+    <w:p w14:paraId="6EAE3668" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="001E6A49"/>
+    <w:p w14:paraId="2C6A2D8B" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:pStyle w:val="ProtocolH2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E6A49">
+        <w:t>Appendix 3 – amendment history</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0595DF61" w14:textId="7A611553" w:rsidR="007164FC" w:rsidRPr="001E6A49" w:rsidRDefault="007164FC" w:rsidP="00B006AB">
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...66 lines deleted...]
-      <w:bookmarkEnd w:id="61"/>
+        <w:t xml:space="preserve">The table below </w:t>
+      </w:r>
+      <w:r w:rsidR="005C1282">
+        <w:t xml:space="preserve">details the </w:t>
+      </w:r>
+      <w:r w:rsidR="005C1282" w:rsidRPr="005C1282">
+        <w:t>amendments and/or administrative changes have been made to this protocol since the implementation of the first approved version</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1282">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Amendment history"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1256"/>
         <w:gridCol w:w="1291"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="3351"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00665B47" w14:paraId="6315F92D" w14:textId="77777777" w:rsidTr="005579B0">
-[...12 lines deleted...]
-      <w:tr w:rsidR="00665B47" w14:paraId="0A4D809B" w14:textId="77777777" w:rsidTr="005579B0">
+      <w:tr w:rsidR="001E6A49" w14:paraId="23CA2288" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1256" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D052EC1" w14:textId="77777777" w:rsidR="00665B47" w:rsidRPr="0027442E" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="283497FA" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRPr="0027442E" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0027442E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Amendment n</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>umber</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ADF822C" w14:textId="77777777" w:rsidR="00665B47" w:rsidRPr="0027442E" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="04B7284B" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRPr="0027442E" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date of amendment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B91A694" w14:textId="77777777" w:rsidR="00665B47" w:rsidRPr="0027442E" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="019169E4" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRPr="0027442E" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Protocol version number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB05860" w14:textId="77777777" w:rsidR="00665B47" w:rsidRPr="0027442E" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="4297FC7C" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRPr="0027442E" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Type of amendment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3351" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="713B4831" w14:textId="77777777" w:rsidR="00665B47" w:rsidRPr="0027442E" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="5BBE04C7" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRPr="0027442E" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Summary of amendment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00665B47" w14:paraId="12F69C7D" w14:textId="77777777" w:rsidTr="005579B0">
+      <w:tr w:rsidR="001E6A49" w14:paraId="10F0B062" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1256" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A4B7713" w14:textId="4EF38BF6" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="1C9B85E3" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C23F9A8" w14:textId="73098300" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="156C1E13" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B2D6F22" w14:textId="51BDA255" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="6FCA72C0" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="090D41AC" w14:textId="01D7E01E" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="44A12443" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C9D208D" w14:textId="14FE7B96" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0"/>
+          <w:p w14:paraId="74F9098F" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00665B47" w14:paraId="4405D9A2" w14:textId="77777777" w:rsidTr="005579B0">
+      <w:tr w:rsidR="001E6A49" w14:paraId="598C97A2" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1256" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19DE2408" w14:textId="6BF6C38C" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="7CAB55C5" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A18F85B" w14:textId="1896CB02" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="54067348" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AFCB6C4" w14:textId="3E7B3B18" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="16816FCB" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BFC52D9" w14:textId="60447CF9" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="7EAA8207" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A0319E9" w14:textId="704D4B09" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0"/>
+          <w:p w14:paraId="6E4B4B17" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00665B47" w14:paraId="54AF85AA" w14:textId="77777777" w:rsidTr="005579B0">
+      <w:tr w:rsidR="001E6A49" w14:paraId="448F65F2" w14:textId="77777777" w:rsidTr="007C6769">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1256" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F7AFB76" w14:textId="04019A8F" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="01A1F972" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1291" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0DAF04" w14:textId="6CA7FF7F" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="3DEB4ADA" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53FFFB6D" w14:textId="7E85C373" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="06A36F22" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E5D6FAC" w14:textId="6D7A0E5C" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0">
+          <w:p w14:paraId="46EB1370" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3351" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0191E29E" w14:textId="74B8B80F" w:rsidR="00665B47" w:rsidRDefault="00665B47" w:rsidP="005579B0"/>
+          <w:p w14:paraId="43559058" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRDefault="001E6A49" w:rsidP="007C6769">
+            <w:pPr>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="528E394C" w14:textId="77777777" w:rsidR="009A552E" w:rsidRPr="00B63EFD" w:rsidRDefault="009A552E" w:rsidP="004B1904"/>
-[...2 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
+    <w:p w14:paraId="4C46D6EB" w14:textId="77777777" w:rsidR="001E6A49" w:rsidRPr="00AE4940" w:rsidRDefault="001E6A49" w:rsidP="001E6A49">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5805"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="043B09BF" w14:textId="77777777" w:rsidR="00895C73" w:rsidRPr="00075D91" w:rsidRDefault="00895C73" w:rsidP="00895C73"/>
+    <w:sectPr w:rsidR="00895C73" w:rsidRPr="00075D91" w:rsidSect="00EA11E4">
+      <w:headerReference w:type="default" r:id="rId23"/>
+      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgMar w:top="1016" w:right="1440" w:bottom="1440" w:left="1440" w:header="426" w:footer="397" w:gutter="0"/>
       <w:pgBorders>
-        <w:top w:val="single" w:sz="12" w:space="3" w:color="943634"/>
-        <w:bottom w:val="single" w:sz="12" w:space="3" w:color="943634"/>
+        <w:top w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="12" w:space="3" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27A0B265" w14:textId="77777777" w:rsidR="00B26FC9" w:rsidRDefault="00B26FC9" w:rsidP="009E2541">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7B63D609" w14:textId="77777777" w:rsidR="00E81586" w:rsidRDefault="00E81586" w:rsidP="00F46DE6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="40170C88" w14:textId="77777777" w:rsidR="00E81586" w:rsidRDefault="00E81586" w:rsidP="00F46DE6"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25F9B2BE" w14:textId="77777777" w:rsidR="00B26FC9" w:rsidRDefault="00B26FC9" w:rsidP="009E2541">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="306BCBB6" w14:textId="77777777" w:rsidR="00E81586" w:rsidRDefault="00E81586" w:rsidP="00F46DE6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="3272E540" w14:textId="77777777" w:rsidR="00E81586" w:rsidRDefault="00E81586" w:rsidP="00F46DE6"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Verdana Pro Cond Semibold">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="00000043" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Gill Sans MT">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0502020104020203"/>
+  <w:font w:name="Arial Bold">
+    <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...107 lines deleted...]
-    </w:pPr>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="02471377" w14:textId="77777777" w:rsidR="00DD3075" w:rsidRDefault="00276842" w:rsidP="00276842">
     <w:r w:rsidRPr="002D6577">
       <w:t xml:space="preserve">Property of </w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">the </w:t>
     </w:r>
     <w:r w:rsidRPr="002D6577">
       <w:t>University of Birmingham, Vincent Drive, Edgbaston, Birmingham, B15 2TT, United Kingdom</w:t>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="112730A8" w14:textId="77777777" w:rsidR="009F4967" w:rsidRPr="001348DC" w:rsidRDefault="009F4967" w:rsidP="009F4967">
-[...3 lines deleted...]
-    </w:pPr>
+  <w:p w14:paraId="7BC25F4B" w14:textId="77777777" w:rsidR="00DD3075" w:rsidRPr="001348DC" w:rsidRDefault="00DD3075" w:rsidP="00DD3075">
     <w:r w:rsidRPr="001348DC">
       <w:t>Copies are only valid for 14 days and may be subject to amendment a</w:t>
     </w:r>
     <w:r>
       <w:t>t any time. For the latest version refer to:</w:t>
     </w:r>
+    <w:r w:rsidRPr="001348DC">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="278257A1" w14:textId="77777777" w:rsidR="009F4967" w:rsidRDefault="007B570E" w:rsidP="009F4967">
+  <w:p w14:paraId="6ACEC0C0" w14:textId="77777777" w:rsidR="00276842" w:rsidRDefault="00DD3075" w:rsidP="00DD3075">
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r w:rsidRPr="00D317E8">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>http://www.birmingham.ac.uk/research/activity/mds/mds-rkto/governance/index.aspx</w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+  <w:p w14:paraId="18C563F0" w14:textId="77777777" w:rsidR="00D33108" w:rsidRPr="002D6577" w:rsidRDefault="00D33108" w:rsidP="00F64FE9">
     <w:pPr>
-      <w:pStyle w:val="propertystatement"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
-    <w:hyperlink r:id="rId1" w:tooltip="Website for the Clinical Research Compliance Team" w:history="1">
-      <w:r w:rsidR="009F4967">
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3B14D6A3" w14:textId="77777777" w:rsidR="007773B9" w:rsidRPr="0097056C" w:rsidRDefault="007773B9" w:rsidP="00C56078">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r w:rsidRPr="0097056C">
+      <w:t>Property of the University of Birmingham, Vincent Drive, Edgbaston, Birmingham, B15 2TT, United Kingdom.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="297AFB2A" w14:textId="77777777" w:rsidR="007773B9" w:rsidRPr="0097056C" w:rsidRDefault="007773B9" w:rsidP="00C56078">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r w:rsidRPr="0097056C">
+      <w:t>This is a controlled document. Any unauthorised prints/downloads of this document will be classed as uncontrolled.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6E024CD4" w14:textId="77777777" w:rsidR="0097056C" w:rsidRDefault="007773B9" w:rsidP="00C56078">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rStyle w:val="Hyperlink"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0097056C">
+      <w:t xml:space="preserve">For the latest version refer to: </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1" w:tooltip="Link to CRCT website" w:history="1">
+      <w:r w:rsidR="00D7036B" w:rsidRPr="0097056C">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>birmingham.ac.uk/crct</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidR="009F4967">
-[...1 lines deleted...]
-    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7D0A87D2" w14:textId="77777777" w:rsidR="00DD3075" w:rsidRDefault="00DD3075" w:rsidP="00F64FE9">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="5000" w:type="pct"/>
+      <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      <w:tblCaption w:val="Document Information"/>
+      <w:tblDescription w:val="This includes the document code, version number, print date and page number. "/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="1441"/>
+      <w:gridCol w:w="3073"/>
+      <w:gridCol w:w="3283"/>
+      <w:gridCol w:w="1230"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00A668FC" w:rsidRPr="002D6577" w14:paraId="653ABE7B" w14:textId="77777777" w:rsidTr="00A5347A">
+      <w:trPr>
+        <w:trHeight w:val="148"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1441" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="403CE823" w14:textId="77777777" w:rsidR="00A668FC" w:rsidRPr="001C6EFB" w:rsidRDefault="00A668FC" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001C6EFB">
+            <w:t>Document code:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3073" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="7BA26C77" w14:textId="326CE302" w:rsidR="00A668FC" w:rsidRPr="001C6EFB" w:rsidRDefault="00895C73" w:rsidP="00075D91">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+          <w:r>
+            <w:t>UoB-ESD-QCD-001</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3283" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="212804B2" w14:textId="77777777" w:rsidR="00A668FC" w:rsidRPr="001C6EFB" w:rsidRDefault="00A668FC" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001C6EFB">
+            <w:t>Print Date:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1230" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="1748F70F" w14:textId="46E6F490" w:rsidR="00A668FC" w:rsidRPr="001C6EFB" w:rsidRDefault="00044A64" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve"> DATE  \@ "dd-MMM-yyyy"  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="0033164D">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>12-Dec-2025</w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00A668FC" w:rsidRPr="002D6577" w14:paraId="10C6C7BE" w14:textId="77777777" w:rsidTr="00A5347A">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1441" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="19AA7231" w14:textId="77777777" w:rsidR="00A668FC" w:rsidRPr="001C6EFB" w:rsidRDefault="00A668FC" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001C6EFB">
+            <w:t>Version no:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3073" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="3AEB7ECB" w14:textId="1BD0646F" w:rsidR="00A668FC" w:rsidRPr="001C6EFB" w:rsidRDefault="008F09E5" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+          <w:r>
+            <w:t>2.0</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3283" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="776C060A" w14:textId="77777777" w:rsidR="00A668FC" w:rsidRPr="001C6EFB" w:rsidRDefault="00A668FC" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001C6EFB">
+            <w:t>Page:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1230" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="063094BD" w14:textId="77777777" w:rsidR="00A668FC" w:rsidRPr="001C6EFB" w:rsidRDefault="00A668FC" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001C6EFB">
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="0060052C">
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="0060052C">
+            <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidR="0060052C">
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00B940A8">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>2</w:t>
+          </w:r>
+          <w:r w:rsidR="0060052C">
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="001C6EFB">
+            <w:t xml:space="preserve"> of </w:t>
+          </w:r>
+          <w:fldSimple w:instr=" NUMPAGES   \* MERGEFORMAT ">
+            <w:r w:rsidR="00B940A8">
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:fldSimple>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="34E97687" w14:textId="77777777" w:rsidR="00DD3075" w:rsidRPr="003A24EB" w:rsidRDefault="00DD3075" w:rsidP="00F64FE9">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1BD86E67" w14:textId="77777777" w:rsidR="00DD3075" w:rsidRDefault="00DD3075" w:rsidP="00F64FE9">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="5000" w:type="pct"/>
+      <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      <w:tblCaption w:val="Document Information"/>
+      <w:tblDescription w:val="This includes the document code, version number, print date and page number. "/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="7797"/>
+      <w:gridCol w:w="1230"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00075D91" w:rsidRPr="002D6577" w14:paraId="415F433A" w14:textId="77777777" w:rsidTr="00BA1992">
+      <w:trPr>
+        <w:trHeight w:val="148"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="9027" w:type="dxa"/>
+          <w:gridSpan w:val="2"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="23384943" w14:textId="77777777" w:rsidR="00075D91" w:rsidRPr="00075D91" w:rsidRDefault="00075D91" w:rsidP="00075D91">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00075D91">
+            <w:t>&lt; Enter required footer details e.g. local filename and version number &gt;</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00075D91" w:rsidRPr="002D6577" w14:paraId="39A21B03" w14:textId="77777777" w:rsidTr="001E602C">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7797" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="7EA2ECE2" w14:textId="10177A9C" w:rsidR="00075D91" w:rsidRPr="00075D91" w:rsidRDefault="00895C73" w:rsidP="00075D91">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+          <w:r>
+            <w:t>UoB-ESD-QCD-001 v2.0</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1230" w:type="dxa"/>
+          <w:tcMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="57" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="57" w:type="dxa"/>
+          </w:tcMar>
+          <w:vAlign w:val="center"/>
+        </w:tcPr>
+        <w:p w14:paraId="4B669655" w14:textId="77777777" w:rsidR="00075D91" w:rsidRPr="001C6EFB" w:rsidRDefault="00075D91" w:rsidP="00A5347A">
+          <w:pPr>
+            <w:pStyle w:val="Footer"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+          <w:r w:rsidRPr="001C6EFB">
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve">Page </w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r>
+            <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>2</w:t>
+          </w:r>
+          <w:r>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="001C6EFB">
+            <w:t xml:space="preserve"> of </w:t>
+          </w:r>
+          <w:fldSimple w:instr=" NUMPAGES   \* MERGEFORMAT ">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:fldSimple>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="1AF31DA8" w14:textId="77777777" w:rsidR="00075D91" w:rsidRPr="003A24EB" w:rsidRDefault="00075D91" w:rsidP="00F64FE9">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D5A99B2" w14:textId="77777777" w:rsidR="00B26FC9" w:rsidRDefault="00B26FC9" w:rsidP="009E2541">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="65CEBEFA" w14:textId="77777777" w:rsidR="00E81586" w:rsidRDefault="00E81586" w:rsidP="00F46DE6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="478174A1" w14:textId="77777777" w:rsidR="00E81586" w:rsidRDefault="00E81586" w:rsidP="00F46DE6"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0CC1B22D" w14:textId="77777777" w:rsidR="00B26FC9" w:rsidRDefault="00B26FC9" w:rsidP="009E2541">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3A78D0D5" w14:textId="77777777" w:rsidR="00E81586" w:rsidRDefault="00E81586" w:rsidP="00F46DE6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="47F04602" w14:textId="77777777" w:rsidR="00E81586" w:rsidRDefault="00E81586" w:rsidP="00F46DE6"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1B379D78" w14:textId="77777777" w:rsidR="009A552E" w:rsidRDefault="00B26FC9" w:rsidP="00B26FC9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="40FEF2F6" w14:textId="77777777" w:rsidR="00A91AC7" w:rsidRDefault="00FF0711" w:rsidP="00A91AC7">
     <w:pPr>
-      <w:pStyle w:val="Header-QCDs"/>
-[...4 lines deleted...]
-      <w:ind w:firstLine="4962"/>
+      <w:jc w:val="left"/>
     </w:pPr>
-    <w:r>
-[...16 lines deleted...]
-      <w:rPr>
+    <w:r w:rsidRPr="00F16569">
+      <w:rPr>
+        <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve">&lt;Insert Project ID&gt; </w:t>
-[...4 lines deleted...]
-      </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17162168" wp14:editId="6BB86377">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43C3EBEA" wp14:editId="4E3E377D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-299085</wp:posOffset>
+            <wp:posOffset>-301625</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>194310</wp:posOffset>
+            <wp:posOffset>1050925</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2340000" cy="918000"/>
+          <wp:extent cx="2705100" cy="1062990"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1" name="Picture 1">
+          <wp:docPr id="244253374" name="Picture 244253374">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="3" name="Picture 3">
+                  <pic:cNvPr id="11" name="Picture 11">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2340000" cy="918000"/>
+                    <a:ext cx="2705100" cy="1062990"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
-                  <a:ln w="9525">
+                  <a:ln>
                     <a:noFill/>
-                    <a:miter lim="800000"/>
-[...1 lines deleted...]
-                    <a:tailEnd/>
                   </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="margin">
+          <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="margin">
+          <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-  </w:p>
-[...15 lines deleted...]
-    </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="-88"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       <w:tblCaption w:val="Document Information"/>
       <w:tblDescription w:val="This includes the document code, version number, effective date, print date and page number. "/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="1668"/>
-      <w:gridCol w:w="2310"/>
+      <w:gridCol w:w="1555"/>
+      <w:gridCol w:w="2154"/>
     </w:tblGrid>
-    <w:tr w:rsidR="009F4967" w14:paraId="6F1E9C5C" w14:textId="77777777" w:rsidTr="00D348D3">
+    <w:tr w:rsidR="00A91AC7" w14:paraId="7BB657BD" w14:textId="77777777" w:rsidTr="00901562">
       <w:trPr>
         <w:trHeight w:val="278"/>
         <w:tblHeader/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1668" w:type="dxa"/>
+          <w:tcW w:w="1555" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="14C24D3F" w14:textId="77777777" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+        <w:p w14:paraId="0FBBA734" w14:textId="77777777" w:rsidR="00A91AC7" w:rsidRDefault="00A91AC7" w:rsidP="005405BD">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="001C6EFB">
             <w:t>Document code:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2310" w:type="dxa"/>
+          <w:tcW w:w="2154" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="7D1A2587" w14:textId="3A54EACE" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="00A121AC">
+        <w:p w14:paraId="2D0A3595" w14:textId="4C0EE5EB" w:rsidR="00A91AC7" w:rsidRDefault="00895C73" w:rsidP="00075D91">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
-            <w:t>UoB-</w:t>
-[...5 lines deleted...]
-            <w:t>4</w:t>
+            <w:t>UoB-ESD-QCD-004</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="009F4967" w14:paraId="175BAF9C" w14:textId="77777777" w:rsidTr="00D348D3">
+    <w:tr w:rsidR="00A91AC7" w14:paraId="5F6E0796" w14:textId="77777777" w:rsidTr="00901562">
       <w:trPr>
         <w:trHeight w:val="278"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1668" w:type="dxa"/>
+          <w:tcW w:w="1555" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="04615A0E" w14:textId="77777777" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+        <w:p w14:paraId="1D50D9DC" w14:textId="77777777" w:rsidR="00A91AC7" w:rsidRDefault="00A91AC7" w:rsidP="005405BD">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="001C6EFB">
             <w:t>Version no:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2310" w:type="dxa"/>
+          <w:tcW w:w="2154" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="25C87C77" w14:textId="09CB4723" w:rsidR="009F4967" w:rsidRDefault="00E209A8" w:rsidP="009F4967">
+        <w:p w14:paraId="41C28B7D" w14:textId="011CCDD2" w:rsidR="00A91AC7" w:rsidRDefault="008F09E5" w:rsidP="005405BD">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
-            <w:t>1.0</w:t>
+            <w:t>2.0</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="009F4967" w14:paraId="045803EF" w14:textId="77777777" w:rsidTr="00D348D3">
+    <w:tr w:rsidR="00A91AC7" w14:paraId="3684AE95" w14:textId="77777777" w:rsidTr="00901562">
       <w:trPr>
         <w:trHeight w:val="278"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1668" w:type="dxa"/>
+          <w:tcW w:w="1555" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="336CA700" w14:textId="77777777" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+        <w:p w14:paraId="1B25E2C8" w14:textId="77777777" w:rsidR="00A91AC7" w:rsidRDefault="00A91AC7" w:rsidP="005405BD">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r>
             <w:t>Effective date:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2310" w:type="dxa"/>
+          <w:tcW w:w="2154" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="6A4F6EBC" w14:textId="766C49AD" w:rsidR="009F4967" w:rsidRDefault="00E209A8" w:rsidP="009F4967">
+        <w:p w14:paraId="1779CB9B" w14:textId="4910927B" w:rsidR="00A91AC7" w:rsidRDefault="008F09E5" w:rsidP="005405BD">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
-            <w:t>27-Jan-2023</w:t>
+            <w:t>05-Jan-2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="009F4967" w14:paraId="74BA155E" w14:textId="77777777" w:rsidTr="00D348D3">
+    <w:tr w:rsidR="00A91AC7" w14:paraId="32942865" w14:textId="77777777" w:rsidTr="00901562">
       <w:trPr>
         <w:trHeight w:val="278"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1668" w:type="dxa"/>
+          <w:tcW w:w="1555" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="3F9B8EF0" w14:textId="77777777" w:rsidR="009F4967" w:rsidRPr="001C6EFB" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+        <w:p w14:paraId="1B2A6997" w14:textId="77777777" w:rsidR="00A91AC7" w:rsidRPr="001C6EFB" w:rsidRDefault="00A91AC7" w:rsidP="005405BD">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r>
             <w:t>Print d</w:t>
           </w:r>
           <w:r w:rsidRPr="001C6EFB">
             <w:t>ate:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2310" w:type="dxa"/>
+          <w:tcW w:w="2154" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="4DC75FFC" w14:textId="7CA01460" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+        <w:p w14:paraId="45218911" w14:textId="24AA2204" w:rsidR="00A91AC7" w:rsidRDefault="00A91AC7" w:rsidP="005405BD">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> DATE  \@ "dd-MMM-yyyy"  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="007B570E">
+          <w:r w:rsidR="0033164D">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
-            <w:t>17-Jan-2023</w:t>
+            <w:t>12-Dec-2025</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="009F4967" w14:paraId="77E70798" w14:textId="77777777" w:rsidTr="00D348D3">
+    <w:tr w:rsidR="00A91AC7" w14:paraId="458A3BBB" w14:textId="77777777" w:rsidTr="00901562">
       <w:trPr>
         <w:trHeight w:val="278"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1668" w:type="dxa"/>
+          <w:tcW w:w="1555" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="21D2BAA6" w14:textId="77777777" w:rsidR="009F4967" w:rsidRPr="001C6EFB" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+        <w:p w14:paraId="78DE6EA6" w14:textId="77777777" w:rsidR="00A91AC7" w:rsidRPr="001C6EFB" w:rsidRDefault="00A91AC7" w:rsidP="005405BD">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="001C6EFB">
             <w:t>Page:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2310" w:type="dxa"/>
+          <w:tcW w:w="2154" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="2C4F43C1" w14:textId="77777777" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="009F4967">
+        <w:p w14:paraId="0847CCD8" w14:textId="77777777" w:rsidR="00A91AC7" w:rsidRDefault="00A91AC7" w:rsidP="005405BD">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00174260">
+          <w:r w:rsidR="00B940A8">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> of </w:t>
           </w:r>
           <w:fldSimple w:instr=" NUMPAGES   \* MERGEFORMAT ">
-            <w:r w:rsidR="00174260">
+            <w:r w:rsidR="00B940A8">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:fldSimple>
           <w:r w:rsidRPr="001C6EFB">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="751B532B" w14:textId="77777777" w:rsidR="009F4967" w:rsidRDefault="009F4967" w:rsidP="00E243E7">
+  <w:p w14:paraId="632256CA" w14:textId="77777777" w:rsidR="00A91AC7" w:rsidRDefault="00A91AC7" w:rsidP="00F5404A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:ind w:left="-567"/>
-      <w:jc w:val="left"/>
     </w:pPr>
-    <w:r w:rsidRPr="00F16569">
-[...1 lines deleted...]
-        <w:lang w:eastAsia="en-GB"/>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="60B7EA2F" w14:textId="77777777" w:rsidR="00DD3075" w:rsidRDefault="00DD3075" w:rsidP="00F5404A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3305D535" w14:textId="1A6751B3" w:rsidR="00DD3075" w:rsidRPr="00F64FE9" w:rsidRDefault="00075D91" w:rsidP="00F5404A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:t>QCD</w:t>
+    </w:r>
+    <w:r w:rsidR="00462CF7" w:rsidRPr="00F64FE9">
+      <w:t xml:space="preserve">: </w:t>
+    </w:r>
+    <w:r w:rsidR="00895C73">
+      <w:t>Protocol Template for non-CTIMPs &amp; Studies</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="01D1226E" w14:textId="77777777" w:rsidR="007D79E6" w:rsidRPr="001C75D5" w:rsidRDefault="007D79E6">
+    <w:pPr>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="8"/>
+        <w:szCs w:val="8"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D497FCB" w14:textId="77777777" w:rsidR="00DD3075" w:rsidRDefault="00DD3075" w:rsidP="00F5404A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D29F1BC" w14:textId="7B21178D" w:rsidR="00075D91" w:rsidRPr="00CF1011" w:rsidRDefault="00CF1011" w:rsidP="00CF1011">
+    <w:pPr>
+      <w:pStyle w:val="QCDheader"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00CF1011">
+      <w:rPr>
+        <w:rStyle w:val="QCDheaderChar"/>
+        <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C6EC978" wp14:editId="1BCCBAE7">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="43E39B30" wp14:editId="0DC5660B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-302260</wp:posOffset>
+            <wp:posOffset>-285750</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>1051560</wp:posOffset>
+            <wp:posOffset>106045</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2703600" cy="1062000"/>
+          <wp:extent cx="2338917" cy="750498"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="Picture 2">
-[...5 lines deleted...]
-          </wp:docPr>
+          <wp:docPr id="1511529184" name="Picture 1511529184" descr="University of Birmingham logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="Picture 4">
-[...5 lines deleted...]
-                  </pic:cNvPr>
+                  <pic:cNvPr id="0" name="Picture 1" descr="W_Marque_Black"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill>
+                <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:stretch>
-[...1 lines deleted...]
-                  </a:stretch>
+                  <a:srcRect b="18208"/>
+                  <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2703600" cy="1062000"/>
+                    <a:ext cx="2338917" cy="750498"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
+    <w:r w:rsidR="00895C73">
+      <w:t>Protocol</w:t>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="345289B0" w14:textId="77777777" w:rsidR="00B63EFD" w:rsidRPr="009F4967" w:rsidRDefault="00B63EFD" w:rsidP="009F4967">
+  <w:p w14:paraId="2D2BB2E8" w14:textId="072535D5" w:rsidR="00CF1011" w:rsidRPr="00CF1011" w:rsidRDefault="00895C73" w:rsidP="00CF1011">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="QCDheader"/>
+    </w:pPr>
+    <w:r>
+      <w:t>&lt;insert Project ID&gt;</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="007B408F" w14:textId="77777777" w:rsidR="00CF1011" w:rsidRPr="001C75D5" w:rsidRDefault="00CF1011">
+    <w:pPr>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="8"/>
+        <w:szCs w:val="8"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="024D03BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="52C81F4A"/>
-    <w:lvl w:ilvl="0" w:tplc="0726BFCC">
+    <w:tmpl w:val="7F06A2EC"/>
+    <w:lvl w:ilvl="0" w:tplc="B0E61B14">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="bullet1-QCD"/>
-[...3 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+      <w:pStyle w:val="bulletT1"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -8598,64 +7822,269 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03395874"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="31AA8C64"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05C74AC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0242E14E"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="088C14EF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="658E95DC"/>
+    <w:numStyleLink w:val="Style2"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BA02114"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="924CEB2C"/>
-    <w:lvl w:ilvl="0" w:tplc="6C103476">
+    <w:tmpl w:val="DC565846"/>
+    <w:lvl w:ilvl="0" w:tplc="61C088EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Instructions-bullet1"/>
-      <w:lvlText w:val=""/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -8711,168 +8140,594 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="24290453"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C652179"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CEE26CD0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F195FCC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B30417E0"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="4904997C"/>
+    <w:lvl w:ilvl="0" w:tplc="64603A4E">
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="QCDbullet1"/>
-[...6 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="405" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1610" w:hanging="360"/>
+        <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2330" w:hanging="360"/>
+        <w:ind w:left="1845" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3050" w:hanging="360"/>
+        <w:ind w:left="2565" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3770" w:hanging="360"/>
+        <w:ind w:left="3285" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4490" w:hanging="360"/>
+        <w:ind w:left="4005" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5210" w:hanging="360"/>
+        <w:ind w:left="4725" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5930" w:hanging="360"/>
+        <w:ind w:left="5445" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6650" w:hanging="360"/>
+        <w:ind w:left="6165" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14924B9B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3AE0E1C"/>
+    <w:lvl w:ilvl="0" w:tplc="AD80755C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9DA081D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C340FC4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19CA1AA0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37B47F5A"/>
+    <w:lvl w:ilvl="0" w:tplc="F73C7BAE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.1.1.1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D172550"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F2B49BAE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="265C4824"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="13168D1E"/>
+    <w:tmpl w:val="7E86468A"/>
     <w:lvl w:ilvl="0" w:tplc="C98EDA8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numberlist"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7554898E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -8940,51 +8795,51 @@
     <w:lvl w:ilvl="7" w:tplc="E0E67DE8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B53428EA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D9A217D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="89004E84"/>
     <w:styleLink w:val="Style1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9054,175 +8909,532 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3C10726D"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="315E1E45"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5090FBFE"/>
+    <w:tmpl w:val="FF66B4B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="NoH2"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33CD7F2D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CEE26CD0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="NoH3"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="NoH4"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BC70A3B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="658E95DC"/>
+    <w:styleLink w:val="Style2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="340" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3C443C74"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="784A547C"/>
+    <w:lvl w:ilvl="0" w:tplc="A814AD26">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40705812"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9C5039CE"/>
+    <w:tmpl w:val="0980AC84"/>
     <w:lvl w:ilvl="0" w:tplc="F2C653CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Instructions-numbered"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -9262,65 +9474,175 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="416504BE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CEE26CD0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BE549AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8762573E"/>
-    <w:lvl w:ilvl="0" w:tplc="7C5E880C">
+    <w:tmpl w:val="FC5A8DAE"/>
+    <w:lvl w:ilvl="0" w:tplc="CE18074C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="bullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1021" w:hanging="341"/>
+        <w:ind w:left="1040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CFA20C1A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1780"/>
         </w:tabs>
         <w:ind w:left="1780" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2500"/>
@@ -9379,65 +9701,614 @@
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6100"/>
         </w:tabs>
         <w:ind w:left="6100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6820"/>
         </w:tabs>
         <w:ind w:left="6820" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B5215C5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="828E20A6"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C6B3E05"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D14A9ABE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DAF433B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FA7CF612"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DB9A5D18" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65856D6C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="44C6C70E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A0A55E8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9CBEB608"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="PN1"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="PN11"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ProtocolH3"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DB579D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6ECAC37E"/>
-    <w:lvl w:ilvl="0" w:tplc="327067B4">
+    <w:tmpl w:val="F18C0B52"/>
+    <w:lvl w:ilvl="0" w:tplc="C78832EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="bullet2"/>
-      <w:lvlText w:val="o"/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="700" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana Pro Cond Semibold" w:hAnsi="Verdana Pro Cond Semibold" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3E1C1D58">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -9493,465 +10364,2079 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7A6D6BE4"/>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70DC0651"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1B32D6E0"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="F04E9858"/>
+    <w:lvl w:ilvl="0" w:tplc="1D721EEE">
+      <w:start w:val="2023"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="bullet1-protocol"/>
-[...9 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1610" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2330" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3050" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3770" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4490" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5210" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5930" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6650" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B814814"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="70D4DC7A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D03340C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4CEEBA04"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+        <w:spacing w:val="0"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w:em w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:color w:val="0000FF"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="680" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="880"/>
+        </w:tabs>
+        <w:ind w:left="680" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="654262897">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1739474749">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1854150415">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="4" w16cid:durableId="215943045">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2125686376">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2092387593">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="223492826">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="731470395">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="2105565099">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1768579366">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="377358866">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="12" w16cid:durableId="2095010244">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2058551307">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="14" w16cid:durableId="1890919626">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="701518233">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1555506712">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1065487552">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="72357749">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="366568144">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="2100324454">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="2129202077">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1954165539">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="560099238">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1946960506">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1730835557">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="967080295">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="455682754">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1084448835">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="29" w16cid:durableId="905992767">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="30" w16cid:durableId="658921717">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1615671213">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="58675607">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1008018007">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1129473326">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="660040120">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="122886572">
+    <w:abstractNumId w:val="23"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="244266467">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="833684335">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="529488213">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="378089861">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="41" w16cid:durableId="144588217">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="42" w16cid:durableId="274756452">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9">
-[...11 lines deleted...]
-  <w:numIdMacAtCleanup w:val="7"/>
+  <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:writeProtection w:recommended="1"/>
+  <w:zoom w:percent="80"/>
+  <w:displayBackgroundShape/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
+  <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="100"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B26FC9"/>
-[...95 lines deleted...]
-    <w:rsid w:val="00FF72DB"/>
+    <w:rsidRoot w:val="00895C73"/>
+    <w:rsid w:val="00001923"/>
+    <w:rsid w:val="00001A7E"/>
+    <w:rsid w:val="000060AE"/>
+    <w:rsid w:val="0001086D"/>
+    <w:rsid w:val="00012800"/>
+    <w:rsid w:val="00013136"/>
+    <w:rsid w:val="00013B08"/>
+    <w:rsid w:val="000146F1"/>
+    <w:rsid w:val="000226EC"/>
+    <w:rsid w:val="000229C5"/>
+    <w:rsid w:val="00023007"/>
+    <w:rsid w:val="00023BC0"/>
+    <w:rsid w:val="000317D8"/>
+    <w:rsid w:val="000374CB"/>
+    <w:rsid w:val="000379D7"/>
+    <w:rsid w:val="00037A9C"/>
+    <w:rsid w:val="000421FD"/>
+    <w:rsid w:val="00043513"/>
+    <w:rsid w:val="00044A64"/>
+    <w:rsid w:val="00053A54"/>
+    <w:rsid w:val="00055EE4"/>
+    <w:rsid w:val="0005610D"/>
+    <w:rsid w:val="00056940"/>
+    <w:rsid w:val="000639EF"/>
+    <w:rsid w:val="00064262"/>
+    <w:rsid w:val="00064F56"/>
+    <w:rsid w:val="000650E5"/>
+    <w:rsid w:val="00072AD5"/>
+    <w:rsid w:val="00072F51"/>
+    <w:rsid w:val="000746E9"/>
+    <w:rsid w:val="0007480B"/>
+    <w:rsid w:val="00075A9D"/>
+    <w:rsid w:val="00075D91"/>
+    <w:rsid w:val="0007643A"/>
+    <w:rsid w:val="00077D41"/>
+    <w:rsid w:val="00083C9D"/>
+    <w:rsid w:val="0009369B"/>
+    <w:rsid w:val="00095EFA"/>
+    <w:rsid w:val="00097B78"/>
+    <w:rsid w:val="000A0DFF"/>
+    <w:rsid w:val="000A1324"/>
+    <w:rsid w:val="000A1B0F"/>
+    <w:rsid w:val="000A56BF"/>
+    <w:rsid w:val="000A7BE6"/>
+    <w:rsid w:val="000B1E3E"/>
+    <w:rsid w:val="000B442E"/>
+    <w:rsid w:val="000C1A19"/>
+    <w:rsid w:val="000C3681"/>
+    <w:rsid w:val="000C45B6"/>
+    <w:rsid w:val="000C4F7B"/>
+    <w:rsid w:val="000C5087"/>
+    <w:rsid w:val="000C54A1"/>
+    <w:rsid w:val="000D34E7"/>
+    <w:rsid w:val="000D3D68"/>
+    <w:rsid w:val="000D3E8C"/>
+    <w:rsid w:val="000D43A3"/>
+    <w:rsid w:val="000D4912"/>
+    <w:rsid w:val="000D677A"/>
+    <w:rsid w:val="000D70AA"/>
+    <w:rsid w:val="000D7D37"/>
+    <w:rsid w:val="000E2B7C"/>
+    <w:rsid w:val="000E2EAB"/>
+    <w:rsid w:val="000E3D24"/>
+    <w:rsid w:val="000E5841"/>
+    <w:rsid w:val="000F2380"/>
+    <w:rsid w:val="000F2ECE"/>
+    <w:rsid w:val="000F391A"/>
+    <w:rsid w:val="00100541"/>
+    <w:rsid w:val="00100D71"/>
+    <w:rsid w:val="00101773"/>
+    <w:rsid w:val="00101B2B"/>
+    <w:rsid w:val="001034FC"/>
+    <w:rsid w:val="00103FD0"/>
+    <w:rsid w:val="00104D42"/>
+    <w:rsid w:val="00105091"/>
+    <w:rsid w:val="001057FB"/>
+    <w:rsid w:val="001064D3"/>
+    <w:rsid w:val="00110971"/>
+    <w:rsid w:val="00111ED7"/>
+    <w:rsid w:val="00113E78"/>
+    <w:rsid w:val="001146E5"/>
+    <w:rsid w:val="001206F6"/>
+    <w:rsid w:val="00120959"/>
+    <w:rsid w:val="00121F28"/>
+    <w:rsid w:val="00122579"/>
+    <w:rsid w:val="00123C6B"/>
+    <w:rsid w:val="00124792"/>
+    <w:rsid w:val="00125667"/>
+    <w:rsid w:val="00127D56"/>
+    <w:rsid w:val="001300C8"/>
+    <w:rsid w:val="0013051D"/>
+    <w:rsid w:val="0013059D"/>
+    <w:rsid w:val="00130E43"/>
+    <w:rsid w:val="00134690"/>
+    <w:rsid w:val="00134766"/>
+    <w:rsid w:val="00135E89"/>
+    <w:rsid w:val="0014385C"/>
+    <w:rsid w:val="001445C0"/>
+    <w:rsid w:val="001526FE"/>
+    <w:rsid w:val="00163B7C"/>
+    <w:rsid w:val="00163F57"/>
+    <w:rsid w:val="001653F1"/>
+    <w:rsid w:val="00165F48"/>
+    <w:rsid w:val="00174B60"/>
+    <w:rsid w:val="00174E0E"/>
+    <w:rsid w:val="001775A9"/>
+    <w:rsid w:val="00180B87"/>
+    <w:rsid w:val="00182896"/>
+    <w:rsid w:val="0018309A"/>
+    <w:rsid w:val="001841A1"/>
+    <w:rsid w:val="00184BB7"/>
+    <w:rsid w:val="001856A7"/>
+    <w:rsid w:val="00190C93"/>
+    <w:rsid w:val="00194EE8"/>
+    <w:rsid w:val="00195717"/>
+    <w:rsid w:val="00196565"/>
+    <w:rsid w:val="001976C1"/>
+    <w:rsid w:val="001A024E"/>
+    <w:rsid w:val="001A142E"/>
+    <w:rsid w:val="001A26D3"/>
+    <w:rsid w:val="001A4718"/>
+    <w:rsid w:val="001A4A77"/>
+    <w:rsid w:val="001A544B"/>
+    <w:rsid w:val="001A561F"/>
+    <w:rsid w:val="001A6228"/>
+    <w:rsid w:val="001A723A"/>
+    <w:rsid w:val="001B17B1"/>
+    <w:rsid w:val="001B1E29"/>
+    <w:rsid w:val="001B2717"/>
+    <w:rsid w:val="001B30AD"/>
+    <w:rsid w:val="001B3B91"/>
+    <w:rsid w:val="001B412F"/>
+    <w:rsid w:val="001B4B12"/>
+    <w:rsid w:val="001B5617"/>
+    <w:rsid w:val="001C314A"/>
+    <w:rsid w:val="001C614D"/>
+    <w:rsid w:val="001C6EFB"/>
+    <w:rsid w:val="001C75D5"/>
+    <w:rsid w:val="001D0B50"/>
+    <w:rsid w:val="001D0D34"/>
+    <w:rsid w:val="001D1245"/>
+    <w:rsid w:val="001D17A5"/>
+    <w:rsid w:val="001D1986"/>
+    <w:rsid w:val="001D28AC"/>
+    <w:rsid w:val="001D3B22"/>
+    <w:rsid w:val="001D3DB7"/>
+    <w:rsid w:val="001D6728"/>
+    <w:rsid w:val="001D6F89"/>
+    <w:rsid w:val="001D7813"/>
+    <w:rsid w:val="001E07D8"/>
+    <w:rsid w:val="001E16FE"/>
+    <w:rsid w:val="001E4117"/>
+    <w:rsid w:val="001E41A3"/>
+    <w:rsid w:val="001E6A49"/>
+    <w:rsid w:val="001F0840"/>
+    <w:rsid w:val="001F4FC3"/>
+    <w:rsid w:val="001F62A2"/>
+    <w:rsid w:val="001F7B4E"/>
+    <w:rsid w:val="002002DA"/>
+    <w:rsid w:val="00202189"/>
+    <w:rsid w:val="00202B8D"/>
+    <w:rsid w:val="002041BC"/>
+    <w:rsid w:val="0020434B"/>
+    <w:rsid w:val="00206578"/>
+    <w:rsid w:val="002106E5"/>
+    <w:rsid w:val="00210C1A"/>
+    <w:rsid w:val="0021165B"/>
+    <w:rsid w:val="00211B96"/>
+    <w:rsid w:val="002135BA"/>
+    <w:rsid w:val="00214550"/>
+    <w:rsid w:val="0022018B"/>
+    <w:rsid w:val="00220406"/>
+    <w:rsid w:val="002227A2"/>
+    <w:rsid w:val="0022356E"/>
+    <w:rsid w:val="00225D8E"/>
+    <w:rsid w:val="00231612"/>
+    <w:rsid w:val="00234600"/>
+    <w:rsid w:val="0023483C"/>
+    <w:rsid w:val="002365F5"/>
+    <w:rsid w:val="002444DB"/>
+    <w:rsid w:val="0024558E"/>
+    <w:rsid w:val="00245BE3"/>
+    <w:rsid w:val="00246623"/>
+    <w:rsid w:val="0024670C"/>
+    <w:rsid w:val="00247206"/>
+    <w:rsid w:val="00247F23"/>
+    <w:rsid w:val="00250233"/>
+    <w:rsid w:val="002518EA"/>
+    <w:rsid w:val="002549E9"/>
+    <w:rsid w:val="00254B93"/>
+    <w:rsid w:val="0025522A"/>
+    <w:rsid w:val="00260007"/>
+    <w:rsid w:val="0026080C"/>
+    <w:rsid w:val="00264399"/>
+    <w:rsid w:val="00266CBF"/>
+    <w:rsid w:val="00270EA8"/>
+    <w:rsid w:val="00272F58"/>
+    <w:rsid w:val="00275BAE"/>
+    <w:rsid w:val="00276048"/>
+    <w:rsid w:val="00276842"/>
+    <w:rsid w:val="00281585"/>
+    <w:rsid w:val="00282C10"/>
+    <w:rsid w:val="00283490"/>
+    <w:rsid w:val="00283ED8"/>
+    <w:rsid w:val="00290F8C"/>
+    <w:rsid w:val="00291E4F"/>
+    <w:rsid w:val="002937FE"/>
+    <w:rsid w:val="00293BDD"/>
+    <w:rsid w:val="00294BC6"/>
+    <w:rsid w:val="002952B5"/>
+    <w:rsid w:val="0029582C"/>
+    <w:rsid w:val="00297DEB"/>
+    <w:rsid w:val="002A068A"/>
+    <w:rsid w:val="002A0B65"/>
+    <w:rsid w:val="002A2680"/>
+    <w:rsid w:val="002A27DC"/>
+    <w:rsid w:val="002A330A"/>
+    <w:rsid w:val="002A38A5"/>
+    <w:rsid w:val="002A57C2"/>
+    <w:rsid w:val="002A5FA6"/>
+    <w:rsid w:val="002A6563"/>
+    <w:rsid w:val="002A68D6"/>
+    <w:rsid w:val="002B016B"/>
+    <w:rsid w:val="002B10B6"/>
+    <w:rsid w:val="002B6735"/>
+    <w:rsid w:val="002C0BB6"/>
+    <w:rsid w:val="002C0E28"/>
+    <w:rsid w:val="002C3B21"/>
+    <w:rsid w:val="002C67A4"/>
+    <w:rsid w:val="002D1FA1"/>
+    <w:rsid w:val="002D49D7"/>
+    <w:rsid w:val="002D6577"/>
+    <w:rsid w:val="002D7DCC"/>
+    <w:rsid w:val="002E3060"/>
+    <w:rsid w:val="002E3BB0"/>
+    <w:rsid w:val="002E6AE2"/>
+    <w:rsid w:val="002E6CD6"/>
+    <w:rsid w:val="002E721B"/>
+    <w:rsid w:val="002F0ACA"/>
+    <w:rsid w:val="002F281C"/>
+    <w:rsid w:val="002F35CA"/>
+    <w:rsid w:val="002F4844"/>
+    <w:rsid w:val="002F490C"/>
+    <w:rsid w:val="002F787E"/>
+    <w:rsid w:val="00300D4E"/>
+    <w:rsid w:val="00301050"/>
+    <w:rsid w:val="003016D5"/>
+    <w:rsid w:val="00304754"/>
+    <w:rsid w:val="00310F22"/>
+    <w:rsid w:val="00314B72"/>
+    <w:rsid w:val="0031673C"/>
+    <w:rsid w:val="0032079B"/>
+    <w:rsid w:val="00323A54"/>
+    <w:rsid w:val="0032408C"/>
+    <w:rsid w:val="00324A19"/>
+    <w:rsid w:val="003313C3"/>
+    <w:rsid w:val="0033164D"/>
+    <w:rsid w:val="00333888"/>
+    <w:rsid w:val="00335D05"/>
+    <w:rsid w:val="00337B7A"/>
+    <w:rsid w:val="00340F17"/>
+    <w:rsid w:val="00342788"/>
+    <w:rsid w:val="00342C1E"/>
+    <w:rsid w:val="00342CC7"/>
+    <w:rsid w:val="00343541"/>
+    <w:rsid w:val="00345620"/>
+    <w:rsid w:val="00350A42"/>
+    <w:rsid w:val="00351A2D"/>
+    <w:rsid w:val="00352FD6"/>
+    <w:rsid w:val="003607CB"/>
+    <w:rsid w:val="0036201D"/>
+    <w:rsid w:val="00363E3C"/>
+    <w:rsid w:val="00365D77"/>
+    <w:rsid w:val="003713E4"/>
+    <w:rsid w:val="00372E92"/>
+    <w:rsid w:val="003730A6"/>
+    <w:rsid w:val="0037641D"/>
+    <w:rsid w:val="00380579"/>
+    <w:rsid w:val="00381B35"/>
+    <w:rsid w:val="003854BD"/>
+    <w:rsid w:val="003876D0"/>
+    <w:rsid w:val="00387EFA"/>
+    <w:rsid w:val="00391A7C"/>
+    <w:rsid w:val="00393C4E"/>
+    <w:rsid w:val="00395F1E"/>
+    <w:rsid w:val="00396CD2"/>
+    <w:rsid w:val="003A1879"/>
+    <w:rsid w:val="003A2150"/>
+    <w:rsid w:val="003A24EB"/>
+    <w:rsid w:val="003A2A2C"/>
+    <w:rsid w:val="003A4D84"/>
+    <w:rsid w:val="003A5879"/>
+    <w:rsid w:val="003A70FF"/>
+    <w:rsid w:val="003A7897"/>
+    <w:rsid w:val="003B0005"/>
+    <w:rsid w:val="003B15C9"/>
+    <w:rsid w:val="003B1F55"/>
+    <w:rsid w:val="003B1FA8"/>
+    <w:rsid w:val="003B2DA7"/>
+    <w:rsid w:val="003B34FB"/>
+    <w:rsid w:val="003B56C0"/>
+    <w:rsid w:val="003B64F8"/>
+    <w:rsid w:val="003C04AD"/>
+    <w:rsid w:val="003C35EE"/>
+    <w:rsid w:val="003C3654"/>
+    <w:rsid w:val="003C720C"/>
+    <w:rsid w:val="003D25C9"/>
+    <w:rsid w:val="003D3E7C"/>
+    <w:rsid w:val="003D42E3"/>
+    <w:rsid w:val="003D4BD6"/>
+    <w:rsid w:val="003D51DC"/>
+    <w:rsid w:val="003D7997"/>
+    <w:rsid w:val="003E073D"/>
+    <w:rsid w:val="003E6162"/>
+    <w:rsid w:val="003F0145"/>
+    <w:rsid w:val="003F2345"/>
+    <w:rsid w:val="003F499F"/>
+    <w:rsid w:val="003F4E5F"/>
+    <w:rsid w:val="003F608D"/>
+    <w:rsid w:val="003F64A9"/>
+    <w:rsid w:val="003F7147"/>
+    <w:rsid w:val="003F7AD7"/>
+    <w:rsid w:val="00401840"/>
+    <w:rsid w:val="00403449"/>
+    <w:rsid w:val="00404742"/>
+    <w:rsid w:val="0040651B"/>
+    <w:rsid w:val="00410682"/>
+    <w:rsid w:val="0041265B"/>
+    <w:rsid w:val="00413F0A"/>
+    <w:rsid w:val="00414858"/>
+    <w:rsid w:val="00414F68"/>
+    <w:rsid w:val="00417854"/>
+    <w:rsid w:val="00420EB6"/>
+    <w:rsid w:val="00422A7E"/>
+    <w:rsid w:val="004233AD"/>
+    <w:rsid w:val="0042380D"/>
+    <w:rsid w:val="00423E00"/>
+    <w:rsid w:val="004243C4"/>
+    <w:rsid w:val="00424C48"/>
+    <w:rsid w:val="00424D85"/>
+    <w:rsid w:val="00426CB9"/>
+    <w:rsid w:val="00427189"/>
+    <w:rsid w:val="00431633"/>
+    <w:rsid w:val="00432B0E"/>
+    <w:rsid w:val="00432B85"/>
+    <w:rsid w:val="00433584"/>
+    <w:rsid w:val="00434072"/>
+    <w:rsid w:val="004342B5"/>
+    <w:rsid w:val="00435EAE"/>
+    <w:rsid w:val="00441DE6"/>
+    <w:rsid w:val="00445DD9"/>
+    <w:rsid w:val="00447DE8"/>
+    <w:rsid w:val="00454205"/>
+    <w:rsid w:val="00462B5B"/>
+    <w:rsid w:val="00462CF7"/>
+    <w:rsid w:val="00467F74"/>
+    <w:rsid w:val="00474B7F"/>
+    <w:rsid w:val="00475745"/>
+    <w:rsid w:val="0047658C"/>
+    <w:rsid w:val="00476DB0"/>
+    <w:rsid w:val="004773E0"/>
+    <w:rsid w:val="004810D9"/>
+    <w:rsid w:val="0048194C"/>
+    <w:rsid w:val="004827DE"/>
+    <w:rsid w:val="00482B0E"/>
+    <w:rsid w:val="00485E6A"/>
+    <w:rsid w:val="0048641A"/>
+    <w:rsid w:val="00490084"/>
+    <w:rsid w:val="0049154B"/>
+    <w:rsid w:val="00494B31"/>
+    <w:rsid w:val="00496C83"/>
+    <w:rsid w:val="00497A4C"/>
+    <w:rsid w:val="00497E87"/>
+    <w:rsid w:val="004A1B2A"/>
+    <w:rsid w:val="004A364B"/>
+    <w:rsid w:val="004A4882"/>
+    <w:rsid w:val="004A4FF8"/>
+    <w:rsid w:val="004A75B7"/>
+    <w:rsid w:val="004B03A3"/>
+    <w:rsid w:val="004B09E5"/>
+    <w:rsid w:val="004B0C68"/>
+    <w:rsid w:val="004B0C77"/>
+    <w:rsid w:val="004B3DB9"/>
+    <w:rsid w:val="004B7034"/>
+    <w:rsid w:val="004C2253"/>
+    <w:rsid w:val="004C366B"/>
+    <w:rsid w:val="004C46FF"/>
+    <w:rsid w:val="004C526D"/>
+    <w:rsid w:val="004C560A"/>
+    <w:rsid w:val="004C5E89"/>
+    <w:rsid w:val="004C6631"/>
+    <w:rsid w:val="004D05BE"/>
+    <w:rsid w:val="004D1948"/>
+    <w:rsid w:val="004E21EE"/>
+    <w:rsid w:val="004E4840"/>
+    <w:rsid w:val="004E48F1"/>
+    <w:rsid w:val="004E4D87"/>
+    <w:rsid w:val="004E5613"/>
+    <w:rsid w:val="004E5F84"/>
+    <w:rsid w:val="004E7EB2"/>
+    <w:rsid w:val="004F28BC"/>
+    <w:rsid w:val="00500409"/>
+    <w:rsid w:val="005020DE"/>
+    <w:rsid w:val="005024F4"/>
+    <w:rsid w:val="00502A82"/>
+    <w:rsid w:val="005030FC"/>
+    <w:rsid w:val="00512BE1"/>
+    <w:rsid w:val="00512C56"/>
+    <w:rsid w:val="00513DB5"/>
+    <w:rsid w:val="00514285"/>
+    <w:rsid w:val="005142C2"/>
+    <w:rsid w:val="00515191"/>
+    <w:rsid w:val="00515F0F"/>
+    <w:rsid w:val="00516200"/>
+    <w:rsid w:val="005223BE"/>
+    <w:rsid w:val="00522648"/>
+    <w:rsid w:val="00522ABB"/>
+    <w:rsid w:val="00524111"/>
+    <w:rsid w:val="005244FB"/>
+    <w:rsid w:val="00525CA4"/>
+    <w:rsid w:val="0052745F"/>
+    <w:rsid w:val="00527E78"/>
+    <w:rsid w:val="005343E6"/>
+    <w:rsid w:val="005354C1"/>
+    <w:rsid w:val="0053623B"/>
+    <w:rsid w:val="005405BD"/>
+    <w:rsid w:val="005431BE"/>
+    <w:rsid w:val="00543C1B"/>
+    <w:rsid w:val="0055153E"/>
+    <w:rsid w:val="0055342C"/>
+    <w:rsid w:val="00556B76"/>
+    <w:rsid w:val="0055740E"/>
+    <w:rsid w:val="005636D5"/>
+    <w:rsid w:val="005663EA"/>
+    <w:rsid w:val="005708FE"/>
+    <w:rsid w:val="00571788"/>
+    <w:rsid w:val="00571A9B"/>
+    <w:rsid w:val="005823E1"/>
+    <w:rsid w:val="0058476F"/>
+    <w:rsid w:val="00584775"/>
+    <w:rsid w:val="00586C5E"/>
+    <w:rsid w:val="00587557"/>
+    <w:rsid w:val="00592FFB"/>
+    <w:rsid w:val="00593FA9"/>
+    <w:rsid w:val="005948ED"/>
+    <w:rsid w:val="005951E3"/>
+    <w:rsid w:val="0059568E"/>
+    <w:rsid w:val="005956FD"/>
+    <w:rsid w:val="0059652D"/>
+    <w:rsid w:val="005A1486"/>
+    <w:rsid w:val="005A1CF3"/>
+    <w:rsid w:val="005A6461"/>
+    <w:rsid w:val="005B2B90"/>
+    <w:rsid w:val="005B2E43"/>
+    <w:rsid w:val="005B5AA9"/>
+    <w:rsid w:val="005C1282"/>
+    <w:rsid w:val="005C38BD"/>
+    <w:rsid w:val="005C7A45"/>
+    <w:rsid w:val="005C7D15"/>
+    <w:rsid w:val="005D0401"/>
+    <w:rsid w:val="005D085D"/>
+    <w:rsid w:val="005D17F6"/>
+    <w:rsid w:val="005D3177"/>
+    <w:rsid w:val="005D321A"/>
+    <w:rsid w:val="005D40D9"/>
+    <w:rsid w:val="005E1F7C"/>
+    <w:rsid w:val="005F0420"/>
+    <w:rsid w:val="005F175F"/>
+    <w:rsid w:val="005F1AD8"/>
+    <w:rsid w:val="005F2DE3"/>
+    <w:rsid w:val="005F520A"/>
+    <w:rsid w:val="00600106"/>
+    <w:rsid w:val="0060052C"/>
+    <w:rsid w:val="006031E9"/>
+    <w:rsid w:val="0060493A"/>
+    <w:rsid w:val="00605E24"/>
+    <w:rsid w:val="006119AC"/>
+    <w:rsid w:val="00613A01"/>
+    <w:rsid w:val="006147A9"/>
+    <w:rsid w:val="006176B2"/>
+    <w:rsid w:val="00617A5C"/>
+    <w:rsid w:val="00624B79"/>
+    <w:rsid w:val="00630316"/>
+    <w:rsid w:val="0063129B"/>
+    <w:rsid w:val="00634CA3"/>
+    <w:rsid w:val="00636907"/>
+    <w:rsid w:val="00636BD2"/>
+    <w:rsid w:val="006372C5"/>
+    <w:rsid w:val="00640296"/>
+    <w:rsid w:val="0064327C"/>
+    <w:rsid w:val="0064360D"/>
+    <w:rsid w:val="006452BA"/>
+    <w:rsid w:val="00646D09"/>
+    <w:rsid w:val="00651CD9"/>
+    <w:rsid w:val="00653B3D"/>
+    <w:rsid w:val="00654502"/>
+    <w:rsid w:val="006561C0"/>
+    <w:rsid w:val="00657D72"/>
+    <w:rsid w:val="00660DC2"/>
+    <w:rsid w:val="00663FDE"/>
+    <w:rsid w:val="00664185"/>
+    <w:rsid w:val="0066505A"/>
+    <w:rsid w:val="00670599"/>
+    <w:rsid w:val="0067375A"/>
+    <w:rsid w:val="00676181"/>
+    <w:rsid w:val="00684803"/>
+    <w:rsid w:val="00684DA0"/>
+    <w:rsid w:val="00684E7A"/>
+    <w:rsid w:val="00690BFE"/>
+    <w:rsid w:val="00692ACD"/>
+    <w:rsid w:val="00692DFA"/>
+    <w:rsid w:val="0069367A"/>
+    <w:rsid w:val="006941D1"/>
+    <w:rsid w:val="00696301"/>
+    <w:rsid w:val="00696B18"/>
+    <w:rsid w:val="006A057F"/>
+    <w:rsid w:val="006A0A4C"/>
+    <w:rsid w:val="006A52C2"/>
+    <w:rsid w:val="006A5B18"/>
+    <w:rsid w:val="006B0E53"/>
+    <w:rsid w:val="006B270C"/>
+    <w:rsid w:val="006B351B"/>
+    <w:rsid w:val="006B66EE"/>
+    <w:rsid w:val="006C0879"/>
+    <w:rsid w:val="006C1279"/>
+    <w:rsid w:val="006E0242"/>
+    <w:rsid w:val="006E32A4"/>
+    <w:rsid w:val="006E39DA"/>
+    <w:rsid w:val="006E57D8"/>
+    <w:rsid w:val="006F30B1"/>
+    <w:rsid w:val="006F3CB0"/>
+    <w:rsid w:val="006F6EFF"/>
+    <w:rsid w:val="006F7027"/>
+    <w:rsid w:val="007029A2"/>
+    <w:rsid w:val="0070323D"/>
+    <w:rsid w:val="00704E9B"/>
+    <w:rsid w:val="00705708"/>
+    <w:rsid w:val="00705FD1"/>
+    <w:rsid w:val="0070627C"/>
+    <w:rsid w:val="007064B3"/>
+    <w:rsid w:val="00710D7B"/>
+    <w:rsid w:val="00712A28"/>
+    <w:rsid w:val="00714ABF"/>
+    <w:rsid w:val="00715858"/>
+    <w:rsid w:val="007164FC"/>
+    <w:rsid w:val="007213A3"/>
+    <w:rsid w:val="0072425C"/>
+    <w:rsid w:val="007265FC"/>
+    <w:rsid w:val="00726D2D"/>
+    <w:rsid w:val="00727E41"/>
+    <w:rsid w:val="007302DF"/>
+    <w:rsid w:val="00731CDE"/>
+    <w:rsid w:val="00731E89"/>
+    <w:rsid w:val="007327DD"/>
+    <w:rsid w:val="00734CF6"/>
+    <w:rsid w:val="007363E6"/>
+    <w:rsid w:val="0074146D"/>
+    <w:rsid w:val="007427DD"/>
+    <w:rsid w:val="00743FCE"/>
+    <w:rsid w:val="00745292"/>
+    <w:rsid w:val="00745CB4"/>
+    <w:rsid w:val="00746BB7"/>
+    <w:rsid w:val="00752E2A"/>
+    <w:rsid w:val="00754D1F"/>
+    <w:rsid w:val="00757628"/>
+    <w:rsid w:val="00757A1A"/>
+    <w:rsid w:val="007602C8"/>
+    <w:rsid w:val="00760E2A"/>
+    <w:rsid w:val="00761F87"/>
+    <w:rsid w:val="007642D1"/>
+    <w:rsid w:val="007655EC"/>
+    <w:rsid w:val="00765A24"/>
+    <w:rsid w:val="00765C85"/>
+    <w:rsid w:val="00766627"/>
+    <w:rsid w:val="007668D7"/>
+    <w:rsid w:val="00766C73"/>
+    <w:rsid w:val="00767292"/>
+    <w:rsid w:val="007764EB"/>
+    <w:rsid w:val="007773B9"/>
+    <w:rsid w:val="00780DA8"/>
+    <w:rsid w:val="007817F7"/>
+    <w:rsid w:val="00784A51"/>
+    <w:rsid w:val="007862F4"/>
+    <w:rsid w:val="00790CBC"/>
+    <w:rsid w:val="00791AC8"/>
+    <w:rsid w:val="0079417E"/>
+    <w:rsid w:val="00794AB7"/>
+    <w:rsid w:val="00795FC7"/>
+    <w:rsid w:val="007A44B0"/>
+    <w:rsid w:val="007A6E56"/>
+    <w:rsid w:val="007B0EA9"/>
+    <w:rsid w:val="007B1246"/>
+    <w:rsid w:val="007B2EC7"/>
+    <w:rsid w:val="007B2EFE"/>
+    <w:rsid w:val="007B4836"/>
+    <w:rsid w:val="007B53E5"/>
+    <w:rsid w:val="007B5831"/>
+    <w:rsid w:val="007B58A5"/>
+    <w:rsid w:val="007B6DB7"/>
+    <w:rsid w:val="007B72E2"/>
+    <w:rsid w:val="007B743E"/>
+    <w:rsid w:val="007C10CF"/>
+    <w:rsid w:val="007C2BD5"/>
+    <w:rsid w:val="007C400B"/>
+    <w:rsid w:val="007C5977"/>
+    <w:rsid w:val="007C5C93"/>
+    <w:rsid w:val="007D3354"/>
+    <w:rsid w:val="007D3863"/>
+    <w:rsid w:val="007D5093"/>
+    <w:rsid w:val="007D68C1"/>
+    <w:rsid w:val="007D79E6"/>
+    <w:rsid w:val="007E3E5F"/>
+    <w:rsid w:val="007E625E"/>
+    <w:rsid w:val="007E6F36"/>
+    <w:rsid w:val="007F25E4"/>
+    <w:rsid w:val="007F539A"/>
+    <w:rsid w:val="007F62D4"/>
+    <w:rsid w:val="007F73CA"/>
+    <w:rsid w:val="007F7FAC"/>
+    <w:rsid w:val="008016C1"/>
+    <w:rsid w:val="0080244D"/>
+    <w:rsid w:val="0080264D"/>
+    <w:rsid w:val="00802A77"/>
+    <w:rsid w:val="008036AB"/>
+    <w:rsid w:val="0080371D"/>
+    <w:rsid w:val="00803F0F"/>
+    <w:rsid w:val="008044C3"/>
+    <w:rsid w:val="00804525"/>
+    <w:rsid w:val="00804622"/>
+    <w:rsid w:val="008076E5"/>
+    <w:rsid w:val="00811195"/>
+    <w:rsid w:val="008125A6"/>
+    <w:rsid w:val="008129C1"/>
+    <w:rsid w:val="00814346"/>
+    <w:rsid w:val="00814EC7"/>
+    <w:rsid w:val="00815021"/>
+    <w:rsid w:val="0081603F"/>
+    <w:rsid w:val="0081675C"/>
+    <w:rsid w:val="00816D29"/>
+    <w:rsid w:val="00817FDE"/>
+    <w:rsid w:val="008235B1"/>
+    <w:rsid w:val="0082632B"/>
+    <w:rsid w:val="0082795A"/>
+    <w:rsid w:val="0083169E"/>
+    <w:rsid w:val="00831C3E"/>
+    <w:rsid w:val="00832412"/>
+    <w:rsid w:val="00834888"/>
+    <w:rsid w:val="00837331"/>
+    <w:rsid w:val="00840893"/>
+    <w:rsid w:val="008424AF"/>
+    <w:rsid w:val="008435F5"/>
+    <w:rsid w:val="008440FA"/>
+    <w:rsid w:val="0084432A"/>
+    <w:rsid w:val="00851971"/>
+    <w:rsid w:val="00852323"/>
+    <w:rsid w:val="00860FC1"/>
+    <w:rsid w:val="00860FC2"/>
+    <w:rsid w:val="008627B1"/>
+    <w:rsid w:val="00862C8C"/>
+    <w:rsid w:val="00864335"/>
+    <w:rsid w:val="008647F2"/>
+    <w:rsid w:val="008703A9"/>
+    <w:rsid w:val="00870BB2"/>
+    <w:rsid w:val="008715F3"/>
+    <w:rsid w:val="00875EAE"/>
+    <w:rsid w:val="008766D7"/>
+    <w:rsid w:val="008823B6"/>
+    <w:rsid w:val="00882FC2"/>
+    <w:rsid w:val="00886A0B"/>
+    <w:rsid w:val="00893B82"/>
+    <w:rsid w:val="00893CC2"/>
+    <w:rsid w:val="00895128"/>
+    <w:rsid w:val="00895C73"/>
+    <w:rsid w:val="008A0005"/>
+    <w:rsid w:val="008A053A"/>
+    <w:rsid w:val="008A13DF"/>
+    <w:rsid w:val="008A41DE"/>
+    <w:rsid w:val="008A5826"/>
+    <w:rsid w:val="008A682E"/>
+    <w:rsid w:val="008A7373"/>
+    <w:rsid w:val="008B1692"/>
+    <w:rsid w:val="008B1C2E"/>
+    <w:rsid w:val="008B4B57"/>
+    <w:rsid w:val="008B564A"/>
+    <w:rsid w:val="008B5A32"/>
+    <w:rsid w:val="008B6B2A"/>
+    <w:rsid w:val="008C0049"/>
+    <w:rsid w:val="008C2F7E"/>
+    <w:rsid w:val="008C75C7"/>
+    <w:rsid w:val="008C7BEB"/>
+    <w:rsid w:val="008C7F8E"/>
+    <w:rsid w:val="008D31AF"/>
+    <w:rsid w:val="008D54DF"/>
+    <w:rsid w:val="008D6C84"/>
+    <w:rsid w:val="008E2669"/>
+    <w:rsid w:val="008E30FD"/>
+    <w:rsid w:val="008E4568"/>
+    <w:rsid w:val="008E466A"/>
+    <w:rsid w:val="008E5C88"/>
+    <w:rsid w:val="008E5CFC"/>
+    <w:rsid w:val="008E601E"/>
+    <w:rsid w:val="008E79D2"/>
+    <w:rsid w:val="008F09E5"/>
+    <w:rsid w:val="008F0D57"/>
+    <w:rsid w:val="008F145F"/>
+    <w:rsid w:val="008F3747"/>
+    <w:rsid w:val="008F3DCA"/>
+    <w:rsid w:val="008F40D0"/>
+    <w:rsid w:val="008F5FE0"/>
+    <w:rsid w:val="008F795D"/>
+    <w:rsid w:val="00901562"/>
+    <w:rsid w:val="00902F90"/>
+    <w:rsid w:val="0090737E"/>
+    <w:rsid w:val="00907B94"/>
+    <w:rsid w:val="00913142"/>
+    <w:rsid w:val="0091437E"/>
+    <w:rsid w:val="00914FF9"/>
+    <w:rsid w:val="009161CB"/>
+    <w:rsid w:val="0091627A"/>
+    <w:rsid w:val="009212E1"/>
+    <w:rsid w:val="009218BC"/>
+    <w:rsid w:val="00924799"/>
+    <w:rsid w:val="009271F8"/>
+    <w:rsid w:val="00927957"/>
+    <w:rsid w:val="00931ABA"/>
+    <w:rsid w:val="00935A62"/>
+    <w:rsid w:val="00935ADD"/>
+    <w:rsid w:val="00937430"/>
+    <w:rsid w:val="00937647"/>
+    <w:rsid w:val="00937A31"/>
+    <w:rsid w:val="0094272E"/>
+    <w:rsid w:val="00943790"/>
+    <w:rsid w:val="00944528"/>
+    <w:rsid w:val="0094547A"/>
+    <w:rsid w:val="0094639E"/>
+    <w:rsid w:val="00946465"/>
+    <w:rsid w:val="00955EE1"/>
+    <w:rsid w:val="009576BD"/>
+    <w:rsid w:val="009600C2"/>
+    <w:rsid w:val="00961343"/>
+    <w:rsid w:val="00962995"/>
+    <w:rsid w:val="00962BA7"/>
+    <w:rsid w:val="009665CF"/>
+    <w:rsid w:val="0097056C"/>
+    <w:rsid w:val="00971826"/>
+    <w:rsid w:val="009719C3"/>
+    <w:rsid w:val="00971F1C"/>
+    <w:rsid w:val="009725E3"/>
+    <w:rsid w:val="00975188"/>
+    <w:rsid w:val="0097653D"/>
+    <w:rsid w:val="00977586"/>
+    <w:rsid w:val="00982575"/>
+    <w:rsid w:val="00983431"/>
+    <w:rsid w:val="00984F87"/>
+    <w:rsid w:val="009946CD"/>
+    <w:rsid w:val="0099679E"/>
+    <w:rsid w:val="009A066E"/>
+    <w:rsid w:val="009A2040"/>
+    <w:rsid w:val="009A221B"/>
+    <w:rsid w:val="009A3446"/>
+    <w:rsid w:val="009B26BA"/>
+    <w:rsid w:val="009B3478"/>
+    <w:rsid w:val="009B4522"/>
+    <w:rsid w:val="009C2C63"/>
+    <w:rsid w:val="009C4257"/>
+    <w:rsid w:val="009C52B9"/>
+    <w:rsid w:val="009C5723"/>
+    <w:rsid w:val="009C7DA9"/>
+    <w:rsid w:val="009D0F66"/>
+    <w:rsid w:val="009D2891"/>
+    <w:rsid w:val="009D6F1F"/>
+    <w:rsid w:val="009E08FF"/>
+    <w:rsid w:val="009E11DD"/>
+    <w:rsid w:val="009E3DFA"/>
+    <w:rsid w:val="009E44AF"/>
+    <w:rsid w:val="009E45A3"/>
+    <w:rsid w:val="009F0638"/>
+    <w:rsid w:val="009F1369"/>
+    <w:rsid w:val="009F16DA"/>
+    <w:rsid w:val="009F2327"/>
+    <w:rsid w:val="009F2F77"/>
+    <w:rsid w:val="009F4AC7"/>
+    <w:rsid w:val="009F627E"/>
+    <w:rsid w:val="009F6F16"/>
+    <w:rsid w:val="00A00156"/>
+    <w:rsid w:val="00A00BE8"/>
+    <w:rsid w:val="00A01C93"/>
+    <w:rsid w:val="00A0271E"/>
+    <w:rsid w:val="00A034B2"/>
+    <w:rsid w:val="00A06B2E"/>
+    <w:rsid w:val="00A11FDD"/>
+    <w:rsid w:val="00A123E1"/>
+    <w:rsid w:val="00A13CB0"/>
+    <w:rsid w:val="00A140D5"/>
+    <w:rsid w:val="00A1609B"/>
+    <w:rsid w:val="00A179CC"/>
+    <w:rsid w:val="00A21EF3"/>
+    <w:rsid w:val="00A264AD"/>
+    <w:rsid w:val="00A26E2C"/>
+    <w:rsid w:val="00A306A4"/>
+    <w:rsid w:val="00A308A4"/>
+    <w:rsid w:val="00A31C6D"/>
+    <w:rsid w:val="00A3465C"/>
+    <w:rsid w:val="00A3579A"/>
+    <w:rsid w:val="00A35E4F"/>
+    <w:rsid w:val="00A41A16"/>
+    <w:rsid w:val="00A41AB2"/>
+    <w:rsid w:val="00A45F7D"/>
+    <w:rsid w:val="00A46AE5"/>
+    <w:rsid w:val="00A50D27"/>
+    <w:rsid w:val="00A5240E"/>
+    <w:rsid w:val="00A52879"/>
+    <w:rsid w:val="00A5347A"/>
+    <w:rsid w:val="00A5391E"/>
+    <w:rsid w:val="00A54B6D"/>
+    <w:rsid w:val="00A554FF"/>
+    <w:rsid w:val="00A55A06"/>
+    <w:rsid w:val="00A55C72"/>
+    <w:rsid w:val="00A5670C"/>
+    <w:rsid w:val="00A57390"/>
+    <w:rsid w:val="00A6082D"/>
+    <w:rsid w:val="00A60989"/>
+    <w:rsid w:val="00A6339F"/>
+    <w:rsid w:val="00A64B4F"/>
+    <w:rsid w:val="00A6537A"/>
+    <w:rsid w:val="00A66148"/>
+    <w:rsid w:val="00A668FC"/>
+    <w:rsid w:val="00A675E2"/>
+    <w:rsid w:val="00A72562"/>
+    <w:rsid w:val="00A74DB6"/>
+    <w:rsid w:val="00A74E71"/>
+    <w:rsid w:val="00A75686"/>
+    <w:rsid w:val="00A7704C"/>
+    <w:rsid w:val="00A80207"/>
+    <w:rsid w:val="00A822DC"/>
+    <w:rsid w:val="00A84701"/>
+    <w:rsid w:val="00A86630"/>
+    <w:rsid w:val="00A91AC7"/>
+    <w:rsid w:val="00A93565"/>
+    <w:rsid w:val="00A93988"/>
+    <w:rsid w:val="00A9456D"/>
+    <w:rsid w:val="00A95C65"/>
+    <w:rsid w:val="00A95F02"/>
+    <w:rsid w:val="00AA1665"/>
+    <w:rsid w:val="00AA3234"/>
+    <w:rsid w:val="00AA6011"/>
+    <w:rsid w:val="00AA74BA"/>
+    <w:rsid w:val="00AB2EAD"/>
+    <w:rsid w:val="00AB566D"/>
+    <w:rsid w:val="00AB704E"/>
+    <w:rsid w:val="00AC0978"/>
+    <w:rsid w:val="00AC1646"/>
+    <w:rsid w:val="00AC215A"/>
+    <w:rsid w:val="00AC5685"/>
+    <w:rsid w:val="00AC5EAA"/>
+    <w:rsid w:val="00AC767F"/>
+    <w:rsid w:val="00AC7BE0"/>
+    <w:rsid w:val="00AD13D7"/>
+    <w:rsid w:val="00AD4665"/>
+    <w:rsid w:val="00AD57CC"/>
+    <w:rsid w:val="00AD6081"/>
+    <w:rsid w:val="00AD65E0"/>
+    <w:rsid w:val="00AE03AD"/>
+    <w:rsid w:val="00AE0AC8"/>
+    <w:rsid w:val="00AE2516"/>
+    <w:rsid w:val="00AE5432"/>
+    <w:rsid w:val="00AE5591"/>
+    <w:rsid w:val="00AE5780"/>
+    <w:rsid w:val="00AE6309"/>
+    <w:rsid w:val="00AE744B"/>
+    <w:rsid w:val="00AF0C85"/>
+    <w:rsid w:val="00AF10D0"/>
+    <w:rsid w:val="00AF2C90"/>
+    <w:rsid w:val="00AF3F3D"/>
+    <w:rsid w:val="00AF4334"/>
+    <w:rsid w:val="00AF7CD2"/>
+    <w:rsid w:val="00B006AB"/>
+    <w:rsid w:val="00B048BC"/>
+    <w:rsid w:val="00B07452"/>
+    <w:rsid w:val="00B1052F"/>
+    <w:rsid w:val="00B10C05"/>
+    <w:rsid w:val="00B134F0"/>
+    <w:rsid w:val="00B13B5E"/>
+    <w:rsid w:val="00B14826"/>
+    <w:rsid w:val="00B16E7D"/>
+    <w:rsid w:val="00B22AD7"/>
+    <w:rsid w:val="00B22BD5"/>
+    <w:rsid w:val="00B27204"/>
+    <w:rsid w:val="00B30806"/>
+    <w:rsid w:val="00B31D84"/>
+    <w:rsid w:val="00B35770"/>
+    <w:rsid w:val="00B3606D"/>
+    <w:rsid w:val="00B370FD"/>
+    <w:rsid w:val="00B37374"/>
+    <w:rsid w:val="00B40C5F"/>
+    <w:rsid w:val="00B452AE"/>
+    <w:rsid w:val="00B53A1C"/>
+    <w:rsid w:val="00B53C9D"/>
+    <w:rsid w:val="00B55F4C"/>
+    <w:rsid w:val="00B6064B"/>
+    <w:rsid w:val="00B62B9C"/>
+    <w:rsid w:val="00B6322E"/>
+    <w:rsid w:val="00B63F21"/>
+    <w:rsid w:val="00B72E42"/>
+    <w:rsid w:val="00B730DD"/>
+    <w:rsid w:val="00B747FB"/>
+    <w:rsid w:val="00B7682F"/>
+    <w:rsid w:val="00B76ACC"/>
+    <w:rsid w:val="00B7758F"/>
+    <w:rsid w:val="00B77B48"/>
+    <w:rsid w:val="00B80F8D"/>
+    <w:rsid w:val="00B837C7"/>
+    <w:rsid w:val="00B84799"/>
+    <w:rsid w:val="00B86A0E"/>
+    <w:rsid w:val="00B8709F"/>
+    <w:rsid w:val="00B92012"/>
+    <w:rsid w:val="00B928F6"/>
+    <w:rsid w:val="00B937B6"/>
+    <w:rsid w:val="00B940A8"/>
+    <w:rsid w:val="00B946B0"/>
+    <w:rsid w:val="00B952E8"/>
+    <w:rsid w:val="00B956B7"/>
+    <w:rsid w:val="00B95C60"/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rsid w:val="00B967BD"/>
+    <w:rsid w:val="00B9696A"/>
+    <w:rsid w:val="00B97A9E"/>
+    <w:rsid w:val="00BA59CF"/>
+    <w:rsid w:val="00BB1019"/>
+    <w:rsid w:val="00BB16B3"/>
+    <w:rsid w:val="00BB21B7"/>
+    <w:rsid w:val="00BB27E5"/>
+    <w:rsid w:val="00BB2AF0"/>
+    <w:rsid w:val="00BB30D5"/>
+    <w:rsid w:val="00BB6ABD"/>
+    <w:rsid w:val="00BC02C1"/>
+    <w:rsid w:val="00BC1224"/>
+    <w:rsid w:val="00BD15D7"/>
+    <w:rsid w:val="00BD1740"/>
+    <w:rsid w:val="00BD2E9D"/>
+    <w:rsid w:val="00BD3F7D"/>
+    <w:rsid w:val="00BD468F"/>
+    <w:rsid w:val="00BD4DD3"/>
+    <w:rsid w:val="00BE1BAC"/>
+    <w:rsid w:val="00BE1DB1"/>
+    <w:rsid w:val="00BE3FB9"/>
+    <w:rsid w:val="00BE5AE5"/>
+    <w:rsid w:val="00BF27CF"/>
+    <w:rsid w:val="00BF3496"/>
+    <w:rsid w:val="00BF4151"/>
+    <w:rsid w:val="00BF4265"/>
+    <w:rsid w:val="00BF6B08"/>
+    <w:rsid w:val="00BF6D4D"/>
+    <w:rsid w:val="00BF724F"/>
+    <w:rsid w:val="00C01637"/>
+    <w:rsid w:val="00C02B76"/>
+    <w:rsid w:val="00C036D8"/>
+    <w:rsid w:val="00C0382A"/>
+    <w:rsid w:val="00C0396F"/>
+    <w:rsid w:val="00C04D64"/>
+    <w:rsid w:val="00C06441"/>
+    <w:rsid w:val="00C11049"/>
+    <w:rsid w:val="00C126C0"/>
+    <w:rsid w:val="00C1292B"/>
+    <w:rsid w:val="00C13E05"/>
+    <w:rsid w:val="00C16E6D"/>
+    <w:rsid w:val="00C20F6B"/>
+    <w:rsid w:val="00C24712"/>
+    <w:rsid w:val="00C26572"/>
+    <w:rsid w:val="00C30124"/>
+    <w:rsid w:val="00C31D63"/>
+    <w:rsid w:val="00C32D64"/>
+    <w:rsid w:val="00C34052"/>
+    <w:rsid w:val="00C34A3B"/>
+    <w:rsid w:val="00C34E3D"/>
+    <w:rsid w:val="00C3647F"/>
+    <w:rsid w:val="00C36AE0"/>
+    <w:rsid w:val="00C40F55"/>
+    <w:rsid w:val="00C435CC"/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:rsid w:val="00C4454A"/>
+    <w:rsid w:val="00C45C15"/>
+    <w:rsid w:val="00C47A51"/>
+    <w:rsid w:val="00C51ECE"/>
+    <w:rsid w:val="00C52E37"/>
+    <w:rsid w:val="00C534D8"/>
+    <w:rsid w:val="00C5401C"/>
+    <w:rsid w:val="00C55413"/>
+    <w:rsid w:val="00C56078"/>
+    <w:rsid w:val="00C56ADA"/>
+    <w:rsid w:val="00C56C83"/>
+    <w:rsid w:val="00C56D85"/>
+    <w:rsid w:val="00C57921"/>
+    <w:rsid w:val="00C62D7F"/>
+    <w:rsid w:val="00C64616"/>
+    <w:rsid w:val="00C64EED"/>
+    <w:rsid w:val="00C6506E"/>
+    <w:rsid w:val="00C65C41"/>
+    <w:rsid w:val="00C66BF2"/>
+    <w:rsid w:val="00C67B31"/>
+    <w:rsid w:val="00C75D9A"/>
+    <w:rsid w:val="00C81ADC"/>
+    <w:rsid w:val="00C8467F"/>
+    <w:rsid w:val="00C84EEF"/>
+    <w:rsid w:val="00C862EE"/>
+    <w:rsid w:val="00C87A3B"/>
+    <w:rsid w:val="00C90371"/>
+    <w:rsid w:val="00C91CEB"/>
+    <w:rsid w:val="00C93BBD"/>
+    <w:rsid w:val="00C942FE"/>
+    <w:rsid w:val="00C94C24"/>
+    <w:rsid w:val="00CA03CB"/>
+    <w:rsid w:val="00CA098E"/>
+    <w:rsid w:val="00CA2C1A"/>
+    <w:rsid w:val="00CA5E9A"/>
+    <w:rsid w:val="00CA7404"/>
+    <w:rsid w:val="00CB07E8"/>
+    <w:rsid w:val="00CB39B4"/>
+    <w:rsid w:val="00CB4365"/>
+    <w:rsid w:val="00CB45BA"/>
+    <w:rsid w:val="00CC0682"/>
+    <w:rsid w:val="00CC1A24"/>
+    <w:rsid w:val="00CC1DEC"/>
+    <w:rsid w:val="00CC2B7A"/>
+    <w:rsid w:val="00CC478A"/>
+    <w:rsid w:val="00CC61A6"/>
+    <w:rsid w:val="00CC6C2A"/>
+    <w:rsid w:val="00CD1532"/>
+    <w:rsid w:val="00CD2F93"/>
+    <w:rsid w:val="00CD3E66"/>
+    <w:rsid w:val="00CD5B93"/>
+    <w:rsid w:val="00CE116E"/>
+    <w:rsid w:val="00CE2541"/>
+    <w:rsid w:val="00CE2C58"/>
+    <w:rsid w:val="00CE7D01"/>
+    <w:rsid w:val="00CF1011"/>
+    <w:rsid w:val="00CF124E"/>
+    <w:rsid w:val="00CF2072"/>
+    <w:rsid w:val="00CF2082"/>
+    <w:rsid w:val="00CF6E6B"/>
+    <w:rsid w:val="00CF79AA"/>
+    <w:rsid w:val="00D00C72"/>
+    <w:rsid w:val="00D017DD"/>
+    <w:rsid w:val="00D01F82"/>
+    <w:rsid w:val="00D0237D"/>
+    <w:rsid w:val="00D04619"/>
+    <w:rsid w:val="00D05063"/>
+    <w:rsid w:val="00D05DA4"/>
+    <w:rsid w:val="00D07134"/>
+    <w:rsid w:val="00D07256"/>
+    <w:rsid w:val="00D07D11"/>
+    <w:rsid w:val="00D145FC"/>
+    <w:rsid w:val="00D157F1"/>
+    <w:rsid w:val="00D17200"/>
+    <w:rsid w:val="00D17544"/>
+    <w:rsid w:val="00D23782"/>
+    <w:rsid w:val="00D242C8"/>
+    <w:rsid w:val="00D244EF"/>
+    <w:rsid w:val="00D26749"/>
+    <w:rsid w:val="00D270BD"/>
+    <w:rsid w:val="00D27D10"/>
+    <w:rsid w:val="00D30131"/>
+    <w:rsid w:val="00D31164"/>
+    <w:rsid w:val="00D31668"/>
+    <w:rsid w:val="00D32CE1"/>
+    <w:rsid w:val="00D33108"/>
+    <w:rsid w:val="00D33C0E"/>
+    <w:rsid w:val="00D33CB4"/>
+    <w:rsid w:val="00D33E53"/>
+    <w:rsid w:val="00D41A7F"/>
+    <w:rsid w:val="00D41CE6"/>
+    <w:rsid w:val="00D47970"/>
+    <w:rsid w:val="00D53B40"/>
+    <w:rsid w:val="00D608A3"/>
+    <w:rsid w:val="00D61A38"/>
+    <w:rsid w:val="00D63317"/>
+    <w:rsid w:val="00D63A3E"/>
+    <w:rsid w:val="00D63BBD"/>
+    <w:rsid w:val="00D65096"/>
+    <w:rsid w:val="00D65BA6"/>
+    <w:rsid w:val="00D67824"/>
+    <w:rsid w:val="00D7036B"/>
+    <w:rsid w:val="00D71769"/>
+    <w:rsid w:val="00D72805"/>
+    <w:rsid w:val="00D74590"/>
+    <w:rsid w:val="00D759A0"/>
+    <w:rsid w:val="00D76450"/>
+    <w:rsid w:val="00D7713D"/>
+    <w:rsid w:val="00D82CCF"/>
+    <w:rsid w:val="00D85404"/>
+    <w:rsid w:val="00D914F3"/>
+    <w:rsid w:val="00D930D4"/>
+    <w:rsid w:val="00DA19A3"/>
+    <w:rsid w:val="00DA31DC"/>
+    <w:rsid w:val="00DA44C8"/>
+    <w:rsid w:val="00DA4D76"/>
+    <w:rsid w:val="00DA54AF"/>
+    <w:rsid w:val="00DA5CC8"/>
+    <w:rsid w:val="00DA781F"/>
+    <w:rsid w:val="00DB4A98"/>
+    <w:rsid w:val="00DB5FB3"/>
+    <w:rsid w:val="00DC0548"/>
+    <w:rsid w:val="00DC0D2B"/>
+    <w:rsid w:val="00DC30B1"/>
+    <w:rsid w:val="00DC3F6E"/>
+    <w:rsid w:val="00DC435D"/>
+    <w:rsid w:val="00DC58E9"/>
+    <w:rsid w:val="00DD171A"/>
+    <w:rsid w:val="00DD2080"/>
+    <w:rsid w:val="00DD3075"/>
+    <w:rsid w:val="00DD635E"/>
+    <w:rsid w:val="00DD73BE"/>
+    <w:rsid w:val="00DE079A"/>
+    <w:rsid w:val="00DE08B9"/>
+    <w:rsid w:val="00DE2ACB"/>
+    <w:rsid w:val="00DE4B2A"/>
+    <w:rsid w:val="00DE6BC6"/>
+    <w:rsid w:val="00DF6585"/>
+    <w:rsid w:val="00DF6939"/>
+    <w:rsid w:val="00DF77AD"/>
+    <w:rsid w:val="00E01B3B"/>
+    <w:rsid w:val="00E04C12"/>
+    <w:rsid w:val="00E054F7"/>
+    <w:rsid w:val="00E06B04"/>
+    <w:rsid w:val="00E12A20"/>
+    <w:rsid w:val="00E16DBD"/>
+    <w:rsid w:val="00E21D4F"/>
+    <w:rsid w:val="00E2252B"/>
+    <w:rsid w:val="00E22773"/>
+    <w:rsid w:val="00E234E5"/>
+    <w:rsid w:val="00E255B4"/>
+    <w:rsid w:val="00E31646"/>
+    <w:rsid w:val="00E32E75"/>
+    <w:rsid w:val="00E34990"/>
+    <w:rsid w:val="00E34BEA"/>
+    <w:rsid w:val="00E410D8"/>
+    <w:rsid w:val="00E4248D"/>
+    <w:rsid w:val="00E435AD"/>
+    <w:rsid w:val="00E47E03"/>
+    <w:rsid w:val="00E51E91"/>
+    <w:rsid w:val="00E52A33"/>
+    <w:rsid w:val="00E53B95"/>
+    <w:rsid w:val="00E54F5E"/>
+    <w:rsid w:val="00E56554"/>
+    <w:rsid w:val="00E57BDF"/>
+    <w:rsid w:val="00E6032E"/>
+    <w:rsid w:val="00E66F7C"/>
+    <w:rsid w:val="00E714DD"/>
+    <w:rsid w:val="00E71F99"/>
+    <w:rsid w:val="00E77481"/>
+    <w:rsid w:val="00E81586"/>
+    <w:rsid w:val="00E81F47"/>
+    <w:rsid w:val="00E82BFD"/>
+    <w:rsid w:val="00E832FE"/>
+    <w:rsid w:val="00E860DB"/>
+    <w:rsid w:val="00E9003F"/>
+    <w:rsid w:val="00E926EE"/>
+    <w:rsid w:val="00E935B2"/>
+    <w:rsid w:val="00E93A22"/>
+    <w:rsid w:val="00E95340"/>
+    <w:rsid w:val="00E95906"/>
+    <w:rsid w:val="00E9787B"/>
+    <w:rsid w:val="00EA11E4"/>
+    <w:rsid w:val="00EA35BA"/>
+    <w:rsid w:val="00EA47FF"/>
+    <w:rsid w:val="00EA5210"/>
+    <w:rsid w:val="00EA62D7"/>
+    <w:rsid w:val="00EB0C6D"/>
+    <w:rsid w:val="00EB122B"/>
+    <w:rsid w:val="00EB6B50"/>
+    <w:rsid w:val="00EC0950"/>
+    <w:rsid w:val="00EC0DDF"/>
+    <w:rsid w:val="00EC130E"/>
+    <w:rsid w:val="00EC3122"/>
+    <w:rsid w:val="00EC42B6"/>
+    <w:rsid w:val="00EC5810"/>
+    <w:rsid w:val="00EC6230"/>
+    <w:rsid w:val="00ED1753"/>
+    <w:rsid w:val="00ED2C7C"/>
+    <w:rsid w:val="00ED36EE"/>
+    <w:rsid w:val="00ED6779"/>
+    <w:rsid w:val="00EE1837"/>
+    <w:rsid w:val="00EE35DE"/>
+    <w:rsid w:val="00EE35FA"/>
+    <w:rsid w:val="00EE363D"/>
+    <w:rsid w:val="00EE47E5"/>
+    <w:rsid w:val="00EE4E97"/>
+    <w:rsid w:val="00EE6CA5"/>
+    <w:rsid w:val="00EE7554"/>
+    <w:rsid w:val="00EF1B60"/>
+    <w:rsid w:val="00EF30F1"/>
+    <w:rsid w:val="00EF5182"/>
+    <w:rsid w:val="00EF5E08"/>
+    <w:rsid w:val="00EF729E"/>
+    <w:rsid w:val="00F013DE"/>
+    <w:rsid w:val="00F03A30"/>
+    <w:rsid w:val="00F04052"/>
+    <w:rsid w:val="00F122B6"/>
+    <w:rsid w:val="00F12A38"/>
+    <w:rsid w:val="00F130E6"/>
+    <w:rsid w:val="00F13ED0"/>
+    <w:rsid w:val="00F14374"/>
+    <w:rsid w:val="00F17811"/>
+    <w:rsid w:val="00F210C4"/>
+    <w:rsid w:val="00F21898"/>
+    <w:rsid w:val="00F21A50"/>
+    <w:rsid w:val="00F2558E"/>
+    <w:rsid w:val="00F268F7"/>
+    <w:rsid w:val="00F26CFB"/>
+    <w:rsid w:val="00F31B22"/>
+    <w:rsid w:val="00F31D4F"/>
+    <w:rsid w:val="00F34657"/>
+    <w:rsid w:val="00F355FB"/>
+    <w:rsid w:val="00F40DCF"/>
+    <w:rsid w:val="00F424DA"/>
+    <w:rsid w:val="00F42AD1"/>
+    <w:rsid w:val="00F43764"/>
+    <w:rsid w:val="00F445FF"/>
+    <w:rsid w:val="00F46DE6"/>
+    <w:rsid w:val="00F47D3E"/>
+    <w:rsid w:val="00F47D41"/>
+    <w:rsid w:val="00F506E3"/>
+    <w:rsid w:val="00F51CCB"/>
+    <w:rsid w:val="00F52128"/>
+    <w:rsid w:val="00F52638"/>
+    <w:rsid w:val="00F53172"/>
+    <w:rsid w:val="00F5404A"/>
+    <w:rsid w:val="00F55561"/>
+    <w:rsid w:val="00F57A7B"/>
+    <w:rsid w:val="00F629BC"/>
+    <w:rsid w:val="00F62C5B"/>
+    <w:rsid w:val="00F62EB2"/>
+    <w:rsid w:val="00F6365D"/>
+    <w:rsid w:val="00F6375C"/>
+    <w:rsid w:val="00F64B04"/>
+    <w:rsid w:val="00F64FE9"/>
+    <w:rsid w:val="00F70A26"/>
+    <w:rsid w:val="00F73811"/>
+    <w:rsid w:val="00F7576E"/>
+    <w:rsid w:val="00F7764F"/>
+    <w:rsid w:val="00F776C4"/>
+    <w:rsid w:val="00F77B3A"/>
+    <w:rsid w:val="00F80BE1"/>
+    <w:rsid w:val="00F81EA8"/>
+    <w:rsid w:val="00F83916"/>
+    <w:rsid w:val="00F8529C"/>
+    <w:rsid w:val="00F86FE3"/>
+    <w:rsid w:val="00F9033A"/>
+    <w:rsid w:val="00F90381"/>
+    <w:rsid w:val="00F949D7"/>
+    <w:rsid w:val="00F9580A"/>
+    <w:rsid w:val="00F963D0"/>
+    <w:rsid w:val="00FA2034"/>
+    <w:rsid w:val="00FA2705"/>
+    <w:rsid w:val="00FA3166"/>
+    <w:rsid w:val="00FA41BA"/>
+    <w:rsid w:val="00FA7B7C"/>
+    <w:rsid w:val="00FB0787"/>
+    <w:rsid w:val="00FB3238"/>
+    <w:rsid w:val="00FB5172"/>
+    <w:rsid w:val="00FB69C4"/>
+    <w:rsid w:val="00FC05BD"/>
+    <w:rsid w:val="00FC1903"/>
+    <w:rsid w:val="00FD05D4"/>
+    <w:rsid w:val="00FD58A1"/>
+    <w:rsid w:val="00FD6351"/>
+    <w:rsid w:val="00FD689E"/>
+    <w:rsid w:val="00FE1FEC"/>
+    <w:rsid w:val="00FE2273"/>
+    <w:rsid w:val="00FE259F"/>
+    <w:rsid w:val="00FE315B"/>
+    <w:rsid w:val="00FE324F"/>
+    <w:rsid w:val="00FE32F0"/>
+    <w:rsid w:val="00FE50DE"/>
+    <w:rsid w:val="00FE587B"/>
+    <w:rsid w:val="00FE6417"/>
+    <w:rsid w:val="00FE6B73"/>
+    <w:rsid w:val="00FE771F"/>
+    <w:rsid w:val="00FE7E70"/>
+    <w:rsid w:val="00FF0711"/>
+    <w:rsid w:val="00FF33E7"/>
+    <w:rsid w:val="00FF514D"/>
+    <w:rsid w:val="00FF611B"/>
+    <w:rsid w:val="00FF61AE"/>
+    <w:rsid w:val="00FF6CB2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="00985CFB"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{FB242F15-1E95-4508-BA85-24EC8DF9AE06}"/>
+  <w14:docId w14:val="6AC9A898"/>
+  <w15:docId w15:val="{80AB3CB9-772A-4575-9837-5FD63381A4CE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="15" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="17" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:locked="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="1" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="0"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9974,54 +12459,54 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -10085,51 +12570,51 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
@@ -10200,1406 +12685,2777 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DB18F0"/>
+    <w:rsid w:val="0070627C"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
-    <w:uiPriority w:val="6"/>
+    <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00DB18F0"/>
+    <w:rsid w:val="005F2DE3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:color w:val="943634"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:kern w:val="32"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
-    <w:uiPriority w:val="7"/>
+    <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00DB18F0"/>
+    <w:rsid w:val="002F35CA"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Gill Sans MT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Gill Sans MT"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       <w:bCs/>
       <w:iCs/>
-      <w:color w:val="943634"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
-    <w:uiPriority w:val="8"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00DB18F0"/>
+    <w:rsid w:val="005F2DE3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="120"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:szCs w:val="26"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Heading3"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="0013059D"/>
+    <w:pPr>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AbbreviationsDefinitionsTerm">
-[...181 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
-    <w:uiPriority w:val="6"/>
-    <w:rsid w:val="00DB18F0"/>
+    <w:uiPriority w:val="2"/>
+    <w:locked/>
+    <w:rsid w:val="001D3DB7"/>
     <w:rPr>
-      <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:color w:val="943634"/>
+      <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:kern w:val="32"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
-    <w:uiPriority w:val="7"/>
-    <w:rsid w:val="00DB18F0"/>
+    <w:uiPriority w:val="2"/>
+    <w:locked/>
+    <w:rsid w:val="001D3DB7"/>
     <w:rPr>
-      <w:rFonts w:ascii="Gill Sans MT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Gill Sans MT" w:cs="Arial"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       <w:bCs/>
       <w:iCs/>
-      <w:color w:val="943634"/>
-      <w:szCs w:val="28"/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
-    <w:uiPriority w:val="8"/>
-    <w:rsid w:val="00DB18F0"/>
+    <w:uiPriority w:val="3"/>
+    <w:locked/>
+    <w:rsid w:val="001D3DB7"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="20"/>
-[...64 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Instructions-bullet1">
     <w:name w:val="Instructions - bullet 1"/>
     <w:basedOn w:val="Instructions"/>
-    <w:uiPriority w:val="12"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00231BC9"/>
+    <w:rsid w:val="009F16DA"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="7"/>
       </w:numPr>
-      <w:ind w:left="680" w:hanging="340"/>
+      <w:ind w:left="341" w:hanging="284"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Instructions-numbered">
     <w:name w:val="Instructions - numbered"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="13"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00231BC9"/>
+    <w:rsid w:val="009F16DA"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="5"/>
+        <w:numId w:val="8"/>
       </w:numPr>
-      <w:ind w:left="680" w:hanging="340"/>
+      <w:ind w:left="340" w:hanging="340"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:i/>
-      <w:color w:val="FF0000"/>
+      <w:color w:val="C00000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberlist">
-    <w:name w:val="Numberlist"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletT1">
+    <w:name w:val="bullet T1"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:link w:val="bulletT1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00231BC9"/>
+    <w:rsid w:val="003B1FA8"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="6"/>
+        <w:numId w:val="17"/>
       </w:numPr>
-      <w:ind w:left="340" w:hanging="340"/>
+      <w:ind w:left="170" w:hanging="170"/>
     </w:pPr>
-  </w:style>
-[...215 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00352C78"/>
+    <w:rsid w:val="003A70FF"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00352C78"/>
+    <w:rsid w:val="003A70FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="17"/>
+    <w:qFormat/>
+    <w:rsid w:val="0055740E"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:contextualSpacing/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="17"/>
+    <w:locked/>
+    <w:rsid w:val="00F64FE9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="15"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F5404A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:before="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:noProof/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="15"/>
+    <w:locked/>
+    <w:rsid w:val="00F5404A"/>
+    <w:rPr>
+      <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:noProof/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="00130E43"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="7"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A75686"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="300"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="7"/>
+    <w:locked/>
+    <w:rsid w:val="00A75686"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletT2">
+    <w:name w:val="bullet T2"/>
+    <w:basedOn w:val="PB2"/>
+    <w:link w:val="bulletT2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="001D3DB7"/>
+    <w:pPr>
+      <w:ind w:left="397" w:hanging="227"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002D6577"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table">
+    <w:name w:val="Table"/>
+    <w:basedOn w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00B10C05"/>
+    <w:pPr>
+      <w:framePr w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="239"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bulletT2Char">
+    <w:name w:val="bullet T2 Char"/>
+    <w:basedOn w:val="PB2Char"/>
+    <w:link w:val="bulletT2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:aliases w:val="Numberlist 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="717" w:hanging="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="9"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:rsid w:val="001F581B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0013059D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Instructions">
+    <w:name w:val="Instructions"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="InstructionsChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D244EF"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="C00000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="InstructionsChar">
+    <w:name w:val="Instructions Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Instructions"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00D244EF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="C00000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bullet2">
+    <w:name w:val="bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="bullet2Char"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A7897"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:ind w:left="624" w:hanging="284"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bullet2Char">
+    <w:name w:val="bullet 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="bullet2"/>
+    <w:uiPriority w:val="6"/>
+    <w:locked/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bullet3">
+    <w:name w:val="bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="bullet3Char"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A7897"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:ind w:left="908" w:hanging="284"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00104D42"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00104D42"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00104D42"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SOPreference">
+    <w:name w:val="SOP reference"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleBoldDarkBlueCentered">
+    <w:name w:val="Style Bold Dark Blue Centered"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="40"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleBoldDarkRedCentered">
+    <w:name w:val="Style Bold Dark Red Centered"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="40"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="632423" w:themeColor="accent2" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleDarkBlueCentered">
+    <w:name w:val="Style Dark Blue Centered"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="40"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleDarkRedCentered">
+    <w:name w:val="Style Dark Red Centered"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C43BEC"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:after="40"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="632423" w:themeColor="accent2" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Header-QCDs">
+    <w:name w:val="Header - QCDs"/>
+    <w:basedOn w:val="Header"/>
+    <w:uiPriority w:val="19"/>
+    <w:rsid w:val="006E32A4"/>
+    <w:pPr>
+      <w:jc w:val="right"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Docref">
+    <w:name w:val="Doc ref"/>
+    <w:basedOn w:val="Instructions"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DocrefChar"/>
+    <w:uiPriority w:val="5"/>
+    <w:qFormat/>
+    <w:rsid w:val="00410682"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocrefChar">
+    <w:name w:val="Doc ref Char"/>
+    <w:basedOn w:val="InstructionsChar"/>
+    <w:link w:val="Docref"/>
+    <w:uiPriority w:val="5"/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:i w:val="0"/>
+      <w:iCs/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bulletT1Char">
+    <w:name w:val="bullet T1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="bulletT1"/>
+    <w:uiPriority w:val="9"/>
+    <w:locked/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00692DFA"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet1">
+    <w:name w:val="Bullet 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Bullet1Char"/>
+    <w:uiPriority w:val="19"/>
+    <w:rsid w:val="00475745"/>
+    <w:pPr>
+      <w:ind w:left="340" w:hanging="340"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Bullet1Char">
+    <w:name w:val="Bullet 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Bullet1"/>
+    <w:uiPriority w:val="19"/>
+    <w:rsid w:val="00475745"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberlist">
+    <w:name w:val="Numberlist"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A7897"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="16"/>
+      </w:numPr>
+      <w:ind w:left="340" w:hanging="340"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0021165B"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0021165B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00043513"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bold">
+    <w:name w:val="Bold"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="18"/>
+    <w:rsid w:val="00F013DE"/>
+    <w:rPr>
+      <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00051979"/>
+    <w:rsid w:val="00396CD2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoH3">
-[...4 lines deleted...]
-    <w:rsid w:val="00AB220C"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="007E625E"/>
     <w:pPr>
-      <w:numPr>
-[...3 lines deleted...]
-      <w:ind w:left="680" w:hanging="680"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...24 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A95705"/>
+    <w:rsid w:val="000317D8"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:bCs w:val="0"/>
-      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:b w:val="0"/>
+      <w:caps w:val="0"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
-    </w:rPr>
-[...11 lines deleted...]
-      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:locked/>
-    <w:rsid w:val="00A95705"/>
+    <w:rsid w:val="003E6162"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9017"/>
+      </w:tabs>
       <w:spacing w:after="100"/>
     </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:locked/>
-    <w:rsid w:val="00A95705"/>
+    <w:rsid w:val="00FA2034"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="426"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9017"/>
+      </w:tabs>
       <w:spacing w:after="100"/>
-      <w:ind w:left="200"/>
+      <w:ind w:left="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:locked/>
-    <w:rsid w:val="00A95705"/>
+    <w:rsid w:val="00FA2034"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="9017"/>
+      </w:tabs>
       <w:spacing w:after="100"/>
-      <w:ind w:left="400"/>
+      <w:ind w:left="567"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-[...8 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bullet10">
+    <w:name w:val="bullet 1"/>
+    <w:basedOn w:val="bulletT1"/>
+    <w:link w:val="bullet1Char0"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A7897"/>
+    <w:pPr>
+      <w:ind w:left="341" w:hanging="284"/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
-[...13 lines deleted...]
-    <w:rsid w:val="004B1904"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bullet1Char0">
+    <w:name w:val="bullet 1 Char"/>
+    <w:basedOn w:val="bulletT1Char"/>
+    <w:link w:val="bullet10"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="00B95EBA"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoH4">
-[...3 lines deleted...]
-    <w:link w:val="NoH4Char"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PN11">
+    <w:name w:val="PN1.1"/>
+    <w:basedOn w:val="ListParagraph"/>
+    <w:link w:val="PN11Char"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB220C"/>
+    <w:rsid w:val="00B370FD"/>
     <w:pPr>
       <w:numPr>
-        <w:ilvl w:val="2"/>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="29"/>
       </w:numPr>
-      <w:ind w:left="907" w:hanging="907"/>
+      <w:ind w:left="567" w:hanging="567"/>
+      <w:contextualSpacing w:val="0"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="00C62D7F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PN11Char">
+    <w:name w:val="PN1.1 Char"/>
+    <w:basedOn w:val="ListParagraphChar"/>
+    <w:link w:val="PN11"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="001D3DB7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PN1">
+    <w:name w:val="PN1"/>
+    <w:basedOn w:val="Heading2"/>
+    <w:link w:val="PN1Char"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FA2034"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="29"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PN1Char">
+    <w:name w:val="PN1 Char"/>
+    <w:basedOn w:val="Heading2Char"/>
+    <w:link w:val="PN1"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="001D3DB7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PB1">
+    <w:name w:val="PB1"/>
+    <w:basedOn w:val="bullet10"/>
+    <w:link w:val="PB1Char"/>
+    <w:uiPriority w:val="4"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A7897"/>
+    <w:pPr>
+      <w:ind w:left="851"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PB1Char">
+    <w:name w:val="PB1 Char"/>
+    <w:basedOn w:val="bullet2Char"/>
+    <w:link w:val="PB1"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="003A7897"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PB2">
+    <w:name w:val="PB2"/>
+    <w:basedOn w:val="bullet2"/>
+    <w:link w:val="PB2Char"/>
+    <w:uiPriority w:val="4"/>
+    <w:qFormat/>
+    <w:rsid w:val="007C400B"/>
+    <w:pPr>
+      <w:ind w:left="1135"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bullet3Char">
+    <w:name w:val="bullet 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="bullet3"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PB2Char">
+    <w:name w:val="PB2 Char"/>
+    <w:basedOn w:val="bullet3Char"/>
+    <w:link w:val="PB2"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="001D3DB7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PB3">
+    <w:name w:val="PB3"/>
+    <w:basedOn w:val="bullet3"/>
+    <w:link w:val="PB3Char"/>
+    <w:uiPriority w:val="4"/>
+    <w:qFormat/>
+    <w:rsid w:val="007C400B"/>
+    <w:pPr>
+      <w:ind w:left="1418"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PB3Char">
+    <w:name w:val="PB3 Char"/>
+    <w:basedOn w:val="bullet3Char"/>
+    <w:link w:val="PB3"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="001D3DB7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Contributorstabletext">
+    <w:name w:val="Contributors table text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ContributorstabletextChar"/>
+    <w:uiPriority w:val="8"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A5347A"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ContributorstabletextChar">
+    <w:name w:val="Contributors table text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Contributorstabletext"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="References">
+    <w:name w:val="References"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ReferencesChar"/>
+    <w:uiPriority w:val="5"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A5347A"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="142" w:hanging="142"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ReferencesChar">
+    <w:name w:val="References Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="References"/>
+    <w:uiPriority w:val="5"/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BTable2Char">
+    <w:name w:val="B.Table.2 Char"/>
+    <w:basedOn w:val="bullet2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A5347A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletT3">
+    <w:name w:val="bullet T3"/>
+    <w:basedOn w:val="bullet3"/>
+    <w:link w:val="bulletT3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A5347A"/>
+    <w:pPr>
+      <w:ind w:left="624" w:hanging="227"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="bulletT3Char">
+    <w:name w:val="bullet T3 Char"/>
+    <w:basedOn w:val="bullet3Char"/>
+    <w:link w:val="bulletT3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sectionref">
+    <w:name w:val="Section ref"/>
+    <w:basedOn w:val="Docref"/>
+    <w:link w:val="SectionrefChar"/>
+    <w:uiPriority w:val="5"/>
+    <w:qFormat/>
+    <w:rsid w:val="004827DE"/>
     <w:rPr>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
-[...3 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SectionrefChar">
+    <w:name w:val="Section ref Char"/>
+    <w:basedOn w:val="DocrefChar"/>
+    <w:link w:val="Sectionref"/>
+    <w:uiPriority w:val="5"/>
+    <w:rsid w:val="00B95EBA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:i w:val="0"/>
+      <w:iCs/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style2">
+    <w:name w:val="Style2"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A67367"/>
+    <w:rsid w:val="005B2E43"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="39"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="QCDheader">
+    <w:name w:val="QCD header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="QCDheaderChar"/>
+    <w:uiPriority w:val="15"/>
+    <w:qFormat/>
+    <w:rsid w:val="0070627C"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QCDheaderChar">
+    <w:name w:val="QCD header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="QCDheader"/>
+    <w:uiPriority w:val="15"/>
+    <w:rsid w:val="0070627C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ProtocolH2">
+    <w:name w:val="Protocol H2"/>
+    <w:basedOn w:val="PN11"/>
+    <w:link w:val="ProtocolH2Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B22BD5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NoH4Char">
-[...19 lines deleted...]
-    <w:rsid w:val="00A67367"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ProtocolH2Char">
+    <w:name w:val="Protocol H2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="ProtocolH2"/>
+    <w:rsid w:val="00B22BD5"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-[...5 lines deleted...]
-    <w:rsid w:val="00FF72DB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ProtocolH3">
+    <w:name w:val="Protocol H3"/>
+    <w:basedOn w:val="PN11"/>
+    <w:link w:val="ProtocolH3Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B22BD5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+      </w:numPr>
+      <w:ind w:left="851" w:hanging="851"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:b/>
+      <w:bCs/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="QCDbullet1">
-[...24 lines deleted...]
-    <w:rsid w:val="00457A27"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ProtocolH3Char">
+    <w:name w:val="Protocol H3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="ProtocolH3"/>
+    <w:rsid w:val="00B22BD5"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-    </w:rPr>
-[...38 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="900480949">
+    <w:div w:id="550191821">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1989356072">
+    <w:div w:id="720635838">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2096317976">
+    <w:div w:id="1076517569">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1128280163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703582">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703583">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703584">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703587">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703589">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703590">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703594">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1289703591">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1289703593">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1289703602">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1289703600">
+                      <w:marLeft w:val="230"/>
+                      <w:marRight w:val="230"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="115"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1289703598">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1289703586">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1289703595">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1289703588">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1289703597">
+                                          <w:marLeft w:val="184"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="138"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                          <w:divsChild>
+                                            <w:div w:id="1289703585">
+                                              <w:marLeft w:val="0"/>
+                                              <w:marRight w:val="0"/>
+                                              <w:marTop w:val="0"/>
+                                              <w:marBottom w:val="0"/>
+                                              <w:divBdr>
+                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                              </w:divBdr>
+                                              <w:divsChild>
+                                                <w:div w:id="1289703592">
+                                                  <w:marLeft w:val="0"/>
+                                                  <w:marRight w:val="0"/>
+                                                  <w:marTop w:val="0"/>
+                                                  <w:marBottom w:val="0"/>
+                                                  <w:divBdr>
+                                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                  </w:divBdr>
+                                                </w:div>
+                                              </w:divsChild>
+                                            </w:div>
+                                          </w:divsChild>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1289703596">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703599">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1289703601">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1990092204">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1913275970">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1577327034">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="703359860">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="965163433">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="239415494">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="375593669">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="535508236">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="163472709">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1561407064">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                          <w:divsChild>
+                                            <w:div w:id="1295910778">
+                                              <w:marLeft w:val="0"/>
+                                              <w:marRight w:val="0"/>
+                                              <w:marTop w:val="0"/>
+                                              <w:marBottom w:val="0"/>
+                                              <w:divBdr>
+                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                              </w:divBdr>
+                                              <w:divsChild>
+                                                <w:div w:id="2021614778">
+                                                  <w:marLeft w:val="0"/>
+                                                  <w:marRight w:val="0"/>
+                                                  <w:marTop w:val="0"/>
+                                                  <w:marBottom w:val="0"/>
+                                                  <w:divBdr>
+                                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                  </w:divBdr>
+                                                  <w:divsChild>
+                                                    <w:div w:id="2028409500">
+                                                      <w:marLeft w:val="0"/>
+                                                      <w:marRight w:val="0"/>
+                                                      <w:marTop w:val="0"/>
+                                                      <w:marBottom w:val="0"/>
+                                                      <w:divBdr>
+                                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                      </w:divBdr>
+                                                      <w:divsChild>
+                                                        <w:div w:id="755788043">
+                                                          <w:marLeft w:val="0"/>
+                                                          <w:marRight w:val="0"/>
+                                                          <w:marTop w:val="0"/>
+                                                          <w:marBottom w:val="0"/>
+                                                          <w:divBdr>
+                                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                          </w:divBdr>
+                                                          <w:divsChild>
+                                                            <w:div w:id="1729917321">
+                                                              <w:marLeft w:val="0"/>
+                                                              <w:marRight w:val="0"/>
+                                                              <w:marTop w:val="0"/>
+                                                              <w:marBottom w:val="0"/>
+                                                              <w:divBdr>
+                                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                              </w:divBdr>
+                                                            </w:div>
+                                                          </w:divsChild>
+                                                        </w:div>
+                                                      </w:divsChild>
+                                                    </w:div>
+                                                  </w:divsChild>
+                                                </w:div>
+                                              </w:divsChild>
+                                            </w:div>
+                                          </w:divsChild>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crct@contacts.bham.ac.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/research/activity/mds/mds-rkto/governance/index.aspx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:researchgovernance@contacts.bham.ac.uk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crct@contacts.bham.ac.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/research/activity/mds/mds-rkto/governance/e-pathway/overview.aspx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/research/activity/mds/mds-rkto/governance/index.aspx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.birmingham.ac.uk/research/activity/mds/mds-rkto/governance/index.aspx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.birmingham.ac.uk/crct" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\pughj\OneDrive%20-%20University%20of%20Birmingham\Documents\WIs%20and%20templates\WIs\QMS\Resources\QMS%20Templates\UoB%20QCD%20template%20v12.0%20(clean).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EA39C3642CC0A14F83E7E5D425D671A3" ma:contentTypeVersion="29" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e17d66970b789bc84e98d56c5eeb5031">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e199f33f-ad08-4efa-857b-79f1236642b3" xmlns:ns3="adba401f-eabd-4c47-b36d-42f7c29cc8bb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8e49cc2d749844dc19cde7f30431e44c" ns2:_="" ns3:_="">
+    <xsd:import namespace="e199f33f-ad08-4efa-857b-79f1236642b3"/>
+    <xsd:import namespace="adba401f-eabd-4c47-b36d-42f7c29cc8bb"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxKeywordTaxHTField" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:Investigator" minOccurs="0"/>
+                <xsd:element ref="ns3:Project_x0020_type" minOccurs="0"/>
+                <xsd:element ref="ns3:Department" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:GCPlabsupport" minOccurs="0"/>
+                <xsd:element ref="ns3:Shorttitle" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TrainingFormat" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e199f33f-ad08-4efa-857b-79f1236642b3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Enterprise Keywords" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="ac7af76c-f141-45ca-ae1a-4959eb0cbd43" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{38a996dc-6dd3-4a58-b879-30e6f413dcb1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="e199f33f-ad08-4efa-857b-79f1236642b3">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="adba401f-eabd-4c47-b36d-42f7c29cc8bb" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="12" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="13" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="14" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Investigator" ma:index="23" nillable="true" ma:displayName="Investigator" ma:internalName="Investigator">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Project_x0020_type" ma:index="24" nillable="true" ma:displayName="Project type" ma:format="Dropdown" ma:internalName="Project_x0020_type">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="CTIMP"/>
+          <xsd:enumeration value="non-CTIMP / study"/>
+          <xsd:enumeration value="UoB ethics project"/>
+          <xsd:enumeration value="Devices"/>
+          <xsd:enumeration value="HBRC project"/>
+          <xsd:enumeration value="DRTB project"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Department" ma:index="25" nillable="true" ma:displayName="CTU" ma:format="Dropdown" ma:internalName="Department">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="BCTU"/>
+          <xsd:enumeration value="CRCTU"/>
+          <xsd:enumeration value="N/A"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="27" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ac7af76c-f141-45ca-ae1a-4959eb0cbd43" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="28" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="29" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="GCPlabsupport" ma:index="30" nillable="true" ma:displayName="GCP lab support" ma:format="Dropdown" ma:internalName="GCPlabsupport">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Questionnaire"/>
+                    <xsd:enumeration value="Setup"/>
+                    <xsd:enumeration value="Audit"/>
+                    <xsd:enumeration value="Assay validation"/>
+                    <xsd:enumeration value="Vendor audit"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Shorttitle" ma:index="31" nillable="true" ma:displayName="Short title" ma:description="The project's short title or acronym" ma:format="Dropdown" ma:internalName="Shorttitle">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="32" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TrainingFormat" ma:index="33" nillable="true" ma:displayName="Training Format" ma:format="Dropdown" ma:internalName="TrainingFormat">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Canvas"/>
+          <xsd:enumeration value="Workshop"/>
+          <xsd:enumeration value="Lecture"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Project_x0020_type xmlns="adba401f-eabd-4c47-b36d-42f7c29cc8bb" xsi:nil="true"/>
+    <GCPlabsupport xmlns="adba401f-eabd-4c47-b36d-42f7c29cc8bb" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="adba401f-eabd-4c47-b36d-42f7c29cc8bb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Department xmlns="adba401f-eabd-4c47-b36d-42f7c29cc8bb" xsi:nil="true"/>
+    <Shorttitle xmlns="adba401f-eabd-4c47-b36d-42f7c29cc8bb" xsi:nil="true"/>
+    <Investigator xmlns="adba401f-eabd-4c47-b36d-42f7c29cc8bb" xsi:nil="true"/>
+    <TaxCatchAll xmlns="e199f33f-ad08-4efa-857b-79f1236642b3" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="e199f33f-ad08-4efa-857b-79f1236642b3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </TaxKeywordTaxHTField>
+    <TrainingFormat xmlns="adba401f-eabd-4c47-b36d-42f7c29cc8bb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8363EB8-A7AD-4289-BAFA-FDBAAF7EBDEB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F907011-F20B-49A9-969E-213F65B6CBDD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="e199f33f-ad08-4efa-857b-79f1236642b3"/>
+    <ds:schemaRef ds:uri="adba401f-eabd-4c47-b36d-42f7c29cc8bb"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66A5106B-50B9-43B8-99B6-7799FDADB080}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25FE2AF7-CB48-4CDE-A7D5-1EBE633492FE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="adba401f-eabd-4c47-b36d-42f7c29cc8bb"/>
+    <ds:schemaRef ds:uri="e199f33f-ad08-4efa-857b-79f1236642b3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02AD14D3-279F-46D6-9282-3C6AE18320EC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>UoB QCD template v12.0 (clean)</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>8973</Characters>
+  <Pages>13</Pages>
+  <Words>1090</Words>
+  <Characters>6265</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>21</Paragraphs>
+  <DocSecurity>2</DocSecurity>
+  <Lines>372</Lines>
+  <Paragraphs>197</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>UoB QCD template - portrait - logo v9.0 vd 19-Jan-2022</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>UoB IT Services</Company>
+  <Company>MDS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10526</CharactersWithSpaces>
+  <CharactersWithSpaces>7178</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>UoB QCD template - portrait - logo v9.0 vd 19-Jan-2022</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:title/>
+  <dc:creator>Jamie Douglas-Pugh (CRCT)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100EA39C3642CC0A14F83E7E5D425D671A3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>