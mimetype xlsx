--- v0 (2025-12-21)
+++ v1 (2026-02-09)
@@ -1,587 +1,601 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chartEx1.xml" ContentType="application/vnd.ms-office.chartex+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chartEx2.xml" ContentType="application/vnd.ms-office.chartex+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29421"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\INCOME\ForresterM\Treasury Main Folder\ESG\External Chart\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bham-my.sharepoint.com/personal/m_a_winthrop_bham_ac_uk/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{102F06BA-968C-4438-801A-DBFD0858F3A2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{986CA2E7-8D86-4AE1-9AD1-47850985098A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="45" windowWidth="29040" windowHeight="15840" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" firstSheet="1" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Long-Term Fund Asset Allocation" sheetId="20" r:id="rId1"/>
     <sheet name="Long-Term Fund Managers" sheetId="12" r:id="rId2"/>
     <sheet name="Cash and Cash Equivalents" sheetId="19" r:id="rId3"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <definedNames>
     <definedName name="_xlchart.v1.0" hidden="1">'Long-Term Fund Asset Allocation'!$B$6:$B$12</definedName>
     <definedName name="_xlchart.v1.1" hidden="1">'Long-Term Fund Asset Allocation'!$C$5</definedName>
     <definedName name="_xlchart.v1.2" hidden="1">'Long-Term Fund Asset Allocation'!$C$6:$C$12</definedName>
     <definedName name="_xlchart.v1.3" hidden="1">'Cash and Cash Equivalents'!$C$5:$C$6</definedName>
     <definedName name="_xlchart.v1.4" hidden="1">'Cash and Cash Equivalents'!$D$4</definedName>
     <definedName name="_xlchart.v1.5" hidden="1">'Cash and Cash Equivalents'!$D$5:$D$6</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Long-Term Fund Managers'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D72" i="19" l="1"/>
+  <c r="D84" i="12" l="1"/>
+  <c r="D119" i="12" s="1"/>
+  <c r="D5" i="19" l="1"/>
+  <c r="D72" i="19"/>
+  <c r="D67" i="19"/>
+  <c r="D81" i="19" l="1"/>
   <c r="D24" i="19" l="1"/>
   <c r="D6" i="19"/>
-  <c r="D5" i="19" l="1"/>
   <c r="D55" i="19" l="1"/>
   <c r="D13" i="12"/>
   <c r="C12" i="20" s="1"/>
   <c r="D12" i="12"/>
   <c r="C8" i="20" s="1"/>
   <c r="D11" i="12"/>
   <c r="D10" i="12"/>
   <c r="D9" i="12"/>
   <c r="D8" i="12"/>
   <c r="C11" i="20" l="1"/>
   <c r="C10" i="20"/>
-  <c r="D66" i="19"/>
-  <c r="D75" i="19"/>
   <c r="D49" i="19"/>
-  <c r="D109" i="12"/>
+  <c r="D116" i="12"/>
+  <c r="D110" i="12"/>
   <c r="D103" i="12"/>
   <c r="D96" i="12"/>
-  <c r="D89" i="12"/>
-  <c r="D83" i="12"/>
+  <c r="D90" i="12"/>
   <c r="D14" i="12" s="1"/>
   <c r="C9" i="20" s="1"/>
-  <c r="D77" i="12"/>
-  <c r="D15" i="12" s="1"/>
+  <c r="D15" i="12"/>
   <c r="C7" i="20" s="1"/>
-  <c r="D55" i="12"/>
+  <c r="D58" i="12"/>
   <c r="D16" i="12" s="1"/>
   <c r="C6" i="20" s="1"/>
   <c r="D57" i="19" l="1"/>
-  <c r="D112" i="12"/>
   <c r="D37" i="19" l="1"/>
-  <c r="D77" i="19" s="1"/>
+  <c r="D83" i="19" s="1"/>
   <c r="C13" i="20" l="1"/>
   <c r="D18" i="12" l="1"/>
   <c r="D7" i="19" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="140">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="146">
   <si>
     <t>£000</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>£'000</t>
+  </si>
+  <si>
+    <t>£10m Barings Private Credit Fund</t>
+  </si>
+  <si>
+    <t xml:space="preserve">£6m HPS Corporate Lending Fund </t>
+  </si>
+  <si>
+    <t>Long-Term Fund - Investment Managers &amp; OCIO - Detail</t>
+  </si>
+  <si>
+    <t>Line</t>
+  </si>
+  <si>
+    <t>Value</t>
+  </si>
+  <si>
+    <t>Ref</t>
+  </si>
+  <si>
+    <t xml:space="preserve">U.S. Large Cap Equities </t>
+  </si>
+  <si>
+    <t xml:space="preserve">European Large Cap Equities </t>
+  </si>
+  <si>
+    <t>IShares MSCI Europe ESG ETF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Japanese Large Cap Equities </t>
+  </si>
+  <si>
+    <t>IShares MSCI Japan ESG ETF</t>
+  </si>
+  <si>
+    <t>Global Equities</t>
+  </si>
+  <si>
+    <t>Sub-total Equities</t>
+  </si>
+  <si>
+    <t>U.S. Fixed Income</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nuveen U.S. Core Impact Fund </t>
+  </si>
+  <si>
+    <t>European Fixed Income</t>
+  </si>
+  <si>
+    <t>BNP Sustainable EUR Bond Fund</t>
+  </si>
+  <si>
+    <t>Global Fixed Income</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Candriam Sustainable Global Bond Fund </t>
+  </si>
+  <si>
+    <t>Pimco Climate Bond Fund</t>
+  </si>
+  <si>
+    <t>Pimco Global Bond ESG Fund</t>
+  </si>
+  <si>
+    <t>UBS JP Global Government ESG Liquidity ETF</t>
+  </si>
+  <si>
+    <t>Extended Fixed Income</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Other Fixed Income </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Schroder Alt Sec Income Fund </t>
+  </si>
+  <si>
+    <t>Sub-total Bonds</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Property </t>
+  </si>
+  <si>
+    <t>Infrastructure</t>
+  </si>
+  <si>
+    <t>JP Morgan Global Infrastructure Fund</t>
+  </si>
+  <si>
+    <t>Sub-total Infrastructure Funds</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Private Credit </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Barings European Private Loan Fund III </t>
+  </si>
+  <si>
+    <t>Sub-total Private Credit Funds</t>
+  </si>
+  <si>
+    <t>Private Equity</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harbourvest 2022 Global Feeder AIF </t>
+  </si>
+  <si>
+    <t>Sub-total Private Equity Funds</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Other Alternative Investments </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sub-total Other Alternative Investments </t>
+  </si>
+  <si>
+    <t>Total Long-Term Fund Investments</t>
+  </si>
+  <si>
+    <t>Cash and Cash Equivalents - Detail</t>
+  </si>
+  <si>
+    <t>Long-Term Fund</t>
+  </si>
+  <si>
+    <t>1.</t>
+  </si>
+  <si>
+    <t>Blackrock ICS Government Liquidity Fund</t>
+  </si>
+  <si>
+    <t>2.</t>
+  </si>
+  <si>
+    <t>Cash GBP</t>
+  </si>
+  <si>
+    <t>3.</t>
+  </si>
+  <si>
+    <t>Total Mid-Term Fund</t>
+  </si>
+  <si>
+    <t>Mid-Term Fund</t>
+  </si>
+  <si>
+    <t>Blackrock ICS Liquidity Fund</t>
+  </si>
+  <si>
+    <t>5.</t>
+  </si>
+  <si>
+    <t>6.</t>
+  </si>
+  <si>
+    <t>Blackrock Sterling Ultra Short Bond Fund</t>
+  </si>
+  <si>
+    <t>7.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP Morgan GBP Liquidity Fund </t>
+  </si>
+  <si>
+    <t>8.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP Morgan Managed Reserves GBP Hedged Fund </t>
+  </si>
+  <si>
+    <t>9.</t>
+  </si>
+  <si>
+    <t>10.</t>
+  </si>
+  <si>
+    <t>Liquidity Fund</t>
+  </si>
+  <si>
+    <t>11.</t>
+  </si>
+  <si>
+    <t>12.</t>
+  </si>
+  <si>
+    <t>13.</t>
+  </si>
+  <si>
+    <t>14.</t>
+  </si>
+  <si>
+    <t>15.</t>
+  </si>
+  <si>
+    <t>16.</t>
+  </si>
+  <si>
+    <t>Sub-total Liquidity Funds</t>
+  </si>
+  <si>
+    <t>Cash</t>
+  </si>
+  <si>
+    <t>17.</t>
+  </si>
+  <si>
+    <t>18.</t>
+  </si>
+  <si>
+    <t>Sub-total Cash</t>
+  </si>
+  <si>
+    <t>19.</t>
+  </si>
+  <si>
+    <t>Total Liquidity Fund</t>
+  </si>
+  <si>
+    <t>Operating Fund - Money Market Funds</t>
+  </si>
+  <si>
+    <t>Money Market Funds</t>
+  </si>
+  <si>
+    <t>Invesco Sterling Liquidity Portfolio Premier</t>
+  </si>
+  <si>
+    <t>Aviva Investors Sterling Liquidity Fund</t>
+  </si>
+  <si>
+    <t>Total Operating Fund - Money Market Funds</t>
+  </si>
+  <si>
+    <t>Operating Fund - Cash</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bank Accounts </t>
+  </si>
+  <si>
+    <t>Lloyds Bank UK</t>
+  </si>
+  <si>
+    <t>HSBC UAE</t>
+  </si>
+  <si>
+    <t>Total Operating Fund - Cash</t>
+  </si>
+  <si>
+    <t>TOTAL CASH AND CASH EQUIVALENTS</t>
+  </si>
+  <si>
+    <t>Total Long-Term Fund</t>
+  </si>
+  <si>
+    <t>Liquidity Funds &amp; Cash</t>
+  </si>
+  <si>
+    <t>Liquidity Funds</t>
+  </si>
+  <si>
+    <t>Atlas Global Infra USD Acc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pictet Clean Energy Transition Fund </t>
+  </si>
+  <si>
+    <t>Ground Rents</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HPS Corporate Lending Fund </t>
+  </si>
+  <si>
+    <t xml:space="preserve">JP Morgan Global Impact Fund II </t>
+  </si>
+  <si>
+    <t>Campbell Global (CG) Forest Fund</t>
+  </si>
+  <si>
+    <t>Fixed Income</t>
+  </si>
+  <si>
+    <t>Equities</t>
+  </si>
+  <si>
+    <t>JPM USD Liquidity Fund</t>
+  </si>
+  <si>
+    <t>0% Property</t>
+  </si>
+  <si>
+    <t>4,</t>
+  </si>
+  <si>
+    <t>20.</t>
+  </si>
+  <si>
+    <t>21.</t>
+  </si>
+  <si>
+    <t>22.</t>
+  </si>
+  <si>
+    <t>23.</t>
+  </si>
+  <si>
+    <t>£0m Property</t>
+  </si>
+  <si>
+    <t>Sub-total Property</t>
+  </si>
+  <si>
+    <t>DB X MSCI PAC EX JP</t>
+  </si>
+  <si>
+    <t>Asia Ex-Japan Equities</t>
+  </si>
+  <si>
+    <t>Blackrock Sust Advtg World EQ</t>
+  </si>
+  <si>
+    <t>6% Private Equity</t>
+  </si>
+  <si>
+    <t xml:space="preserve">£2m Campbell Global (CG) Forest Fund </t>
+  </si>
+  <si>
+    <t>£20m JP Morgan Global Infrastructure Fund</t>
+  </si>
+  <si>
+    <t>£2m JP Morgan Global Impact Fund II</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11% Private Credit </t>
+  </si>
+  <si>
+    <t>Long-Term Fund - Investments Valuation &amp; Asset Allocation @ 31 December 2025</t>
+  </si>
+  <si>
+    <t>Blackrock Sustainable Advantage US Equity Fund</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deutsche Bank Xtrackers MSCI USA Consumer Discretionary UCITS ETF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Deutsche Bank Xtrackers MSCI USA Industrials UCITS ETF </t>
+  </si>
+  <si>
+    <t>Invesco Health Care S&amp;P US Select Sector UCITS ETF</t>
+  </si>
+  <si>
+    <t>The Invesco Utilities S&amp;P US Select Sector UCITS ETF</t>
+  </si>
+  <si>
+    <t>iShares MSCI USA ESG Screened UCITS ETF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">iShares S&amp;P 500 ESG UCITS ETF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">iShares S&amp;P 500 Information Technology Sector UCITS ETF </t>
+  </si>
+  <si>
+    <t xml:space="preserve">iShares S&amp;P 500 Financials Sector UCITS ETF </t>
+  </si>
+  <si>
+    <t>IShares MSCI Europe Fin tech ETF</t>
+  </si>
+  <si>
+    <t>Other Equity</t>
+  </si>
+  <si>
+    <t>JP Mansrt Canada FD ETF</t>
+  </si>
+  <si>
+    <t>iShares High Yield Corporate Bond ESG Fund</t>
+  </si>
+  <si>
+    <t>Pimco Capital Securities Fund GBP Hedged</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Asia Fixed Income </t>
+  </si>
+  <si>
+    <t>Lumyna Asian Pacific Debt  Government UCITS Fund</t>
+  </si>
+  <si>
+    <t>£58m Equities Funds</t>
+  </si>
+  <si>
+    <t>Valuation of Cash and Cash Equivalents @ 31 December 2025</t>
+  </si>
+  <si>
+    <t>JPMorgan Money Market Fund LVNAV</t>
+  </si>
+  <si>
+    <t>Operating Fund - Fixed Term Deposits</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lloyds Bank - 3 month Fixed Term Green Sustainable Deposit  </t>
+  </si>
+  <si>
+    <t>Total Fixed Term Deposits</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14% Infrastructure </t>
+  </si>
+  <si>
+    <t>2% Alternative Investments</t>
+  </si>
+  <si>
+    <t>Long-Term Fund - Investment Managers &amp; OCIO  Summary @ 31 December 2025</t>
+  </si>
+  <si>
     <t>41% Equities</t>
   </si>
   <si>
     <t>26% Fixed Income</t>
   </si>
   <si>
-    <t xml:space="preserve">15% Infrastructure </t>
-[...404 lines deleted...]
-    <t>TOTAL CASH AND CASH EQUIVALENTS</t>
+    <t>£7m HabourVest Private Equity Fund</t>
+  </si>
+  <si>
+    <t>£36m Fixed Income Funds</t>
+  </si>
+  <si>
+    <t>78% Liquidity Funds</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22% Cash </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="#,##0_ ;\-#,##0\ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -915,51 +929,51 @@
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="15" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="99">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1020,190 +1034,207 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="8" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Per cent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF707071"/>
       <color rgb="FF4D4D4D"/>
       <color rgb="FF9900CC"/>
       <color rgb="FFC34E4B"/>
       <color rgb="FF5A2781"/>
       <color rgb="FFE22C30"/>
       <color rgb="FF50AEC8"/>
       <color rgb="FF009E47"/>
       <color rgb="FFBCAECE"/>
       <color rgb="FF9D87B7"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chartEx1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chartEx2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-GB"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
@@ -1313,177 +1344,177 @@
             <c:idx val="0"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent6"/>
               </a:solidFill>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000000-FD5E-497A-9977-F186E613FAF6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:val>
             <c:numRef>
               <c:f>'Long-Term Fund Managers'!$D$8</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>9938</c:v>
+                  <c:v>9900</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-C82F-49BD-8331-335E15309873}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'Long-Term Fund Managers'!$C$9</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>£6m HPS Corporate Lending Fund </c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:val>
             <c:numRef>
               <c:f>'Long-Term Fund Managers'!$D$9</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>5723</c:v>
+                  <c:v>5729</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-C82F-49BD-8331-335E15309873}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>'Long-Term Fund Managers'!$C$10</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>£6m HabourVest Private Equity Fund</c:v>
+                  <c:v>£7m HabourVest Private Equity Fund</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:val>
             <c:numRef>
               <c:f>'Long-Term Fund Managers'!$D$10</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>6499</c:v>
+                  <c:v>6874</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-C82F-49BD-8331-335E15309873}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>'Long-Term Fund Managers'!$C$11</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>£2m JP Morgan Global Impact Fund II</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:val>
             <c:numRef>
               <c:f>'Long-Term Fund Managers'!$D$11</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>1603</c:v>
+                  <c:v>2025</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000005-C82F-49BD-8331-335E15309873}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="6"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>'Long-Term Fund Managers'!$C$12</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>£20m JP Morgan Global Infrastructure Fund</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -1500,93 +1531,93 @@
             <c:idx val="0"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent4"/>
               </a:solidFill>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000001-FD5E-497A-9977-F186E613FAF6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:val>
             <c:numRef>
               <c:f>'Long-Term Fund Managers'!$D$12</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>19914</c:v>
+                  <c:v>19657</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-2357-43C4-AE22-C632B803E488}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>'Long-Term Fund Managers'!$C$13</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>£2m Campbell Global (CG) Forest Fund </c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:val>
             <c:numRef>
               <c:f>'Long-Term Fund Managers'!$D$13</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>2028</c:v>
+                  <c:v>2234</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-C82F-49BD-8331-335E15309873}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="6"/>
           <c:tx>
             <c:strRef>
               <c:f>'Long-Term Fund Managers'!$C$14</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>£0m Property</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -1607,115 +1638,115 @@
               <c:f>'Long-Term Fund Managers'!$D$14</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>35</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-A38C-48A0-B6F0-76B795439051}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="7"/>
           <c:order val="7"/>
           <c:tx>
             <c:strRef>
               <c:f>'Long-Term Fund Managers'!$C$15</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>£35m Fixed Income Funds</c:v>
+                  <c:v>£36m Fixed Income Funds</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:val>
             <c:numRef>
               <c:f>'Long-Term Fund Managers'!$D$15</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>35191</c:v>
+                  <c:v>36089</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-8876-41F3-8576-7777179EDD10}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="8"/>
           <c:order val="8"/>
           <c:tx>
             <c:strRef>
               <c:f>'Long-Term Fund Managers'!$C$16</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>£56m Equities Funds</c:v>
+                  <c:v>£58m Equities Funds</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:val>
             <c:numRef>
               <c:f>'Long-Term Fund Managers'!$D$16</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>55848</c:v>
+                  <c:v>58388</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000005-8876-41F3-8576-7777179EDD10}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:overlap val="100"/>
         <c:axId val="563495352"/>
         <c:axId val="563495680"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
             <c15:filteredBarSeries>
@@ -3816,52 +3847,52 @@
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>5305</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>107273</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>309574</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>124807</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="19" name="Group 4" descr="Chart showing the split of the University’s Long-Term Fund between asset classes, as at 31st July 2024. The Long-Term Fund is split: 37% Equities, 24% Fixed Income, 13% Infrastructure, 8% Property, 12% Private Credit, 4% Private Equity and 2% Alternative Investments. &#10;The chart shows the total portfolio value at £137m, as at 31st July 2024.&#10;In addition, the chart includes information regarding the University’s responsible investing: restrictions on tobacco investments; investment is in compliance with the University’s Responsible Investment Policy and; property investment contains ethical restrictions. ">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="4272505" y="774023"/>
-          <a:ext cx="6400269" cy="3998984"/>
+          <a:off x="4116930" y="774023"/>
+          <a:ext cx="6400269" cy="3930722"/>
           <a:chOff x="4125482" y="638651"/>
           <a:chExt cx="6702453" cy="3378200"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
         <mc:Choice xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" Requires="cx1">
           <xdr:graphicFrame macro="">
             <xdr:nvGraphicFramePr>
               <xdr:cNvPr id="20" name="Chart 1">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
                   </a:ext>
                 </a:extLst>
               </xdr:cNvPr>
               <xdr:cNvGraphicFramePr/>
             </xdr:nvGraphicFramePr>
             <xdr:xfrm>
               <a:off x="4125482" y="638651"/>
               <a:ext cx="6702453" cy="3378200"/>
             </xdr:xfrm>
             <a:graphic>
               <a:graphicData uri="http://schemas.microsoft.com/office/drawing/2014/chartex">
                 <cx:chart xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
               </a:graphicData>
@@ -3876,53 +3907,53 @@
                 <a:spLocks noTextEdit="1"/>
               </xdr:cNvSpPr>
             </xdr:nvSpPr>
             <xdr:spPr>
               <a:xfrm>
                 <a:off x="4125482" y="638651"/>
                 <a:ext cx="6702453" cy="3378200"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:ln w="1">
                 <a:solidFill>
                   <a:prstClr val="green"/>
                 </a:solidFill>
               </a:ln>
             </xdr:spPr>
             <xdr:txBody>
               <a:bodyPr vertOverflow="clip" horzOverflow="clip"/>
               <a:lstStyle/>
               <a:p>
                 <a:r>
-                  <a:rPr sz="1100"/>
-[...1 lines deleted...]
-Editing this shape or saving this workbook in a different file format will permanently break the chart.</a:t>
+                  <a:rPr lang="en-GB" sz="1100"/>
+                  <a:t>This chart isn’t available in your version of Excel.
+Editing this shape or saving this workbook into a different file format will permanently break the chart.</a:t>
                 </a:r>
               </a:p>
             </xdr:txBody>
           </xdr:sp>
         </mc:Fallback>
       </mc:AlternateContent>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="21" name="TextBox 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000004000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr txBox="1"/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="8794588" y="1292109"/>
             <a:ext cx="1993570" cy="1890998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -4148,51 +4179,51 @@
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </xdr:style>
         <xdr:txBody>
           <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1600" b="1">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>£</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1700" b="1">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>137m</a:t>
+              <a:t>141m</a:t>
             </a:r>
           </a:p>
         </xdr:txBody>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>273317</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
@@ -4318,73 +4349,73 @@
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvGraphicFramePr/>
           </xdr:nvGraphicFramePr>
           <xdr:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="0" cy="0"/>
           </xdr:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.microsoft.com/office/drawing/2014/chartex">
               <cx:chart xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
             </a:graphicData>
           </a:graphic>
         </xdr:graphicFrame>
       </mc:Choice>
       <mc:Fallback>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="0" name=""/>
             <xdr:cNvSpPr>
               <a:spLocks noTextEdit="1"/>
             </xdr:cNvSpPr>
           </xdr:nvSpPr>
           <xdr:spPr>
             <a:xfrm>
-              <a:off x="0" y="0"/>
-              <a:ext cx="0" cy="0"/>
+              <a:off x="5605680" y="809979"/>
+              <a:ext cx="6645276" cy="3375025"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:prstClr val="white"/>
             </a:solidFill>
             <a:ln w="1">
               <a:solidFill>
                 <a:prstClr val="green"/>
               </a:solidFill>
             </a:ln>
           </xdr:spPr>
           <xdr:txBody>
             <a:bodyPr vertOverflow="clip" horzOverflow="clip"/>
             <a:lstStyle/>
             <a:p>
               <a:r>
-                <a:rPr sz="1100"/>
-[...1 lines deleted...]
-Editing this shape or saving this workbook in a different file format will permanently break the chart.</a:t>
+                <a:rPr lang="en-GB" sz="1100"/>
+                <a:t>This chart isn’t available in your version of Excel.
+Editing this shape or saving this workbook into a different file format will permanently break the chart.</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
       </mc:Fallback>
     </mc:AlternateContent>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="9" name="TextBox 3">
           <a:extLst>
@@ -4411,51 +4442,51 @@
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-GB" sz="1600" b="1"/>
-            <a:t>£252</a:t>
+            <a:t>£332</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-GB" sz="1700" b="1"/>
             <a:t>m</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>11</xdr:col>
       <xdr:colOff>390172</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>42333</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>726723</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>28223</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
@@ -4579,143 +4610,50 @@
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:rPr>
             <a:t> Investment in liquidity funds with ethical restrictions</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-GB" sz="1100">
             <a:solidFill>
               <a:srgbClr val="707071"/>
             </a:solidFill>
             <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
-</file>
-[...91 lines deleted...]
-</externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="UoB Brand Colours">
       <a:dk1>
         <a:srgbClr val="1B1B1B"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FAFAFA"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="C59A00"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FAFAFA"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="3AAA35"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E30613"/>
       </a:accent2>
       <a:accent3>
@@ -5036,1808 +4974,1951 @@
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="B2:N27"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C24" sqref="C24"/>
+    <sheetView showGridLines="0" topLeftCell="A6" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="Q14" sqref="Q14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75"/>
+  <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="4.6640625" customWidth="1"/>
+    <col min="1" max="1" width="4.69140625" customWidth="1"/>
     <col min="2" max="2" width="27" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="8.88671875" customWidth="1"/>
-    <col min="4" max="4" width="9.21875" customWidth="1"/>
+    <col min="3" max="3" width="8.84375" customWidth="1"/>
+    <col min="4" max="4" width="9.23046875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:14" ht="18">
+    <row r="2" spans="2:14" ht="18" x14ac:dyDescent="0.4">
       <c r="B2" s="3" t="s">
-        <v>0</v>
+        <v>114</v>
       </c>
       <c r="C2" s="4"/>
       <c r="D2" s="5"/>
     </row>
-    <row r="3" spans="2:14" ht="18.75" thickBot="1">
+    <row r="3" spans="2:14" ht="18.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B3" s="6"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
     </row>
-    <row r="4" spans="2:14" ht="18">
+    <row r="4" spans="2:14" ht="18" x14ac:dyDescent="0.4">
       <c r="B4" s="13"/>
       <c r="C4" s="12"/>
       <c r="D4" s="5"/>
     </row>
-    <row r="5" spans="2:14" ht="18">
+    <row r="5" spans="2:14" ht="18" x14ac:dyDescent="0.4">
       <c r="B5" s="7"/>
       <c r="C5" s="8" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D5" s="5"/>
     </row>
-    <row r="6" spans="2:14" ht="18">
+    <row r="6" spans="2:14" ht="17.5" x14ac:dyDescent="0.35">
       <c r="B6" s="7" t="s">
-        <v>2</v>
+        <v>140</v>
       </c>
       <c r="C6" s="9">
         <f>'Long-Term Fund Managers'!D16</f>
-        <v>55848</v>
-[...4 lines deleted...]
-    <row r="7" spans="2:14" ht="18">
+        <v>58388</v>
+      </c>
+      <c r="D6" s="85"/>
+      <c r="N6" s="74"/>
+    </row>
+    <row r="7" spans="2:14" ht="17.5" x14ac:dyDescent="0.35">
       <c r="B7" s="7" t="s">
-        <v>3</v>
+        <v>141</v>
       </c>
       <c r="C7" s="9">
         <f>'Long-Term Fund Managers'!D15</f>
-        <v>35191</v>
-[...4 lines deleted...]
-    <row r="8" spans="2:14" ht="18">
+        <v>36089</v>
+      </c>
+      <c r="D7" s="85"/>
+      <c r="N7" s="74"/>
+    </row>
+    <row r="8" spans="2:14" ht="17.5" x14ac:dyDescent="0.35">
       <c r="B8" s="7" t="s">
-        <v>4</v>
+        <v>137</v>
       </c>
       <c r="C8" s="9">
         <f>'Long-Term Fund Managers'!D12</f>
-        <v>19914</v>
-[...4 lines deleted...]
-    <row r="9" spans="2:14" ht="18">
+        <v>19657</v>
+      </c>
+      <c r="D8" s="85"/>
+      <c r="N8" s="74"/>
+    </row>
+    <row r="9" spans="2:14" ht="17.5" x14ac:dyDescent="0.35">
       <c r="B9" s="7" t="s">
-        <v>5</v>
+        <v>98</v>
       </c>
       <c r="C9" s="9">
         <f>'Long-Term Fund Managers'!D14</f>
         <v>35</v>
       </c>
-      <c r="D9" s="92"/>
-[...2 lines deleted...]
-    <row r="10" spans="2:14" ht="18">
+      <c r="D9" s="85"/>
+      <c r="N9" s="74"/>
+    </row>
+    <row r="10" spans="2:14" ht="17.5" x14ac:dyDescent="0.35">
       <c r="B10" s="7" t="s">
-        <v>6</v>
+        <v>113</v>
       </c>
       <c r="C10" s="9">
         <f>'Long-Term Fund Managers'!D8+'Long-Term Fund Managers'!D9</f>
-        <v>15661</v>
-[...4 lines deleted...]
-    <row r="11" spans="2:14" ht="18">
+        <v>15629</v>
+      </c>
+      <c r="D10" s="85"/>
+      <c r="N10" s="74"/>
+    </row>
+    <row r="11" spans="2:14" ht="17.5" x14ac:dyDescent="0.35">
       <c r="B11" s="7" t="s">
-        <v>7</v>
+        <v>109</v>
       </c>
       <c r="C11" s="9">
         <f>'Long-Term Fund Managers'!D10+'Long-Term Fund Managers'!D11</f>
-        <v>8102</v>
-[...4 lines deleted...]
-    <row r="12" spans="2:14" ht="18">
+        <v>8899</v>
+      </c>
+      <c r="D11" s="85"/>
+      <c r="N11" s="74"/>
+    </row>
+    <row r="12" spans="2:14" ht="17.5" x14ac:dyDescent="0.35">
       <c r="B12" s="7" t="s">
-        <v>8</v>
+        <v>138</v>
       </c>
       <c r="C12" s="9">
         <f>'Long-Term Fund Managers'!D13</f>
-        <v>2028</v>
-[...4 lines deleted...]
-    <row r="13" spans="2:14" ht="18.75" thickBot="1">
+        <v>2234</v>
+      </c>
+      <c r="D12" s="85"/>
+      <c r="N12" s="74"/>
+    </row>
+    <row r="13" spans="2:14" ht="18.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B13" s="10"/>
       <c r="C13" s="11">
         <f>SUM(C6:C12)</f>
-        <v>136779</v>
+        <v>140931</v>
       </c>
       <c r="D13" s="5"/>
     </row>
-    <row r="14" spans="2:14" ht="18">
+    <row r="14" spans="2:14" ht="17.5" x14ac:dyDescent="0.35">
       <c r="B14" s="5"/>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
     </row>
-    <row r="15" spans="2:14" ht="18">
+    <row r="15" spans="2:14" ht="17.5" x14ac:dyDescent="0.35">
       <c r="B15" s="5"/>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
     </row>
-    <row r="16" spans="2:14" ht="18">
+    <row r="16" spans="2:14" ht="17.5" x14ac:dyDescent="0.35">
       <c r="C16" s="15"/>
       <c r="D16" s="5"/>
     </row>
-    <row r="17" spans="2:3">
+    <row r="17" spans="2:3" x14ac:dyDescent="0.35">
       <c r="C17" s="15"/>
     </row>
-    <row r="18" spans="2:3">
+    <row r="18" spans="2:3" x14ac:dyDescent="0.35">
       <c r="C18" s="15"/>
     </row>
-    <row r="19" spans="2:3">
+    <row r="19" spans="2:3" x14ac:dyDescent="0.35">
       <c r="C19" s="15"/>
     </row>
-    <row r="20" spans="2:3">
+    <row r="20" spans="2:3" x14ac:dyDescent="0.35">
       <c r="C20" s="15"/>
     </row>
-    <row r="21" spans="2:3">
+    <row r="21" spans="2:3" x14ac:dyDescent="0.35">
       <c r="C21" s="15"/>
     </row>
-    <row r="22" spans="2:3">
+    <row r="22" spans="2:3" x14ac:dyDescent="0.35">
       <c r="C22" s="15"/>
     </row>
-    <row r="23" spans="2:3" ht="18">
+    <row r="23" spans="2:3" ht="18" x14ac:dyDescent="0.4">
       <c r="B23" s="3"/>
       <c r="C23" s="15"/>
     </row>
-    <row r="24" spans="2:3">
+    <row r="24" spans="2:3" x14ac:dyDescent="0.35">
       <c r="C24" s="15"/>
     </row>
-    <row r="25" spans="2:3">
+    <row r="25" spans="2:3" x14ac:dyDescent="0.35">
       <c r="C25" s="15"/>
     </row>
-    <row r="27" spans="2:3">
-      <c r="B27" s="77"/>
+    <row r="27" spans="2:3" x14ac:dyDescent="0.35">
+      <c r="B27" s="72"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="C5" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
-  <dimension ref="B1:N126"/>
+  <dimension ref="B1:N133"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="J59" sqref="J59"/>
+    <sheetView showGridLines="0" topLeftCell="A13" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="U37" sqref="U37"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="8.84375" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="2.33203125" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="15" max="16384" width="8.88671875" style="1"/>
+    <col min="1" max="1" width="2.3046875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="4.3046875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="44.4609375" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.3046875" style="1" customWidth="1"/>
+    <col min="5" max="13" width="8.84375" style="1"/>
+    <col min="14" max="14" width="9.53515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15" max="16384" width="8.84375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:4" ht="12" customHeight="1">
+    <row r="1" spans="3:4" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
     </row>
-    <row r="2" spans="3:4" ht="18">
+    <row r="2" spans="3:4" ht="18" x14ac:dyDescent="0.4">
       <c r="C2" s="3" t="s">
-        <v>9</v>
+        <v>139</v>
       </c>
       <c r="D2" s="4"/>
     </row>
-    <row r="3" spans="3:4" ht="8.25" customHeight="1" thickBot="1">
+    <row r="3" spans="3:4" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
     </row>
-    <row r="4" spans="3:4" ht="19.5">
-[...32 lines deleted...]
-      <c r="D9" s="58">
+    <row r="4" spans="3:4" ht="18" x14ac:dyDescent="0.4">
+      <c r="C4" s="57"/>
+      <c r="D4" s="53"/>
+    </row>
+    <row r="5" spans="3:4" ht="18" x14ac:dyDescent="0.4">
+      <c r="C5" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="54"/>
+    </row>
+    <row r="6" spans="3:4" ht="18" x14ac:dyDescent="0.4">
+      <c r="C6" s="58"/>
+      <c r="D6" s="54" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="7" spans="3:4" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="C7" s="59"/>
+      <c r="D7" s="55"/>
+    </row>
+    <row r="8" spans="3:4" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C8" s="60" t="s">
+        <v>3</v>
+      </c>
+      <c r="D8" s="56">
+        <f>D100</f>
+        <v>9900</v>
+      </c>
+    </row>
+    <row r="9" spans="3:4" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C9" s="60" t="s">
+        <v>4</v>
+      </c>
+      <c r="D9" s="56">
+        <f>D101</f>
+        <v>5729</v>
+      </c>
+    </row>
+    <row r="10" spans="3:4" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C10" s="60" t="s">
+        <v>142</v>
+      </c>
+      <c r="D10" s="56">
+        <f>D107</f>
+        <v>6874</v>
+      </c>
+    </row>
+    <row r="11" spans="3:4" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C11" s="60" t="s">
+        <v>112</v>
+      </c>
+      <c r="D11" s="56">
+        <f>D108</f>
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="12" spans="3:4" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C12" s="60" t="s">
+        <v>111</v>
+      </c>
+      <c r="D12" s="56">
         <f>D94</f>
-        <v>5723</v>
-[...43 lines deleted...]
-        <f>D83</f>
+        <v>19657</v>
+      </c>
+    </row>
+    <row r="13" spans="3:4" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C13" s="60" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" s="56">
+        <f>D114</f>
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="14" spans="3:4" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C14" s="60" t="s">
+        <v>104</v>
+      </c>
+      <c r="D14" s="56">
+        <f>D90</f>
         <v>35</v>
       </c>
     </row>
-    <row r="15" spans="3:4" ht="15" customHeight="1">
-[...23 lines deleted...]
-      <c r="D18" s="64">
+    <row r="15" spans="3:4" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C15" s="60" t="s">
+        <v>143</v>
+      </c>
+      <c r="D15" s="56">
+        <f>D84</f>
+        <v>36089</v>
+      </c>
+    </row>
+    <row r="16" spans="3:4" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C16" s="60" t="s">
+        <v>131</v>
+      </c>
+      <c r="D16" s="56">
+        <f>D58</f>
+        <v>58388</v>
+      </c>
+    </row>
+    <row r="17" spans="2:13" ht="18" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="C17" s="60"/>
+      <c r="D17" s="56"/>
+    </row>
+    <row r="18" spans="2:13" ht="18.5" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="C18" s="61"/>
+      <c r="D18" s="62">
         <f>SUM(D8:D16)</f>
-        <v>136779</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:13" ht="17.45" customHeight="1">
+        <v>140931</v>
+      </c>
+    </row>
+    <row r="19" spans="2:13" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B19" s="2"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
     </row>
-    <row r="20" spans="2:13" ht="15" customHeight="1">
+    <row r="20" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B20" s="3" t="s">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="M20"/>
     </row>
-    <row r="21" spans="2:13" ht="15" customHeight="1" thickBot="1"/>
-[...31 lines deleted...]
-      <c r="B26" s="71"/>
+    <row r="21" spans="2:13" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="22" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="86"/>
+      <c r="C22" s="50"/>
+      <c r="D22" s="47"/>
+    </row>
+    <row r="23" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="87" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" s="51" t="s">
+        <v>1</v>
+      </c>
+      <c r="D23" s="48" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="24" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="87" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" s="51"/>
+      <c r="D24" s="48" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="25" spans="2:13" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="46"/>
+      <c r="C25" s="52"/>
+      <c r="D25" s="49"/>
+    </row>
+    <row r="26" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="88"/>
       <c r="C26" s="45"/>
       <c r="D26" s="44"/>
       <c r="J26"/>
     </row>
-    <row r="27" spans="2:13" ht="15" customHeight="1">
-      <c r="B27" s="30"/>
+    <row r="27" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B27" s="89"/>
       <c r="C27" s="28" t="s">
-        <v>25</v>
+        <v>96</v>
       </c>
       <c r="D27" s="29"/>
     </row>
-    <row r="28" spans="2:13" ht="15" customHeight="1">
-      <c r="B28" s="30"/>
+    <row r="28" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B28" s="89"/>
       <c r="C28" s="30"/>
       <c r="D28" s="31"/>
     </row>
-    <row r="29" spans="2:13" ht="15.75" customHeight="1">
-      <c r="B29" s="30"/>
+    <row r="29" spans="2:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="89"/>
       <c r="C29" s="32" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D29" s="31"/>
     </row>
-    <row r="30" spans="2:13" ht="12.75" customHeight="1">
-      <c r="B30" s="30">
+    <row r="30" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="89">
         <v>1</v>
       </c>
       <c r="C30" s="30" t="s">
-        <v>27</v>
+        <v>115</v>
       </c>
       <c r="D30" s="33">
-        <v>7129</v>
-[...3 lines deleted...]
-      <c r="B31" s="30">
+        <v>8139</v>
+      </c>
+    </row>
+    <row r="31" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="89">
         <v>2</v>
       </c>
       <c r="C31" s="30" t="s">
-        <v>28</v>
+        <v>116</v>
       </c>
       <c r="D31" s="33">
-        <v>1903</v>
-[...3 lines deleted...]
-      <c r="B32" s="30">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="32" spans="2:13" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="89">
         <v>3</v>
       </c>
       <c r="C32" s="30" t="s">
-        <v>29</v>
+        <v>117</v>
       </c>
       <c r="D32" s="33">
-        <v>13041</v>
-[...3 lines deleted...]
-      <c r="B33" s="30">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B33" s="89">
         <v>4</v>
       </c>
       <c r="C33" s="30" t="s">
-        <v>30</v>
+        <v>118</v>
       </c>
       <c r="D33" s="33">
-        <v>6135</v>
-[...3 lines deleted...]
-      <c r="B34" s="30">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B34" s="89">
         <v>5</v>
       </c>
       <c r="C34" s="30" t="s">
-        <v>31</v>
+        <v>119</v>
       </c>
       <c r="D34" s="33">
-        <v>1079</v>
-[...15 lines deleted...]
-      <c r="B37" s="30">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B35" s="89">
         <v>6</v>
       </c>
+      <c r="C35" s="30" t="s">
+        <v>120</v>
+      </c>
+      <c r="D35" s="33">
+        <v>15071</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B36" s="89">
+        <v>7</v>
+      </c>
+      <c r="C36" s="30" t="s">
+        <v>121</v>
+      </c>
+      <c r="D36" s="33">
+        <v>8167</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B37" s="89">
+        <v>8</v>
+      </c>
       <c r="C37" s="30" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="D37" s="33">
-        <v>4154</v>
-[...11 lines deleted...]
-      </c>
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B38" s="89">
+        <v>9</v>
+      </c>
+      <c r="C38" s="30" t="s">
+        <v>123</v>
+      </c>
+      <c r="D38" s="33">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B39" s="89"/>
+      <c r="C39" s="30"/>
       <c r="D39" s="33"/>
     </row>
-    <row r="40" spans="2:4">
-[...35 lines deleted...]
-      <c r="C44" s="30"/>
+    <row r="40" spans="2:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B40" s="89"/>
+      <c r="C40" s="32" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" s="33"/>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B41" s="89">
+        <v>10</v>
+      </c>
+      <c r="C41" s="30" t="s">
+        <v>124</v>
+      </c>
+      <c r="D41" s="33">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B42" s="89">
+        <v>11</v>
+      </c>
+      <c r="C42" s="30" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" s="33">
+        <v>7103</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B43" s="89"/>
+      <c r="C43" s="30"/>
+      <c r="D43" s="33"/>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B44" s="89"/>
+      <c r="C44" s="32" t="s">
+        <v>12</v>
+      </c>
       <c r="D44" s="33"/>
     </row>
-    <row r="45" spans="2:4">
-[...19 lines deleted...]
-      <c r="C47" s="30"/>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B45" s="89">
+        <v>12</v>
+      </c>
+      <c r="C45" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" s="33">
+        <v>3297</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B46" s="89"/>
+      <c r="C46" s="30"/>
+      <c r="D46" s="33"/>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B47" s="89"/>
+      <c r="C47" s="32" t="s">
+        <v>107</v>
+      </c>
       <c r="D47" s="33"/>
     </row>
-    <row r="48" spans="2:4" ht="16.5" customHeight="1">
-[...30 lines deleted...]
-        <v>12</v>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B48" s="89">
+        <v>13</v>
+      </c>
+      <c r="C48" s="30" t="s">
+        <v>106</v>
+      </c>
+      <c r="D48" s="33">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B49" s="89"/>
+      <c r="C49" s="30"/>
+      <c r="D49" s="33"/>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B50" s="89"/>
+      <c r="C50" s="32" t="s">
+        <v>125</v>
+      </c>
+      <c r="D50" s="33"/>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B51" s="89">
+        <v>14</v>
       </c>
       <c r="C51" s="30" t="s">
-        <v>43</v>
+        <v>126</v>
       </c>
       <c r="D51" s="33">
-        <v>5675</v>
-[...14 lines deleted...]
-      <c r="B53" s="30">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B52" s="89"/>
+      <c r="C52" s="30"/>
+      <c r="D52" s="33"/>
+    </row>
+    <row r="53" spans="2:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B53" s="89"/>
+      <c r="C53" s="32" t="s">
         <v>14</v>
       </c>
-      <c r="C53" s="30" t="s">
-[...12 lines deleted...]
-      <c r="B55" s="30">
+      <c r="D53" s="33"/>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B54" s="89">
         <v>15</v>
       </c>
-      <c r="C55" s="34" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="C54" s="30" t="s">
+        <v>89</v>
+      </c>
+      <c r="D54" s="33">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B55" s="89">
+        <v>16</v>
+      </c>
+      <c r="C55" s="30" t="s">
+        <v>108</v>
+      </c>
+      <c r="D55" s="33">
+        <v>5709</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B56" s="89">
+        <v>17</v>
+      </c>
+      <c r="C56" s="30" t="s">
+        <v>90</v>
+      </c>
+      <c r="D56" s="33">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B57" s="89"/>
+      <c r="C57" s="30"/>
       <c r="D57" s="33"/>
     </row>
-    <row r="58" spans="2:4">
-[...23 lines deleted...]
-      <c r="B61" s="30"/>
+    <row r="58" spans="2:4" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B58" s="89">
+        <v>18</v>
+      </c>
+      <c r="C58" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="D58" s="35">
+        <f>SUM(D30:D56)</f>
+        <v>58388</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B59" s="89"/>
+      <c r="C59" s="34"/>
+      <c r="D59" s="66"/>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B60" s="89"/>
+      <c r="C60" s="28" t="s">
+        <v>95</v>
+      </c>
+      <c r="D60" s="33"/>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B61" s="89"/>
       <c r="C61" s="30"/>
       <c r="D61" s="33"/>
     </row>
-    <row r="62" spans="2:4">
-      <c r="B62" s="30"/>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B62" s="89"/>
       <c r="C62" s="32" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="D62" s="33"/>
     </row>
-    <row r="63" spans="2:4">
-      <c r="B63" s="30">
+    <row r="63" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B63" s="89">
+        <v>19</v>
+      </c>
+      <c r="C63" s="30" t="s">
         <v>17</v>
       </c>
-      <c r="C63" s="30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" s="33">
-        <v>2276</v>
-[...3 lines deleted...]
-      <c r="B64" s="30"/>
+        <v>9970</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B64" s="89"/>
       <c r="C64" s="30"/>
       <c r="D64" s="33"/>
     </row>
-    <row r="65" spans="2:4">
-      <c r="B65" s="30"/>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B65" s="89"/>
       <c r="C65" s="32" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="D65" s="33"/>
     </row>
-    <row r="66" spans="2:4">
-[...1 lines deleted...]
-        <v>18</v>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B66" s="89">
+        <v>20</v>
       </c>
       <c r="C66" s="30" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="D66" s="33">
-        <v>2832</v>
-[...14 lines deleted...]
-      <c r="B68" s="30">
+        <v>2935</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B67" s="89"/>
+      <c r="C67" s="30"/>
+      <c r="D67" s="33"/>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B68" s="89"/>
+      <c r="C68" s="32" t="s">
         <v>20</v>
       </c>
-      <c r="C68" s="30" t="s">
-[...7 lines deleted...]
-      <c r="B69" s="30">
+      <c r="D68" s="33"/>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B69" s="89">
         <v>21</v>
       </c>
       <c r="C69" s="30" t="s">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="D69" s="33">
-        <v>7457</v>
-[...15 lines deleted...]
-      <c r="B72" s="29">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B70" s="89">
         <v>22</v>
       </c>
-      <c r="C72" s="36" t="s">
-        <v>58</v>
+      <c r="C70" s="30" t="s">
+        <v>22</v>
+      </c>
+      <c r="D70" s="33">
+        <v>5174</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B71" s="89">
+        <v>23</v>
+      </c>
+      <c r="C71" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="D71" s="33">
+        <v>5834</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B72" s="89">
+        <v>24</v>
+      </c>
+      <c r="C72" s="30" t="s">
+        <v>24</v>
       </c>
       <c r="D72" s="33">
-        <v>640</v>
-[...10 lines deleted...]
-        <v>59</v>
+        <v>7201</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B73" s="89"/>
+      <c r="C73" s="30"/>
+      <c r="D73" s="33"/>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B74" s="90"/>
+      <c r="C74" s="75" t="s">
+        <v>25</v>
       </c>
       <c r="D74" s="33"/>
     </row>
-    <row r="75" spans="2:4">
-[...4 lines deleted...]
-        <v>60</v>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B75" s="90">
+        <v>25</v>
+      </c>
+      <c r="C75" s="36" t="s">
+        <v>127</v>
       </c>
       <c r="D75" s="33">
-        <v>1372</v>
-[...21 lines deleted...]
-      <c r="C78" s="34"/>
+        <v>943</v>
+      </c>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B76" s="90">
+        <v>26</v>
+      </c>
+      <c r="C76" s="36" t="s">
+        <v>128</v>
+      </c>
+      <c r="D76" s="33">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B77" s="90"/>
+      <c r="C77" s="36"/>
+      <c r="D77" s="33"/>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B78" s="90"/>
+      <c r="C78" s="75" t="s">
+        <v>129</v>
+      </c>
       <c r="D78" s="33"/>
     </row>
-    <row r="79" spans="2:4" ht="15.75">
-[...18 lines deleted...]
-      <c r="D81" s="33">
+    <row r="79" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B79" s="90">
+        <v>27</v>
+      </c>
+      <c r="C79" s="36" t="s">
+        <v>130</v>
+      </c>
+      <c r="D79" s="33">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B80" s="90"/>
+      <c r="C80"/>
+      <c r="D80" s="67"/>
+    </row>
+    <row r="81" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B81" s="90"/>
+      <c r="C81" s="75" t="s">
+        <v>26</v>
+      </c>
+      <c r="D81" s="33"/>
+    </row>
+    <row r="82" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B82" s="89">
+        <v>28</v>
+      </c>
+      <c r="C82" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D82" s="33">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="83" spans="2:14" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B83" s="89"/>
+      <c r="C83" s="30"/>
+      <c r="D83" s="33"/>
+    </row>
+    <row r="84" spans="2:14" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B84" s="89">
+        <v>29</v>
+      </c>
+      <c r="C84" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="D84" s="35">
+        <f>SUM(D63:D82)</f>
+        <v>36089</v>
+      </c>
+    </row>
+    <row r="85" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B85" s="89"/>
+      <c r="C85" s="34"/>
+      <c r="D85" s="33"/>
+    </row>
+    <row r="86" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B86" s="89"/>
+      <c r="C86" s="28" t="s">
+        <v>29</v>
+      </c>
+      <c r="D86" s="33"/>
+    </row>
+    <row r="87" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B87" s="89"/>
+      <c r="C87" s="30"/>
+      <c r="D87" s="33"/>
+    </row>
+    <row r="88" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B88" s="89">
+        <v>30</v>
+      </c>
+      <c r="C88" s="30" t="s">
+        <v>91</v>
+      </c>
+      <c r="D88" s="33">
         <v>35</v>
       </c>
     </row>
-    <row r="82" spans="2:14" ht="15.75" thickBot="1">
-[...12 lines deleted...]
-        <f>SUM(D81:D81)</f>
+    <row r="89" spans="2:14" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B89" s="89"/>
+      <c r="C89" s="30"/>
+      <c r="D89" s="33"/>
+    </row>
+    <row r="90" spans="2:14" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B90" s="89">
+        <v>31</v>
+      </c>
+      <c r="C90" s="34" t="s">
+        <v>105</v>
+      </c>
+      <c r="D90" s="35">
+        <f>SUM(D88:D88)</f>
         <v>35</v>
       </c>
     </row>
-    <row r="84" spans="2:14" ht="15.75">
-[...84 lines deleted...]
-      <c r="B94" s="30">
+    <row r="91" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B91" s="89"/>
+      <c r="C91" s="34"/>
+      <c r="D91" s="66"/>
+    </row>
+    <row r="92" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B92" s="89"/>
+      <c r="C92" s="28" t="s">
         <v>30</v>
       </c>
+      <c r="D92" s="66"/>
+      <c r="I92" s="2"/>
+      <c r="N92" s="80"/>
+    </row>
+    <row r="93" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B93" s="89"/>
+      <c r="C93" s="28"/>
+      <c r="D93" s="66"/>
+      <c r="N93" s="80"/>
+    </row>
+    <row r="94" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B94" s="89">
+        <v>32</v>
+      </c>
       <c r="C94" s="30" t="s">
-        <v>70</v>
+        <v>31</v>
       </c>
       <c r="D94" s="33">
-        <v>5723</v>
-[...3 lines deleted...]
-      <c r="B95" s="30"/>
+        <v>19657</v>
+      </c>
+      <c r="I94" s="2"/>
+      <c r="N94" s="80"/>
+    </row>
+    <row r="95" spans="2:14" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B95" s="89"/>
       <c r="C95" s="30"/>
-      <c r="D95" s="69"/>
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="D95" s="33"/>
+      <c r="N95" s="80"/>
+    </row>
+    <row r="96" spans="2:14" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B96" s="89">
+        <v>33</v>
       </c>
       <c r="C96" s="34" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="D96" s="35">
-        <f>SUM(D93:D95)</f>
-[...4 lines deleted...]
-      <c r="B97" s="30"/>
+        <f>SUM(D94:D95)</f>
+        <v>19657</v>
+      </c>
+      <c r="N96" s="80"/>
+    </row>
+    <row r="97" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B97" s="89"/>
       <c r="C97" s="34"/>
-      <c r="D97" s="69"/>
-[...2 lines deleted...]
-      <c r="B98" s="30"/>
+      <c r="D97" s="66"/>
+      <c r="I97" s="2"/>
+      <c r="N97" s="80"/>
+    </row>
+    <row r="98" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B98" s="89"/>
       <c r="C98" s="28" t="s">
-        <v>72</v>
-[...4 lines deleted...]
-      <c r="B99" s="30"/>
+        <v>33</v>
+      </c>
+      <c r="D98" s="66"/>
+      <c r="K98" s="79"/>
+      <c r="N98" s="80"/>
+    </row>
+    <row r="99" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B99" s="89"/>
       <c r="C99" s="28"/>
-      <c r="D99" s="69"/>
-[...3 lines deleted...]
-        <v>32</v>
+      <c r="D99" s="33"/>
+    </row>
+    <row r="100" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B100" s="89">
+        <v>34</v>
       </c>
       <c r="C100" s="30" t="s">
-        <v>73</v>
+        <v>34</v>
       </c>
       <c r="D100" s="33">
-        <v>6499</v>
-[...4 lines deleted...]
-        <v>33</v>
+        <v>9900</v>
+      </c>
+    </row>
+    <row r="101" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B101" s="89">
+        <v>35</v>
       </c>
       <c r="C101" s="30" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="D101" s="33">
-        <v>1603</v>
-[...3 lines deleted...]
-      <c r="B102" s="30"/>
+        <v>5729</v>
+      </c>
+    </row>
+    <row r="102" spans="2:14" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B102" s="89"/>
       <c r="C102" s="30"/>
-      <c r="D102" s="69"/>
-[...3 lines deleted...]
-        <v>34</v>
+      <c r="D102" s="66"/>
+    </row>
+    <row r="103" spans="2:14" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B103" s="89">
+        <v>36</v>
       </c>
       <c r="C103" s="34" t="s">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="D103" s="35">
         <f>SUM(D100:D102)</f>
-        <v>8102</v>
-[...3 lines deleted...]
-      <c r="B104" s="30"/>
+        <v>15629</v>
+      </c>
+    </row>
+    <row r="104" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B104" s="89"/>
       <c r="C104" s="34"/>
-      <c r="D104" s="69"/>
-[...2 lines deleted...]
-      <c r="B105" s="30"/>
+      <c r="D104" s="66"/>
+    </row>
+    <row r="105" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B105" s="89"/>
       <c r="C105" s="28" t="s">
-        <v>76</v>
-[...4 lines deleted...]
-      <c r="B106" s="30"/>
+        <v>36</v>
+      </c>
+      <c r="D105" s="66"/>
+    </row>
+    <row r="106" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B106" s="89"/>
       <c r="C106" s="28"/>
-      <c r="D106" s="69"/>
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="D106" s="66"/>
+    </row>
+    <row r="107" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B107" s="89">
+        <v>37</v>
       </c>
       <c r="C107" s="30" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="D107" s="33">
-        <v>2028</v>
-[...26 lines deleted...]
-      <c r="C111" s="68"/>
+        <v>6874</v>
+      </c>
+    </row>
+    <row r="108" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B108" s="89">
+        <v>38</v>
+      </c>
+      <c r="C108" s="30" t="s">
+        <v>93</v>
+      </c>
+      <c r="D108" s="33">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="109" spans="2:14" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B109" s="89"/>
+      <c r="C109" s="30"/>
+      <c r="D109" s="66"/>
+    </row>
+    <row r="110" spans="2:14" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B110" s="89">
+        <v>39</v>
+      </c>
+      <c r="C110" s="34" t="s">
+        <v>38</v>
+      </c>
+      <c r="D110" s="35">
+        <f>SUM(D107:D109)</f>
+        <v>8899</v>
+      </c>
+    </row>
+    <row r="111" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B111" s="89"/>
+      <c r="C111" s="34"/>
       <c r="D111" s="66"/>
     </row>
-    <row r="112" spans="2:4" ht="18.75" thickBot="1">
-[...44 lines deleted...]
-      <c r="E126" s="43"/>
+    <row r="112" spans="2:14" x14ac:dyDescent="0.35">
+      <c r="B112" s="89"/>
+      <c r="C112" s="28" t="s">
+        <v>39</v>
+      </c>
+      <c r="D112" s="66"/>
+    </row>
+    <row r="113" spans="2:5" x14ac:dyDescent="0.35">
+      <c r="B113" s="89"/>
+      <c r="C113" s="28"/>
+      <c r="D113" s="66"/>
+    </row>
+    <row r="114" spans="2:5" x14ac:dyDescent="0.35">
+      <c r="B114" s="89">
+        <v>40</v>
+      </c>
+      <c r="C114" s="30" t="s">
+        <v>94</v>
+      </c>
+      <c r="D114" s="33">
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="115" spans="2:5" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B115" s="89"/>
+      <c r="C115" s="34"/>
+      <c r="D115" s="66"/>
+    </row>
+    <row r="116" spans="2:5" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B116" s="89">
+        <v>41</v>
+      </c>
+      <c r="C116" s="34" t="s">
+        <v>40</v>
+      </c>
+      <c r="D116" s="35">
+        <f>D114</f>
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="117" spans="2:5" x14ac:dyDescent="0.35">
+      <c r="B117" s="91"/>
+      <c r="C117" s="34"/>
+      <c r="D117" s="66"/>
+    </row>
+    <row r="118" spans="2:5" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B118" s="92"/>
+      <c r="C118" s="65"/>
+      <c r="D118" s="64"/>
+    </row>
+    <row r="119" spans="2:5" ht="18.5" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B119" s="93">
+        <v>42</v>
+      </c>
+      <c r="C119" s="73" t="s">
+        <v>41</v>
+      </c>
+      <c r="D119" s="83">
+        <f>D58+D84+D90+D96+D103+D110+D116</f>
+        <v>140931</v>
+      </c>
+    </row>
+    <row r="122" spans="2:5" x14ac:dyDescent="0.35">
+      <c r="D122" s="2"/>
+    </row>
+    <row r="127" spans="2:5" x14ac:dyDescent="0.35">
+      <c r="C127" s="37"/>
+      <c r="D127" s="38"/>
+    </row>
+    <row r="128" spans="2:5" x14ac:dyDescent="0.35">
+      <c r="C128" s="37"/>
+      <c r="D128" s="38"/>
+      <c r="E128" s="39"/>
+    </row>
+    <row r="129" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="C129" s="37"/>
+      <c r="D129" s="36"/>
+      <c r="E129" s="39"/>
+    </row>
+    <row r="130" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="C130" s="37"/>
+      <c r="D130" s="41"/>
+      <c r="E130" s="40"/>
+    </row>
+    <row r="131" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="C131" s="37"/>
+      <c r="D131" s="36"/>
+      <c r="E131" s="42"/>
+    </row>
+    <row r="132" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="C132" s="37"/>
+      <c r="D132" s="41"/>
+      <c r="E132" s="39"/>
+    </row>
+    <row r="133" spans="3:5" x14ac:dyDescent="0.35">
+      <c r="E133" s="43"/>
     </row>
   </sheetData>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="3.937007874015748E-2" right="3.937007874015748E-2" top="0.15748031496062992" bottom="0.15748031496062992" header="0.15748031496062992" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="B2:G80"/>
+  <dimension ref="B2:P88"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="J71" sqref="J71"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A2" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="P13" sqref="P13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75"/>
+  <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="3.33203125" customWidth="1"/>
+    <col min="1" max="1" width="3.3046875" customWidth="1"/>
     <col min="2" max="2" width="6" customWidth="1"/>
-    <col min="3" max="3" width="42.5546875" customWidth="1"/>
-    <col min="5" max="5" width="3.88671875" customWidth="1"/>
+    <col min="3" max="3" width="42.53515625" customWidth="1"/>
+    <col min="5" max="5" width="3.84375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:4" ht="18">
+    <row r="2" spans="2:16" ht="18" x14ac:dyDescent="0.4">
       <c r="C2" s="3" t="s">
-        <v>80</v>
+        <v>132</v>
       </c>
       <c r="D2" s="5"/>
     </row>
-    <row r="3" spans="2:4" ht="18.600000000000001" customHeight="1" thickBot="1">
+    <row r="3" spans="2:16" ht="18.649999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="D3" s="5"/>
     </row>
-    <row r="4" spans="2:4" ht="18">
+    <row r="4" spans="2:16" ht="18" x14ac:dyDescent="0.4">
       <c r="C4" s="14"/>
       <c r="D4" s="12" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      <c r="B5" s="95"/>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="2:16" ht="17.5" x14ac:dyDescent="0.35">
+      <c r="B5" s="81"/>
       <c r="C5" s="7" t="s">
-        <v>81</v>
+        <v>144</v>
       </c>
       <c r="D5" s="9">
-        <f>D20+D30+D31+D32+D33+D34+D43+D44+D45+D46+D47+D63+D64+D21</f>
-[...4 lines deleted...]
-      <c r="B6" s="95"/>
+        <f>D20+D30+D31+D32+D33+D34+D43+D44+D45+D46+D47+D64+D65+D21+D63+D70</f>
+        <v>259596</v>
+      </c>
+      <c r="P5" s="98"/>
+    </row>
+    <row r="6" spans="2:16" ht="17.5" x14ac:dyDescent="0.35">
+      <c r="B6" s="81"/>
       <c r="C6" s="7" t="s">
-        <v>82</v>
+        <v>145</v>
       </c>
       <c r="D6" s="9">
-        <f>D22+D35+D53+D72+D73+D52</f>
-[...3 lines deleted...]
-    <row r="7" spans="2:4" ht="18.75" thickBot="1">
+        <f>D22+D35+D53+D78+D79+D52</f>
+        <v>72427</v>
+      </c>
+      <c r="P6" s="98"/>
+    </row>
+    <row r="7" spans="2:16" ht="18.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="C7" s="10"/>
       <c r="D7" s="11">
         <f>SUM(D5:D6)</f>
-        <v>252395.05</v>
-[...2 lines deleted...]
-    <row r="8" spans="2:4" ht="18">
+        <v>332023</v>
+      </c>
+    </row>
+    <row r="8" spans="2:16" ht="17.5" x14ac:dyDescent="0.35">
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
     </row>
-    <row r="9" spans="2:4" ht="18">
+    <row r="9" spans="2:16" ht="17.5" x14ac:dyDescent="0.35">
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
     </row>
-    <row r="10" spans="2:4" ht="18">
+    <row r="10" spans="2:16" ht="18" x14ac:dyDescent="0.4">
       <c r="B10" s="3" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
     </row>
-    <row r="11" spans="2:4" ht="18">
+    <row r="11" spans="2:16" ht="17.5" x14ac:dyDescent="0.35">
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
     </row>
-    <row r="12" spans="2:4">
+    <row r="12" spans="2:16" x14ac:dyDescent="0.35">
       <c r="B12" s="16"/>
       <c r="C12" s="16"/>
       <c r="D12" s="21"/>
     </row>
-    <row r="13" spans="2:4">
-[...1 lines deleted...]
-        <v>22</v>
+    <row r="13" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B13" s="17" t="s">
+        <v>6</v>
       </c>
       <c r="C13" s="17" t="s">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D13" s="18" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-        <v>24</v>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="14" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B14" s="22" t="s">
+        <v>8</v>
       </c>
       <c r="C14" s="22"/>
       <c r="D14" s="23" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="C15" s="86"/>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="15" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B15" s="24"/>
+      <c r="C15" s="76"/>
       <c r="D15" s="24"/>
     </row>
-    <row r="16" spans="2:4" ht="18">
-      <c r="B16" s="82"/>
+    <row r="16" spans="2:16" ht="18" x14ac:dyDescent="0.4">
+      <c r="B16" s="19"/>
       <c r="C16" s="25" t="s">
-        <v>84</v>
+        <v>43</v>
       </c>
       <c r="D16" s="19"/>
     </row>
-    <row r="17" spans="2:4">
-[...1 lines deleted...]
-      <c r="C17" s="86"/>
+    <row r="17" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B17" s="19"/>
+      <c r="C17" s="76"/>
       <c r="D17" s="19"/>
     </row>
-    <row r="18" spans="2:4">
-[...2 lines deleted...]
-        <v>85</v>
+    <row r="18" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B18" s="19"/>
+      <c r="C18" s="77" t="s">
+        <v>87</v>
       </c>
       <c r="D18" s="20"/>
     </row>
-    <row r="19" spans="2:4">
-      <c r="B19" s="82"/>
+    <row r="19" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B19" s="19"/>
       <c r="C19" s="26"/>
       <c r="D19" s="20"/>
     </row>
-    <row r="20" spans="2:4">
-[...1 lines deleted...]
-        <v>86</v>
+    <row r="20" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B20" s="19" t="s">
+        <v>44</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>87</v>
-[...7 lines deleted...]
-        <v>88</v>
+        <v>45</v>
+      </c>
+      <c r="D20" s="68">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="21" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B21" s="19" t="s">
+        <v>46</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D21" s="73">
+        <v>97</v>
+      </c>
+      <c r="D21" s="68">
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="2:4">
-[...1 lines deleted...]
-        <v>90</v>
+    <row r="22" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B22" s="19" t="s">
+        <v>48</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>91</v>
-[...6 lines deleted...]
-      <c r="B23" s="82"/>
+        <v>47</v>
+      </c>
+      <c r="D22" s="68">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="23" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B23" s="19"/>
       <c r="C23" s="26"/>
       <c r="D23" s="20"/>
     </row>
-    <row r="24" spans="2:4">
-[...1 lines deleted...]
-        <v>92</v>
+    <row r="24" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B24" s="19" t="s">
+        <v>99</v>
       </c>
       <c r="C24" s="26" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D24" s="74">
+        <v>86</v>
+      </c>
+      <c r="D24" s="69">
         <f>SUM(D20:D22)</f>
-        <v>1812</v>
-[...4 lines deleted...]
-      <c r="C25" s="86"/>
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="25" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B25" s="19"/>
+      <c r="C25" s="76"/>
       <c r="D25" s="19"/>
     </row>
-    <row r="26" spans="2:4" ht="18">
-      <c r="B26" s="82"/>
+    <row r="26" spans="2:8" ht="18" x14ac:dyDescent="0.4">
+      <c r="B26" s="19"/>
       <c r="C26" s="25" t="s">
-        <v>94</v>
+        <v>50</v>
       </c>
       <c r="D26" s="19"/>
     </row>
-    <row r="27" spans="2:4">
-[...1 lines deleted...]
-      <c r="C27" s="86"/>
+    <row r="27" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B27" s="19"/>
+      <c r="C27" s="76"/>
       <c r="D27" s="19"/>
     </row>
-    <row r="28" spans="2:4">
-[...2 lines deleted...]
-        <v>85</v>
+    <row r="28" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B28" s="19"/>
+      <c r="C28" s="77" t="s">
+        <v>87</v>
       </c>
       <c r="D28" s="20"/>
     </row>
-    <row r="29" spans="2:4">
-      <c r="B29" s="75"/>
+    <row r="29" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B29" s="94"/>
       <c r="C29" s="26"/>
       <c r="D29" s="20"/>
     </row>
-    <row r="30" spans="2:4">
-[...1 lines deleted...]
-        <v>95</v>
+    <row r="30" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B30" s="19" t="s">
+        <v>52</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D30" s="73">
+        <v>51</v>
+      </c>
+      <c r="D30" s="68">
         <v>0</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>97</v>
+      <c r="H30" s="72"/>
+    </row>
+    <row r="31" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B31" s="19" t="s">
+        <v>53</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D31" s="73">
+        <v>45</v>
+      </c>
+      <c r="D31" s="68">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="2:4">
-[...1 lines deleted...]
-        <v>98</v>
+    <row r="32" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B32" s="19" t="s">
+        <v>55</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D32" s="73">
+        <v>54</v>
+      </c>
+      <c r="D32" s="68">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="2:7">
-[...1 lines deleted...]
-        <v>100</v>
+    <row r="33" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B33" s="19" t="s">
+        <v>57</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>101</v>
-[...7 lines deleted...]
-        <v>102</v>
+        <v>56</v>
+      </c>
+      <c r="D33" s="68">
+        <v>2810</v>
+      </c>
+    </row>
+    <row r="34" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B34" s="19" t="s">
+        <v>59</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="D34" s="73">
+        <v>58</v>
+      </c>
+      <c r="D34" s="68">
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="2:7">
-[...1 lines deleted...]
-        <v>104</v>
+    <row r="35" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B35" s="19" t="s">
+        <v>60</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>91</v>
-[...6 lines deleted...]
-      <c r="B36" s="82"/>
+        <v>47</v>
+      </c>
+      <c r="D35" s="68">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="36" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B36" s="19"/>
       <c r="C36" s="26"/>
       <c r="D36" s="20"/>
     </row>
-    <row r="37" spans="2:7">
-[...1 lines deleted...]
-        <v>105</v>
+    <row r="37" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B37" s="19" t="s">
+        <v>62</v>
       </c>
       <c r="C37" s="26" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="D37" s="74">
+        <v>49</v>
+      </c>
+      <c r="D37" s="69">
         <f>SUM(D30:D35)</f>
-        <v>3003</v>
-[...3 lines deleted...]
-      <c r="B38" s="82"/>
+        <v>2837</v>
+      </c>
+    </row>
+    <row r="38" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B38" s="19"/>
       <c r="C38" s="26"/>
       <c r="D38" s="20"/>
     </row>
-    <row r="39" spans="2:7" ht="18">
-      <c r="B39" s="82"/>
+    <row r="39" spans="2:9" ht="18" x14ac:dyDescent="0.4">
+      <c r="B39" s="19"/>
       <c r="C39" s="25" t="s">
-        <v>107</v>
+        <v>61</v>
       </c>
       <c r="D39" s="20"/>
     </row>
-    <row r="40" spans="2:7">
-      <c r="B40" s="82"/>
+    <row r="40" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B40" s="19"/>
       <c r="C40" s="26"/>
       <c r="D40" s="20"/>
     </row>
-    <row r="41" spans="2:7">
-[...2 lines deleted...]
-        <v>108</v>
+    <row r="41" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B41" s="19"/>
+      <c r="C41" s="77" t="s">
+        <v>88</v>
       </c>
       <c r="D41" s="20"/>
     </row>
-    <row r="42" spans="2:7">
-      <c r="B42" s="82"/>
+    <row r="42" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B42" s="19"/>
       <c r="C42" s="26"/>
       <c r="D42" s="20"/>
     </row>
-    <row r="43" spans="2:7">
-[...1 lines deleted...]
-        <v>109</v>
+    <row r="43" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B43" s="19" t="s">
+        <v>63</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>96</v>
-[...7 lines deleted...]
-        <v>110</v>
+        <v>51</v>
+      </c>
+      <c r="D43" s="68">
+        <v>39697</v>
+      </c>
+      <c r="I43" s="72"/>
+    </row>
+    <row r="44" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B44" s="19" t="s">
+        <v>64</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>87</v>
-[...7 lines deleted...]
-        <v>111</v>
+        <v>45</v>
+      </c>
+      <c r="D44" s="68">
+        <v>42197</v>
+      </c>
+      <c r="I44" s="72"/>
+    </row>
+    <row r="45" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B45" s="19" t="s">
+        <v>65</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>99</v>
-[...7 lines deleted...]
-        <v>112</v>
+        <v>54</v>
+      </c>
+      <c r="D45" s="68">
+        <v>42500</v>
+      </c>
+    </row>
+    <row r="46" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B46" s="19" t="s">
+        <v>66</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>101</v>
-[...7 lines deleted...]
-        <v>113</v>
+        <v>56</v>
+      </c>
+      <c r="D46" s="68">
+        <v>39349</v>
+      </c>
+    </row>
+    <row r="47" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B47" s="19" t="s">
+        <v>67</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>103</v>
-[...6 lines deleted...]
-      <c r="B48" s="82"/>
+        <v>58</v>
+      </c>
+      <c r="D47" s="68">
+        <v>42445</v>
+      </c>
+    </row>
+    <row r="48" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B48" s="19"/>
       <c r="C48" s="1"/>
-      <c r="D48" s="73"/>
-[...4 lines deleted...]
-        <v>114</v>
+      <c r="D48" s="68"/>
+      <c r="G48" s="72"/>
+    </row>
+    <row r="49" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B49" s="19" t="s">
+        <v>70</v>
       </c>
       <c r="C49" s="26" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D49" s="74">
+        <v>68</v>
+      </c>
+      <c r="D49" s="69">
         <f>SUM(D43:D48)</f>
-        <v>145125</v>
-[...4 lines deleted...]
-      <c r="B50" s="82"/>
+        <v>206188</v>
+      </c>
+      <c r="G49" s="72"/>
+    </row>
+    <row r="50" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B50" s="19"/>
       <c r="C50" s="1"/>
-      <c r="D50" s="73"/>
-[...9 lines deleted...]
-      <c r="B52" s="82"/>
+      <c r="D50" s="68"/>
+    </row>
+    <row r="51" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B51" s="19"/>
+      <c r="C51" s="77" t="s">
+        <v>69</v>
+      </c>
+      <c r="D51" s="68"/>
+    </row>
+    <row r="52" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B52" s="19"/>
       <c r="C52" s="1"/>
-      <c r="D52" s="73"/>
-[...3 lines deleted...]
-        <v>117</v>
+      <c r="D52" s="68"/>
+    </row>
+    <row r="53" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B53" s="19" t="s">
+        <v>71</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>91</v>
-[...6 lines deleted...]
-      <c r="B54" s="82"/>
+        <v>47</v>
+      </c>
+      <c r="D53" s="68">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="54" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B54" s="19"/>
       <c r="C54" s="26"/>
       <c r="D54" s="20"/>
     </row>
-    <row r="55" spans="2:7">
-[...1 lines deleted...]
-        <v>118</v>
+    <row r="55" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B55" s="19" t="s">
+        <v>73</v>
       </c>
       <c r="C55" s="26" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="D55" s="74">
+        <v>72</v>
+      </c>
+      <c r="D55" s="69">
         <f>D53+D52</f>
-        <v>1874</v>
-[...3 lines deleted...]
-      <c r="B56" s="82"/>
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="56" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B56" s="19"/>
       <c r="C56" s="26"/>
       <c r="D56" s="20"/>
     </row>
-    <row r="57" spans="2:7">
-[...1 lines deleted...]
-        <v>120</v>
+    <row r="57" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B57" s="95" t="s">
+        <v>100</v>
       </c>
       <c r="C57" s="26" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D57" s="74">
+        <v>74</v>
+      </c>
+      <c r="D57" s="69">
         <f>D49+D55</f>
-        <v>146999</v>
-[...9 lines deleted...]
-      <c r="B59" s="82"/>
+        <v>207669</v>
+      </c>
+      <c r="F57" s="72"/>
+      <c r="G57" s="72"/>
+    </row>
+    <row r="58" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B58" s="19"/>
+      <c r="D58" s="70"/>
+    </row>
+    <row r="59" spans="2:7" ht="18" x14ac:dyDescent="0.4">
+      <c r="B59" s="19"/>
       <c r="C59" s="25" t="s">
-        <v>122</v>
+        <v>75</v>
       </c>
       <c r="D59" s="20"/>
     </row>
-    <row r="60" spans="2:7">
-      <c r="B60" s="82"/>
+    <row r="60" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B60" s="19"/>
       <c r="C60" s="26"/>
       <c r="D60" s="20"/>
     </row>
-    <row r="61" spans="2:7">
-[...2 lines deleted...]
-        <v>123</v>
+    <row r="61" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B61" s="19"/>
+      <c r="C61" s="77" t="s">
+        <v>76</v>
       </c>
       <c r="D61" s="20"/>
     </row>
-    <row r="62" spans="2:7">
-      <c r="B62" s="82"/>
+    <row r="62" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B62" s="19"/>
       <c r="C62" s="26"/>
       <c r="D62" s="20"/>
     </row>
-    <row r="63" spans="2:7">
-[...6 lines deleted...]
-      <c r="D63" s="73">
+    <row r="63" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B63" s="19"/>
+      <c r="C63" s="82" t="s">
+        <v>133</v>
+      </c>
+      <c r="D63" s="68">
+        <v>20000</v>
+      </c>
+    </row>
+    <row r="64" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B64" s="19" t="s">
+        <v>101</v>
+      </c>
+      <c r="C64" s="78" t="s">
+        <v>77</v>
+      </c>
+      <c r="D64" s="68">
         <v>10000</v>
       </c>
     </row>
-    <row r="64" spans="2:7">
-[...6 lines deleted...]
-      <c r="D64" s="73">
+    <row r="65" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B65" s="19" t="s">
+        <v>102</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D65" s="68">
         <v>10000</v>
       </c>
     </row>
-    <row r="65" spans="2:7">
-[...57 lines deleted...]
-      <c r="B73" s="82" t="s">
+    <row r="66" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B66" s="19"/>
+      <c r="C66" s="26"/>
+      <c r="D66" s="20"/>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B67" s="19" t="s">
+        <v>103</v>
+      </c>
+      <c r="C67" s="26" t="s">
+        <v>79</v>
+      </c>
+      <c r="D67" s="69">
+        <f>SUM(D63:D65)</f>
+        <v>40000</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B68" s="19"/>
+      <c r="D68" s="70"/>
+    </row>
+    <row r="69" spans="2:4" ht="18" x14ac:dyDescent="0.4">
+      <c r="B69" s="19"/>
+      <c r="C69" s="25" t="s">
         <v>134</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="D69" s="70"/>
+    </row>
+    <row r="70" spans="2:4" ht="31" x14ac:dyDescent="0.35">
+      <c r="B70" s="96">
+        <v>24</v>
+      </c>
+      <c r="C70" s="84" t="s">
         <v>135</v>
       </c>
-      <c r="D73" s="73">
-[...5 lines deleted...]
-      <c r="C74" s="26"/>
+      <c r="D70" s="68">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B71" s="19"/>
+      <c r="D71" s="70"/>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B72" s="19">
+        <v>25</v>
+      </c>
+      <c r="C72" s="26" t="s">
+        <v>136</v>
+      </c>
+      <c r="D72" s="69">
+        <f>SUM(D70:D71)</f>
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B73" s="19"/>
+      <c r="D73" s="70"/>
+    </row>
+    <row r="74" spans="2:4" ht="18" x14ac:dyDescent="0.4">
+      <c r="B74" s="19"/>
+      <c r="C74" s="25" t="s">
+        <v>80</v>
+      </c>
       <c r="D74" s="20"/>
     </row>
-    <row r="75" spans="2:7">
-[...30 lines deleted...]
-      <c r="D80" s="77"/>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B75" s="19"/>
+      <c r="C75" s="26"/>
+      <c r="D75" s="20"/>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B76" s="19"/>
+      <c r="C76" s="77" t="s">
+        <v>81</v>
+      </c>
+      <c r="D76" s="20"/>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B77" s="19"/>
+      <c r="C77" s="26"/>
+      <c r="D77" s="20"/>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B78" s="19">
+        <v>26</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D78" s="68">
+        <v>62267</v>
+      </c>
+    </row>
+    <row r="79" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B79" s="19">
+        <v>27</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D79" s="68">
+        <v>7647</v>
+      </c>
+    </row>
+    <row r="80" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B80" s="19"/>
+      <c r="C80" s="26"/>
+      <c r="D80" s="20"/>
+    </row>
+    <row r="81" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B81" s="95">
+        <v>28</v>
+      </c>
+      <c r="C81" s="26" t="s">
+        <v>84</v>
+      </c>
+      <c r="D81" s="69">
+        <f>SUM(D78:D79)</f>
+        <v>69914</v>
+      </c>
+      <c r="G81" s="72"/>
+    </row>
+    <row r="82" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="B82" s="19"/>
+      <c r="D82" s="71"/>
+    </row>
+    <row r="83" spans="2:7" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B83" s="97">
+        <v>29</v>
+      </c>
+      <c r="C83" s="27" t="s">
+        <v>85</v>
+      </c>
+      <c r="D83" s="63">
+        <f>D37+D57+D81+D67+D24+D72</f>
+        <v>332023</v>
+      </c>
+    </row>
+    <row r="84" spans="2:7" ht="16" thickTop="1" x14ac:dyDescent="0.35"/>
+    <row r="86" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="D86" s="72"/>
+    </row>
+    <row r="88" spans="2:7" x14ac:dyDescent="0.35">
+      <c r="D88" s="72"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="B20:B21 B38:B41 B58:B61 B25:B28 B22:B24 B29:B37 B50:B51 B43:B49 B52:B57 B67:B70 B63:B66 B71:B75 B77" numberStoredAsText="1"/>
+    <ignoredError sqref="B20:B41 B43:B61 B74:B77 B64:B68 B80" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Long-Term Fund Asset Allocation</vt:lpstr>
+      <vt:lpstr>Long-Term Fund Managers</vt:lpstr>
+      <vt:lpstr>Cash and Cash Equivalents</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company>The University of Birmingham</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Helen Few</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="SV_HIDDEN_GRID_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>
 </Properties>
 </file>